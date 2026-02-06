--- v0 (2025-10-07)
+++ v1 (2026-02-06)
@@ -1,183 +1,150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="0F9C276C" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRDefault="00A53E77" w:rsidP="008C33D5">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74A11E0B" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="008C33D5">
+    <w:p w14:paraId="066D5544" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRPr="009B43F7" w:rsidRDefault="00CE34B6" w:rsidP="008C33D5">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="640A7498" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRPr="009B43F7" w:rsidRDefault="00741A1E" w:rsidP="008C33D5">
-[...8 lines deleted...]
-    <w:p w14:paraId="0027DAF1" w14:textId="77777777" w:rsidR="00603261" w:rsidRPr="009B43F7" w:rsidRDefault="004360CA" w:rsidP="00993185">
+    <w:p w14:paraId="0027DAF1" w14:textId="568FA3FF" w:rsidR="00603261" w:rsidRPr="009B43F7" w:rsidRDefault="004360CA" w:rsidP="00993185">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C33D5">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Oggetto: </w:t>
       </w:r>
       <w:r w:rsidRPr="008C33D5">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00603261" w:rsidRPr="009B43F7">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>domanda di contributo, ai sensi dell’art. 6, comma 2, della legge regionale 20 agosto 1993, n. 69, per l’organizzazione del</w:t>
       </w:r>
       <w:r w:rsidR="009B43F7">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00603261" w:rsidRPr="009B43F7">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">raduno annuale delle bande musicali della valle </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B1711">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="00741A1E">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t>aosta</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00741A1E">
+        <w:t>aosta.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2469">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4B505678" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRPr="007301ED" w:rsidRDefault="00741A1E" w:rsidP="00A53E77">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10103" w:type="dxa"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -317,62 +284,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="105196FC" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">nato/a </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>nato/a a</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2519F40D" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A53E77" w:rsidRPr="007301ED" w14:paraId="39AFD2E0" w14:textId="77777777" w:rsidTr="009B43F7">
@@ -834,360 +791,348 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CDCB7EF" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="0C1D496C" w14:textId="77777777" w:rsidR="004F7828" w:rsidRDefault="004F7828" w:rsidP="00A53E77"/>
-    <w:p w14:paraId="5A966F47" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00A53E77"/>
+    <w:p w14:paraId="0C1D496C" w14:textId="77777777" w:rsidR="004F7828" w:rsidRPr="000D207A" w:rsidRDefault="004F7828" w:rsidP="00A53E77">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10103" w:type="dxa"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1467"/>
         <w:gridCol w:w="669"/>
         <w:gridCol w:w="2692"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="418"/>
         <w:gridCol w:w="574"/>
         <w:gridCol w:w="1761"/>
         <w:gridCol w:w="1520"/>
         <w:gridCol w:w="10"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="6C4116A2" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="6C4116A2" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:trHeight w:val="618"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcW w:w="1467" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5837D5BA" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quadro B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8635" w:type="dxa"/>
+            <w:tcW w:w="8636" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="710F1FBA" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="000D3762" w:rsidP="00870512">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dati dell’associazione bandistica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="1FCE2262" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="1FCE2262" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcW w:w="2136" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="180E2CA1" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Denominazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7966" w:type="dxa"/>
+            <w:tcW w:w="7967" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72D2E5FD" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="6F33CED5" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="6F33CED5" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcW w:w="2136" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4209CCAA" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7966" w:type="dxa"/>
+            <w:tcW w:w="7967" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CFD5F0B" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(indicare la denominazione per esteso)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="11E90D10" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="11E90D10" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcW w:w="2136" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3192B72B" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Codice Fiscale/Partita IVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7966" w:type="dxa"/>
+            <w:tcW w:w="7967" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6489B4C6" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00007357" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>C.F.________________________________________</w:t>
-[...17 lines deleted...]
-              <w:t>. _________________________________________</w:t>
+              <w:t>C.F._________________________________________  P.IVA. _________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="5AC03A80" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="5AC03A80" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcW w:w="2136" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34A6DF54" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Indirizzo sede legale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00D25C0E" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -1224,98 +1169,98 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AB430D2" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DC1B16C" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="4284F027" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="4284F027" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcW w:w="2136" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B91182B" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2858F108" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Via)</w:t>
@@ -1396,88 +1341,88 @@
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="618B6B19" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Comune di)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C988722" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Provincia di)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="49C10698" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="49C10698" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcW w:w="2136" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00FDE8FB" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -1504,51 +1449,51 @@
               <w:t xml:space="preserve"> inviare la corrispondenza</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4618F247" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(se diverso da sede legale)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="461363FF" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -1585,98 +1530,98 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3738D4F3" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A4E5289" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="74FE3530" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="74FE3530" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcW w:w="2136" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D26D13C" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2535A05F" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Via)</w:t>
@@ -1757,400 +1702,373 @@
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BEAC8A6" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Comune di)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49203E2E" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Provincia di)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="3CD060A8" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="3CD060A8" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcW w:w="2136" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="574B6168" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Telefono</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7966" w:type="dxa"/>
+            <w:tcW w:w="7967" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01E4AD13" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="30BD1614" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="30BD1614" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcW w:w="2136" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2118F410" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Indirizzo E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4103" w:type="dxa"/>
+            <w:tcW w:w="4102" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5557CAED" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="dxa"/>
+            <w:tcW w:w="3865" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2410BA05" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PEC</w:t>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00741A1E" w:rsidRPr="007301ED" w14:paraId="13E19F56" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00741A1E" w:rsidRPr="007301ED" w14:paraId="13E19F56" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcW w:w="2136" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6104C2F2" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00870512">
+          <w:p w14:paraId="1B634096" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0EB7BB46" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00870512">
+          <w:p w14:paraId="49B17A7B" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="39981B7C" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00870512">
+          <w:p w14:paraId="38B49F2B" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRPr="007301ED" w:rsidRDefault="00741A1E" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1B634096" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00870512">
-[...29 lines deleted...]
-            <w:tcW w:w="4103" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4102" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="044B1056" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRPr="007301ED" w:rsidRDefault="00741A1E" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="dxa"/>
+            <w:tcW w:w="3865" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EBE734E" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B5A5CC9" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="54A688F9" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRPr="007301ED" w:rsidRDefault="00741A1E" w:rsidP="00870512">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A53E77" w:rsidRPr="007301ED" w14:paraId="5662FA5D" w14:textId="77777777" w:rsidTr="009B43F7">
+      <w:tr w:rsidR="00A53E77" w:rsidRPr="007301ED" w14:paraId="5662FA5D" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="636"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1466" w:type="dxa"/>
+            <w:tcW w:w="1467" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51AA68C7" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00870512">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quadro C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8627" w:type="dxa"/>
+            <w:tcW w:w="8626" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11827F86" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="000D3762" w:rsidP="000D3762">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Profilo dell’associazione bandistica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A53E77" w:rsidRPr="007301ED" w14:paraId="014A6423" w14:textId="77777777" w:rsidTr="009B43F7">
@@ -2460,57 +2378,52 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="739079F4" w14:textId="77777777" w:rsidR="00293DB9" w:rsidRDefault="009B43F7" w:rsidP="009B43F7">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:sym w:font="Webdings" w:char="F063"/>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> Scrittura privava semplice in data ___________________</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> Scrittura privava semplice in data ____________________ .</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="08A3719E" w14:textId="77777777" w:rsidR="00293DB9" w:rsidRPr="00293DB9" w:rsidRDefault="00293DB9" w:rsidP="00293DB9">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC5208" w:rsidRPr="007301ED" w14:paraId="26C16BF7" w14:textId="77777777" w:rsidTr="009B43F7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="90"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10093" w:type="dxa"/>
@@ -2719,97 +2632,108 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:right="96" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00741A1E">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>del</w:t>
       </w:r>
       <w:r w:rsidRPr="00741A1E">
         <w:t>la legge regionale 20 agosto 1993, n. 69 recante “Contributi per attività e iniziative a car</w:t>
       </w:r>
       <w:r w:rsidR="009B66C4">
         <w:t>attere culturale e scientifico” e successive modificazioni;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A5D802D" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00741A1E" w:rsidRDefault="009B43F7" w:rsidP="00B875AD">
+    <w:p w14:paraId="7A5D802D" w14:textId="467517B8" w:rsidR="0031256E" w:rsidRPr="00CE34B6" w:rsidRDefault="009B43F7" w:rsidP="00B875AD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:right="96" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00741A1E">
-        <w:t xml:space="preserve">delle Disposizioni applicative per la concessione e la rendicontazione del contributo a sostegno delle bande musicali della Valle d’Aosta per l’organizzazione del tradizionale raduno annuale, ai sensi dell’articolo 6, comma 2, della </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. 69/1993, approvate con deliberazione della Giunta regionale n. </w:t>
+        <w:t xml:space="preserve">delle Disposizioni applicative per la concessione e la rendicontazione del contributo a sostegno delle bande musicali della Valle d’Aosta per l’organizzazione del tradizionale raduno annuale, ai sensi dell’articolo 6, comma 2, della l.r. 69/1993, approvate con deliberazione della Giunta regionale n. </w:t>
       </w:r>
       <w:r w:rsidR="00B27ABC" w:rsidRPr="00741A1E">
         <w:t>194</w:t>
       </w:r>
       <w:r w:rsidRPr="00741A1E">
         <w:t xml:space="preserve"> in data 28 febbraio 2022;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="700B3482" w14:textId="77777777" w:rsidR="009B43F7" w:rsidRDefault="009B43F7" w:rsidP="009B43F7">
+    <w:p w14:paraId="6F4CF477" w14:textId="77777777" w:rsidR="000D207A" w:rsidRPr="000D207A" w:rsidRDefault="000D207A" w:rsidP="009B43F7">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="598"/>
           <w:tab w:val="center" w:pos="4771"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="96"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="700B3482" w14:textId="6CE02DE1" w:rsidR="009B43F7" w:rsidRDefault="009B43F7" w:rsidP="009B43F7">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="598"/>
+          <w:tab w:val="center" w:pos="4771"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>PRESO ATTO nello specifico che:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EA4A4C" w14:textId="77777777" w:rsidR="00603261" w:rsidRDefault="00603261" w:rsidP="009B43F7">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:right="96" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
@@ -3006,232 +2930,232 @@
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004047BB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>A rendiconto dovranno essere trascritte nell’apposita modulistica tutte le spese sostenute e le entrate incassate direttamente imputabili alla manifestazione per la quale è stato assegnato il contributo regionale, al fine di evidenziarne gli eventuali scostamenti rispetto al Bilancio previsionale.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D36F58A" w14:textId="77777777" w:rsidR="00C159F6" w:rsidRPr="00C159F6" w:rsidRDefault="004047BB" w:rsidP="00C159F6">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:right="96"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C159F6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il contributo regionale sarà rideterminato sulla base dei costi e dei ricavi effettivamente sostenuti e rendicontati, a conclusione della manifestazione. Il contributo regionale, così rideterminato, </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>non potrà in nessun caso, essere superiore al contributo calcolato in base alla domanda presentata.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="007689CD" w14:textId="77777777" w:rsidR="00C159F6" w:rsidRDefault="004047BB" w:rsidP="00C159F6">
+        <w:t>Il contributo regionale sarà rideterminato sulla base dei costi e dei ricavi effettivamente sostenuti e rendicontati, a conclusione della manifestazione. Il contributo regionale, così rideterminato, non potrà in nessun caso, essere superiore al contributo calcolato in base alla domanda presentata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007689CD" w14:textId="442ACC3D" w:rsidR="00C159F6" w:rsidRDefault="004047BB" w:rsidP="00C159F6">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:right="96"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C159F6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le spese da rendicontare, ai fini </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Le spese da rendicontare, ai fini del</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE34B6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C159F6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>della conteggio</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> del disavanzo, corrispondono a tutte le voci di spesa sostenute per l’iniziativa, purché afferenti alle tipologie di spesa ammissibile. </w:t>
+        <w:t xml:space="preserve">conteggio del disavanzo, corrispondono a tutte le voci di spesa sostenute per l’iniziativa, purché afferenti alle tipologie di spesa ammissibile. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9128B4" w14:textId="77777777" w:rsidR="00C159F6" w:rsidRPr="00C159F6" w:rsidRDefault="00C159F6" w:rsidP="00C159F6">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:right="96"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Nel caso in cui il contributo assegnato risulti, a consuntivo, superiore al deficit, verrà ridotto   automaticamente al valore del deficit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D37A2E" w14:textId="77777777" w:rsidR="00C159F6" w:rsidRPr="00C159F6" w:rsidRDefault="004047BB" w:rsidP="00C159F6">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:right="96"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C159F6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Le uscite e le entrate dovranno essere tutte direttamente correlate alla manifestazione.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2902EE29" w14:textId="77777777" w:rsidR="004047BB" w:rsidRDefault="004047BB" w:rsidP="00C159F6">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:right="96"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C159F6">
         <w:t>A consuntivo, inoltre, il rapporto tra l’ammontare complessivo del contributo erogato e quello delle spese ammissibili regolarmente giustificate non potrà eccedere il rapporto tra l’ammontare del contributo inizialmente concesso e quello delle spese preventivate ammissibili, ad eccezione del caso in cui detto rapporto sia condizionato dal limite di importo massimo fissato con legge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70775E41" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00B27ABC" w:rsidRDefault="00C159F6" w:rsidP="00B27ABC">
+    <w:p w14:paraId="70775E41" w14:textId="05278093" w:rsidR="0031256E" w:rsidRDefault="00C159F6" w:rsidP="00B27ABC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:right="96"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>L’eventuale eccedenza di acconto corrisposta rispetto alle risultanze finali di bilancio sarà     oggetto di recupero da parte dell’Amministrazione.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E67DFC5" w14:textId="77777777" w:rsidR="007301ED" w:rsidRPr="004F7828" w:rsidRDefault="00094F59" w:rsidP="00C07875">
+    <w:p w14:paraId="577C419F" w14:textId="77777777" w:rsidR="000D207A" w:rsidRPr="000D207A" w:rsidRDefault="000D207A" w:rsidP="00B27ABC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="284" w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E67DFC5" w14:textId="29207EC6" w:rsidR="007301ED" w:rsidRPr="004F7828" w:rsidRDefault="00094F59" w:rsidP="00C07875">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="96"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E44E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>CHIEDE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="620061A8" w14:textId="77777777" w:rsidR="00603261" w:rsidRDefault="00603261" w:rsidP="00C07875">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F7828">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>l’assegnazione di un cont</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ributo per l’organizzazione del </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43AF42BF" w14:textId="77777777" w:rsidR="00603261" w:rsidRPr="0031256E" w:rsidRDefault="00603261" w:rsidP="00C07875">
+    <w:p w14:paraId="43AF42BF" w14:textId="326D32FC" w:rsidR="00603261" w:rsidRPr="0031256E" w:rsidRDefault="00603261" w:rsidP="00C07875">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0031256E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">RADUNO ANNUALE DELLA BANDE MUSICALI DELLA VALLE D’AOSTA – ANNO </w:t>
       </w:r>
-      <w:r w:rsidR="00E256BA">
+      <w:r w:rsidR="00ED2469">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>______</w:t>
+        <w:t>_____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35A075A0" w14:textId="77777777" w:rsidR="00603261" w:rsidRDefault="00603261" w:rsidP="00C07875">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004F7828">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
@@ -3480,81 +3404,66 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="75797FFB" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00B875AD" w:rsidRDefault="0031256E" w:rsidP="00C07875">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="512FC3FB" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00C966C9" w:rsidRDefault="0031256E" w:rsidP="0031256E">
+    <w:p w14:paraId="512FC3FB" w14:textId="09026DA3" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A tal fine, ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della </w:t>
-[...18 lines deleted...]
-        <w:spacing w:before="120"/>
+        <w:t>A tal fine, ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della l.r. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D34AE27" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRPr="00C966C9" w:rsidRDefault="00CE34B6" w:rsidP="0031256E">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B6F6C39" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="001636D8" w:rsidRDefault="0031256E" w:rsidP="0083462B">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -3734,130 +3643,128 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NON persegue finalità lucrative;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D96AC46" w14:textId="77777777" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007301ED">
+        <w:lastRenderedPageBreak/>
         <w:t>di essere a conoscenza che l'Amministrazione si riserva il diritto di procedere d'ufficio a verifiche, anche a campione, in ordine alla veridicità delle dichiarazioni rilasciate e/o, comunque rese nel corso della procedura, ai sensi e per gli effetti della normativa vigente;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="585BCFF9" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="004021F9" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007301ED">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">di essere consapevole </w:t>
       </w:r>
       <w:r>
         <w:t>che q</w:t>
       </w:r>
       <w:r w:rsidRPr="004021F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ualora dal controllo si rilevino elementi di falsità nelle dichiarazioni rese da un soggetto, il Dirigente della Struttura competente è tenuto a: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5546556D" w14:textId="77777777" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
+    <w:p w14:paraId="5546556D" w14:textId="3A4AB40D" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004021F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">comunicare all’interessato l’esito del controllo inviando una lettera di richiesta chiarimenti con richiesta di risposta entro 10 giorni e, successivamente, comunicare la </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004021F9">
+        <w:t>comunicare all’interessato l’esito del controllo inviando una lettera di richiesta chiarimenti con richiesta di risposta entro 10 giorni e, successivamente, comunicare l</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE34B6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>eventuale  decisione</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>’</w:t>
+      </w:r>
       <w:r w:rsidRPr="004021F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> finale di decadenza dal beneficio concesso;</w:t>
+        <w:t>eventuale  decisione finale di decadenza dal beneficio concesso;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06482BDD" w14:textId="77777777" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004021F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
@@ -3924,59 +3831,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>nto autore dell’illecito penale;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45D7B800" w14:textId="77777777" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
+        <w:t>di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del d.l. 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FBAB32F" w14:textId="77777777" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">di prendere atto che, in caso di concessione del contributo, la denominazione dell’ente beneficiario, i relativi dati fiscali e l’importo del contributo concesso saranno resi pubblici sul sito </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="000551C1">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
           </w:rPr>
@@ -4004,98 +3903,100 @@
       <w:r w:rsidRPr="002D48F4">
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">di aver preso visione dell’informativa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">ai sensi dell’articolo 13 del Regolamento generale UE 2016/679 sulla protezione dei dati </w:t>
       </w:r>
       <w:r w:rsidRPr="002D48F4">
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(in calce al presente Modulo) e di autorizzare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’Amministrazione concedente al trattamento e all’elaborazione dei dati forniti con la domanda di contributo, per finalità gestionali e statistiche, anche mediante l’ausilio di mezzi elettronici o automatizzati, nel rispetto della sicurezza e della riservatezza;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18125BB8" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00B875AD">
+    <w:p w14:paraId="18125BB8" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRPr="000D207A" w:rsidRDefault="00741A1E" w:rsidP="00B875AD">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="13555074" w14:textId="77777777" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="00B875AD">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13555074" w14:textId="5D03BD1A" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="00B875AD">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D0281E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>, inoltre</w:t>
       </w:r>
       <w:r w:rsidRPr="00D0281E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AFC24DE" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRPr="00D0281E" w:rsidRDefault="00741A1E" w:rsidP="00B875AD">
+    <w:p w14:paraId="737A6FED" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRPr="000D207A" w:rsidRDefault="00CE34B6" w:rsidP="00B875AD">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="9103"/>
       </w:tblGrid>
       <w:tr w:rsidR="0031256E" w14:paraId="12BC45A9" w14:textId="77777777" w:rsidTr="00380CE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="461F315D" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="000C4E94" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
             </w:pPr>
@@ -4230,70 +4131,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9103" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18A8C2D1" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00666BA5" w:rsidRDefault="0031256E" w:rsidP="00B875AD">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00666BA5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>non sono mai stati prodotti a codesti uffici per analoga richiesta di contributo o sono intervenute modificazioni e pertanto vengono allegati nella versione attualmente in vigore</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...18 lines deleted...]
-      </w:tblGrid>
       <w:tr w:rsidR="0031256E" w14:paraId="7DD208D2" w14:textId="77777777" w:rsidTr="00380CE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="0A338D12" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="000C4E94" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:r w:rsidRPr="000C4E94">
               <w:t>che in base al regime di contabilità a cui è sottoposto l'ente e in relazione alle spese connesse alla realizzazione dell'iniziativa sopra indicata</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76B7A215" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00EB036E" w:rsidRDefault="0031256E" w:rsidP="00B875AD">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009000B9">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(barrare con X una delle</w:t>
             </w:r>
@@ -4415,239 +4296,208 @@
               </w:rPr>
               <w:t>l’IVA non costituisce un costo d’esercizio per l’ente e viene recuperata</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031256E" w14:paraId="0361E4AA" w14:textId="77777777" w:rsidTr="00380CE7">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="2441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7B11CE14" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00BF7E42" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
+          <w:p w14:paraId="26EF229C" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRDefault="00CE34B6" w:rsidP="00380CE7">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B11CE14" w14:textId="698B7AB3" w:rsidR="0031256E" w:rsidRPr="00BF7E42" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>che l’ente beneficiario</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:t xml:space="preserve"> che rilascia la presente dichiarazione: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="751BC91A" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00BF7E42" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(barrare con X una delle 2 opzioni indicate di seguito)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45FEE3C1" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00BF7E42" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="459" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B875AD">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00B875AD">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>È</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E743FF3" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00BF7E42" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t>oppure</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CC62924" w14:textId="77777777" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0083462B">
             <w:pPr>
               <w:ind w:left="459" w:hanging="425"/>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B875AD">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00B875AD">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>NON</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">NON È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49251814" w14:textId="77777777" w:rsidR="0083462B" w:rsidRPr="0083462B" w:rsidRDefault="0083462B" w:rsidP="0083462B">
+            <w:pPr>
+              <w:ind w:left="459" w:hanging="425"/>
+              <w:rPr>
+                <w:w w:val="90"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5079DD06" w14:textId="77777777" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>e che la stessa e</w:t>
+            </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="2F19947A" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00666BA5" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
+              <w:t>sonera, pertanto, la Regione autonoma Valle d’Aosta da ogni e qualsiasi responsabilità a livello fiscale, amministrativo e penale qualora la presente dichiarazione non dovesse corrispondere al vero per diversa imposizione accertata dai relativi uffici fiscali.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F19947A" w14:textId="3F0F7EA2" w:rsidR="00CE34B6" w:rsidRPr="00666BA5" w:rsidRDefault="00CE34B6" w:rsidP="00380CE7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...25 lines deleted...]
-      </w:tblGrid>
       <w:tr w:rsidR="00E256BA" w14:paraId="40BB7E59" w14:textId="77777777" w:rsidTr="007D47A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CB54241" w14:textId="77777777" w:rsidR="00E256BA" w:rsidRDefault="00E256BA" w:rsidP="007D47A7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">che l’ente beneficiario in merito all’assolvimento dell’imposta di bollo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4743,180 +4593,161 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="195AFC09" w14:textId="77777777" w:rsidR="00E256BA" w:rsidRDefault="00E256BA" w:rsidP="007D47A7">
+          <w:p w14:paraId="195AFC09" w14:textId="5EEA332F" w:rsidR="00E256BA" w:rsidRDefault="00E256BA" w:rsidP="007D47A7">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">NON È SOGGETTO all’assolvimento dell’imposta di bollo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">(indicare il </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> con la precisazione della relativa norma di legge)</w:t>
+              <w:t>(indicare il motivo dell’esenzione con la precisazione della relativa norma di legge)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>_______________________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="21DA5745" w14:textId="77777777" w:rsidR="00E256BA" w:rsidRDefault="00E256BA" w:rsidP="0031256E">
+    <w:p w14:paraId="3F204EAD" w14:textId="77777777" w:rsidR="000D207A" w:rsidRDefault="000D207A" w:rsidP="0031256E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5052BDBE" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="000A451E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5052BDBE" w14:textId="0D6D8F54" w:rsidR="0031256E" w:rsidRPr="000A451E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D0281E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>, altresì</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11460D66" w14:textId="77777777" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
+    <w:p w14:paraId="11460D66" w14:textId="59BA7175" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">che il soggetto proponente </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">che il soggetto proponente si assume </w:t>
       </w:r>
       <w:r w:rsidRPr="00B72487">
         <w:t>la completa responsabilità della realizzazione delle attività programmate, operando pertanto in completa autonomia e secondo le norme di legge vigenti, manlevando la Regione autonoma Valle d’Aosta da qualsiasi responsabilità per eventuali danni riconducibili ad attività direttamente, o indirettamente, connesse alle attività programmate;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477CC0B2" w14:textId="77777777" w:rsidR="00E256BA" w:rsidRPr="00B875AD" w:rsidRDefault="00E256BA" w:rsidP="00E256BA">
+    <w:p w14:paraId="477CC0B2" w14:textId="77777777" w:rsidR="00E256BA" w:rsidRPr="000D207A" w:rsidRDefault="00E256BA" w:rsidP="00E256BA">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17F940D0" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00B72487" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:ind w:left="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A7BAC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SI IMPEGNA, ad ogni effetto di legge, a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50381E5D" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00B04865" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4937,318 +4768,319 @@
           <w:kern w:val="1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t xml:space="preserve">garantire che ogni eventuale variazione apportata all’atto costitutivo e/o allo statuto del Soggetto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>proponente</w:t>
       </w:r>
       <w:r w:rsidRPr="00B04865">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> o riferita alla nomina e/o ai poteri del sottoscrittore del presente atto sopra indicati, sarà tempestivamente comunicata all’Amministrazione regionale al fine di un adeguato puntuale aggiornamento dei dati;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F1B579" w14:textId="77777777" w:rsidR="0083462B" w:rsidRPr="00B875AD" w:rsidRDefault="0083462B" w:rsidP="0031256E">
+    <w:p w14:paraId="13F1B579" w14:textId="77777777" w:rsidR="0083462B" w:rsidRPr="000D207A" w:rsidRDefault="0083462B" w:rsidP="0031256E">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3ACB94B6" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="006A7BAC" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A7BAC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">RIVOLGE ISTANZA </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F14D4F9" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="000C4E94" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C4E94">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AFFINCHÉ IL PAGAMENTO AVVENGA MEDIANTE UNA DELLE SEGUENTI MODALITÀ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D3B198A" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="0031256E"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9589" w:type="dxa"/>
+        <w:tblW w:w="10221" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="92"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="92"/>
+        <w:gridCol w:w="133"/>
+        <w:gridCol w:w="595"/>
+        <w:gridCol w:w="1462"/>
+        <w:gridCol w:w="2706"/>
+        <w:gridCol w:w="5226"/>
+        <w:gridCol w:w="99"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0031256E" w:rsidRPr="007301ED" w14:paraId="3B91BAEB" w14:textId="77777777" w:rsidTr="00380CE7">
+      <w:tr w:rsidR="0031256E" w:rsidRPr="007301ED" w14:paraId="3B91BAEB" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="92" w:type="dxa"/>
-          <w:trHeight w:hRule="exact" w:val="309"/>
+          <w:wBefore w:w="133" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="325"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4485" w:type="dxa"/>
+            <w:tcW w:w="4763" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F4FAF1A" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00CF0996" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF0996">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CF0996">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0082716D">
+            <w:r w:rsidR="00ED2469">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0082716D">
+            <w:r w:rsidR="00ED2469">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF0996">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00CF0996">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> Conto corrente bancario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5012" w:type="dxa"/>
+            <w:tcW w:w="5324" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EFD6ED5" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0082716D">
+            <w:r w:rsidR="00ED2469">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0082716D">
+            <w:r w:rsidR="00ED2469">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Conto corrente postale</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031256E" w:rsidRPr="007301ED" w14:paraId="0D1E51F2" w14:textId="77777777" w:rsidTr="00380CE7">
+      <w:tr w:rsidR="0031256E" w:rsidRPr="007301ED" w14:paraId="0D1E51F2" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="92" w:type="dxa"/>
-          <w:trHeight w:hRule="exact" w:val="600"/>
+          <w:wBefore w:w="133" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="632"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9497" w:type="dxa"/>
+            <w:tcW w:w="10088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60BCA588" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00CF0996" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF0996">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -5270,176 +5102,176 @@
             </w:pPr>
             <w:r w:rsidRPr="00CF0996">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Il c/c bancario o postale deve essere intestato al soggetto proponente</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C4062E2" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00CF0996" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031256E" w:rsidRPr="007301ED" w14:paraId="57AD2B73" w14:textId="77777777" w:rsidTr="00380CE7">
+      <w:tr w:rsidR="0031256E" w:rsidRPr="007301ED" w14:paraId="57AD2B73" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="92" w:type="dxa"/>
-          <w:trHeight w:hRule="exact" w:val="464"/>
+          <w:wBefore w:w="133" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="488"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcW w:w="2057" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F3A5C39" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Istituto di credito: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcW w:w="2706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CF0D018" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Filiale di: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5012" w:type="dxa"/>
+            <w:tcW w:w="5324" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D6C1D4F" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Indirizzo: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031256E" w:rsidRPr="007301ED" w14:paraId="6EF8788E" w14:textId="77777777" w:rsidTr="00380CE7">
+      <w:tr w:rsidR="0031256E" w:rsidRPr="007301ED" w14:paraId="6EF8788E" w14:textId="77777777" w:rsidTr="00CE34B6">
         <w:tblPrEx>
           <w:jc w:val="left"/>
           <w:tblBorders>
             <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="92" w:type="dxa"/>
-          <w:trHeight w:val="1397"/>
+          <w:wAfter w:w="99" w:type="dxa"/>
+          <w:trHeight w:val="1474"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
+            <w:tcW w:w="728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2968CD1F" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
                 <w:tab w:val="left" w:pos="3492"/>
                 <w:tab w:val="left" w:pos="9639"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="180" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5460,1084 +5292,1074 @@
           </w:p>
           <w:p w14:paraId="3491D8C8" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
                 <w:tab w:val="left" w:pos="3492"/>
                 <w:tab w:val="left" w:pos="9639"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="180" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8844" w:type="dxa"/>
+            <w:tcW w:w="9394" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
-              <w:tblW w:w="8485" w:type="dxa"/>
+              <w:tblW w:w="9007" w:type="dxa"/>
+              <w:tblInd w:w="7" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="309"/>
-[...7 lines deleted...]
-              <w:gridCol w:w="307"/>
+              <w:gridCol w:w="324"/>
+              <w:gridCol w:w="344"/>
+              <w:gridCol w:w="347"/>
+              <w:gridCol w:w="351"/>
+              <w:gridCol w:w="527"/>
+              <w:gridCol w:w="249"/>
+              <w:gridCol w:w="324"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="293"/>
+              <w:gridCol w:w="371"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="300"/>
+              <w:gridCol w:w="355"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
+              <w:gridCol w:w="325"/>
               <w:gridCol w:w="272"/>
-              <w:gridCol w:w="350"/>
-[...16 lines deleted...]
-              <w:gridCol w:w="48"/>
+              <w:gridCol w:w="75"/>
             </w:tblGrid>
-            <w:tr w:rsidR="0031256E" w:rsidRPr="007301ED" w14:paraId="637F93D4" w14:textId="77777777" w:rsidTr="00380CE7">
+            <w:tr w:rsidR="0031256E" w:rsidRPr="007301ED" w14:paraId="637F93D4" w14:textId="77777777" w:rsidTr="00CE34B6">
               <w:trPr>
-                <w:trHeight w:val="482"/>
+                <w:trHeight w:val="507"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="638" w:type="dxa"/>
+                  <w:tcW w:w="670" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="5A36452D" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="60" w:after="40" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007301ED">
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t>Cod. paese</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="664" w:type="dxa"/>
+                  <w:tcW w:w="700" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="6F08A4FD" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="60" w:after="40" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007301ED">
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t>Cod. controllo</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="501" w:type="dxa"/>
+                  <w:tcW w:w="527" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="39AE6F5A" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="60" w:after="40" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007301ED">
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t>CIN</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1429" w:type="dxa"/>
+                  <w:tcW w:w="1516" w:type="dxa"/>
                   <w:gridSpan w:val="5"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="73F2A9D5" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="60" w:after="40" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007301ED">
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t>ABI</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1543" w:type="dxa"/>
+                  <w:tcW w:w="1646" w:type="dxa"/>
                   <w:gridSpan w:val="5"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="3F6A3DED" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="60" w:after="40" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007301ED">
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t>CAB</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3710" w:type="dxa"/>
+                  <w:tcW w:w="3948" w:type="dxa"/>
                   <w:gridSpan w:val="13"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="69D67627" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="60" w:after="40" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007301ED">
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t>N° conto corrente</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0031256E" w:rsidRPr="007301ED" w14:paraId="77B08450" w14:textId="77777777" w:rsidTr="00380CE7">
+            <w:tr w:rsidR="00CE34B6" w:rsidRPr="007301ED" w14:paraId="77B08450" w14:textId="77777777" w:rsidTr="00CE34B6">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="47" w:type="dxa"/>
-                <w:trHeight w:val="324"/>
+                <w:wAfter w:w="75" w:type="dxa"/>
+                <w:trHeight w:val="340"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="310" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="305707CE" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007301ED">
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t>I</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="327" w:type="dxa"/>
+                  <w:tcW w:w="345" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="15D330DF" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007301ED">
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t>T</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="331" w:type="dxa"/>
+                  <w:tcW w:w="348" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="620695FB" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="332" w:type="dxa"/>
+                  <w:tcW w:w="352" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="31B49627" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="501" w:type="dxa"/>
+                  <w:tcW w:w="527" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="77F11315" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="236" w:type="dxa"/>
+                  <w:tcW w:w="249" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="76760051" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="324" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="27F70EA6" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="4BF9CD72" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="494B71C5" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="268" w:type="dxa"/>
+                  <w:tcW w:w="291" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="6E5866DC" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="350" w:type="dxa"/>
+                  <w:tcW w:w="371" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="506EED06" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="4A87D69F" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="58416AA0" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="60A4664C" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="279" w:type="dxa"/>
+                  <w:tcW w:w="298" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="1DF55A36" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="335" w:type="dxa"/>
+                  <w:tcW w:w="355" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="689292F8" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="5A1D2DA0" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="2C6C44CB" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="5097E847" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="6EB6BF09" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="73CBB4E7" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="68E7ECD7" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="2475D5BD" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="57958123" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="1D87EE83" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="307" w:type="dxa"/>
+                  <w:tcW w:w="325" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="02D5E66B" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="257" w:type="dxa"/>
+                  <w:tcW w:w="272" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="62F54DA4" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="142"/>
                       <w:tab w:val="left" w:pos="3492"/>
                       <w:tab w:val="left" w:pos="9639"/>
                     </w:tabs>
                     <w:suppressAutoHyphens w:val="0"/>
                     <w:autoSpaceDN/>
                     <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:textAlignment w:val="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="49D0EBF2" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="007301ED" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
                 <w:tab w:val="left" w:pos="3492"/>
                 <w:tab w:val="left" w:pos="9639"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="40" w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D35D107" w14:textId="77777777" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="24A0D3AF" w14:textId="77777777" w:rsidR="0031256E" w:rsidRDefault="0031256E" w:rsidP="0031256E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9851" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3283"/>
         <w:gridCol w:w="3284"/>
         <w:gridCol w:w="3284"/>
@@ -6760,51 +6582,60 @@
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26CDCBC9" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00383CE5" w:rsidRDefault="0031256E" w:rsidP="00380CE7">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383CE5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34135B5B" w14:textId="77777777" w:rsidR="0031256E" w:rsidRPr="00741A1E" w:rsidRDefault="0031256E" w:rsidP="00B875AD">
+    <w:p w14:paraId="16A16160" w14:textId="77777777" w:rsidR="000D207A" w:rsidRDefault="000D207A" w:rsidP="00B875AD">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34135B5B" w14:textId="2BE8A226" w:rsidR="0031256E" w:rsidRPr="00741A1E" w:rsidRDefault="0031256E" w:rsidP="00B875AD">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00741A1E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Si allegano i seguenti documenti (</w:t>
       </w:r>
       <w:r w:rsidRPr="00741A1E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>barrare</w:t>
       </w:r>
       <w:r w:rsidRPr="00741A1E">
         <w:rPr>
@@ -7239,908 +7070,725 @@
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79CE6F54" w14:textId="77777777" w:rsidR="00B869EF" w:rsidRPr="00741A1E" w:rsidRDefault="00B869EF" w:rsidP="004047BB">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00741A1E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1BF0E752" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00741A1E">
+    <w:p w14:paraId="1BF0E752" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRPr="000D207A" w:rsidRDefault="00741A1E" w:rsidP="00741A1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="03E6EE90" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRDefault="00B875AD" w:rsidP="00741A1E">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03473D88" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRDefault="00CE34B6" w:rsidP="00741A1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00741A1E">
-[...8 lines deleted...]
-    <w:p w14:paraId="4D5ABF83" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRPr="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00741A1E">
+    </w:p>
+    <w:p w14:paraId="03E6EE90" w14:textId="66FA9BBF" w:rsidR="00B875AD" w:rsidRDefault="00B875AD" w:rsidP="00CE34B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="16"/>
-[...351 lines deleted...]
-    <w:p w14:paraId="6BFC3D02" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="008F5064" w:rsidP="00B875AD">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00741A1E">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>INFORMATIVA AI SENSI DELL’ART. 13 DEL REGOLAMENTO UE 2016/679</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5ABF83" w14:textId="77777777" w:rsidR="00741A1E" w:rsidRPr="00741A1E" w:rsidRDefault="00741A1E" w:rsidP="00741A1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D71DD15" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">I dati forniti </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B875AD" w:rsidRPr="008F5064">
+        <w:t>TITOLARE DEL TRATTAMENTO DEI DATI E DATI DI CONTATTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043B35F7" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">sono trattati per consentire l’accesso al finanziamento regionale previsto dall’articolo6, comma 2, della legge </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B875AD" w:rsidRPr="008F5064">
+      </w:pPr>
+      <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>regionale  20</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B875AD" w:rsidRPr="008F5064">
+        <w:t xml:space="preserve">Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/Vallée d’Aoste, in persona del legale rappresentante pro tempore, con sede in Piazza Deffeyes, 1 – Aosta, contattabile all’indirizzo pec: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="008F5064">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>segretario_generale@pec.regione.vda.it</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> agosto 1993, n. 69 recante “Contributi per attività e iniziative a carattere culturale e scientifico”.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="46BD710F" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="00B875AD">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E91F535" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7078E019" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5064">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>DELEGATO AL TRATTAMENTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683A0402" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5064">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Il delegato al trattamento è dirigente responsabile della struttura organizzativa: “ATTIVITÀ CULTURALI”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B8B458" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CEB51DD" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5064">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>DATI DI CONTATTO DEL RESPONSABILE DELLA PROTEZIONE DEI DATI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB0401C" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="200"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5064">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/Vallée d’Aoste, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="008F5064">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>privacy@pec.regione.vda.it</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F5064">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (per i titolari di una casella di posta elettronica certificata) o PEI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="008F5064">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>privacy@regione.vda.it</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F5064">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/Vallée d’Aoste”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16984E30" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5064">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>FINALITÀ DEL TRATTAMENTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BFC3D02" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="008F5064" w:rsidP="000D207A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
-        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="6CA725B0" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="00B875AD">
+      <w:r w:rsidRPr="008F5064">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I dati forniti </w:t>
+      </w:r>
+      <w:r w:rsidR="00B875AD" w:rsidRPr="008F5064">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>sono trattati per consentire l’accesso al finanziamento regionale previsto dall’articolo6, comma 2, della legge regionale  20 agosto 1993, n. 69 recante “Contributi per attività e iniziative a carattere culturale e scientifico”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46BD710F" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
-        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F5064">
-[...7 lines deleted...]
-    <w:p w14:paraId="635DB796" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="00B875AD">
+    </w:p>
+    <w:p w14:paraId="6CA725B0" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
-        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">I dati sono trattati dal personale della Struttura organizzativa “ATTIVITÀ CULTURALI”. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1D58F001" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="00B875AD">
+        <w:t xml:space="preserve">COMUNICAZIONE E DIFFUSIONE DEI DATI </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635DB796" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
-        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">I dati potranno essere altresì trattati dal personale di altri uffici dell’Amministrazione regionale, per il perseguimento delle sole finalità del trattamento. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="77FC0929" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="00B875AD">
+        <w:t xml:space="preserve">I dati sono trattati dal personale della Struttura organizzativa “ATTIVITÀ CULTURALI”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D58F001" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
-        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">I dati potranno inoltre essere comunicati a soggetti terzi ai quali la comunicazione sia prevista per legge, anche ai fini della verifica sulle veridicità dei dati dichiarati. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1AF86FF2" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="00B875AD">
+        <w:t xml:space="preserve">I dati potranno essere altresì trattati dal personale di altri uffici dell’Amministrazione regionale, per il perseguimento delle sole finalità del trattamento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FC0929" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
-        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="008F5064">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I dati potranno inoltre essere comunicati a soggetti terzi ai quali la comunicazione sia prevista per legge, anche ai fini della verifica sulle veridicità dei dati dichiarati. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF86FF2" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="2304"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3744"/>
+          <w:tab w:val="left" w:pos="4464"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5904"/>
+          <w:tab w:val="left" w:pos="6624"/>
+        </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
-        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F5064">
+    </w:p>
+    <w:p w14:paraId="47EB48BE" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5064">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>PERIODO DI CONSERVAZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285272D9" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="00B875AD">
+    <w:p w14:paraId="285272D9" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
-        <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
+        <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>I dati saranno conservati per il tempo strettamente necessario al perseguimento della/e finalità del trattamento, e, oltre, secondo i criteri suggeriti dalla normativa vigente in materia di conservazione, anche ai fini di archiviazione dei documenti amministrativi, e comunque di rispetto dei principi di liceità, necessità, proporzionalità, nonché per le finalità per le quali i dati sono stati raccolti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0CAFCB" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="00B875AD">
+    <w:p w14:paraId="7E0CAFCB" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
-        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DIRITTI DELL’INTERESSATO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C0EB18" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="00B875AD">
+    <w:p w14:paraId="47C0EB18" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
-        <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
+        <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008F5064">
+        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/Vallée d’Aoste, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F07C45F" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Vallée</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> d’</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008F5064">
+        <w:t>RECLAMO AL GARANTE PER LA PROTEZIONE DEI DATI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78054361" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Aoste</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
+        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto sal Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="008F5064">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.garanteprivacy.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF6DC64" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="00B875AD">
+    <w:p w14:paraId="7CF6DC64" w14:textId="77777777" w:rsidR="00B875AD" w:rsidRPr="008F5064" w:rsidRDefault="00B875AD" w:rsidP="000D207A">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5064">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>La comunicazione di dati personali riferiti ai soggetti terzi è prevista dalla richiamata legge regionale; non si rende pertanto necessario, ai sensi di quanto previsto dall’articolo 14, paragrafo 5, lettera c) del Regolamento UE 2016/679, il rilascio di un’informativa ai predetti soggetti.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblInd w:w="-38" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
@@ -8586,104 +8234,84 @@
       <w:r w:rsidR="00262C1A">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00262C1A">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>band</w:t>
       </w:r>
       <w:r w:rsidR="00262C1A">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">e musicali della valle </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="7F844DD7" w14:textId="77777777" w:rsidR="00251DF8" w:rsidRPr="00262C1A" w:rsidRDefault="00251DF8" w:rsidP="00251DF8">
+        <w:t xml:space="preserve">e musicali della valle d’aosta </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F844DD7" w14:textId="661EC009" w:rsidR="00251DF8" w:rsidRPr="00262C1A" w:rsidRDefault="00251DF8" w:rsidP="00251DF8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8655"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00262C1A">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> anno </w:t>
       </w:r>
-      <w:r w:rsidR="00E256BA">
+      <w:r w:rsidR="00ED2469">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>_____</w:t>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11AB3BCD" w14:textId="77777777" w:rsidR="00251DF8" w:rsidRPr="009C2F2C" w:rsidRDefault="00251DF8" w:rsidP="00251DF8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8655"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6340" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -10222,119 +9850,85 @@
       <w:r>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00262C1A">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>band</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">e musicali della valle </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="77884A88" w14:textId="77777777" w:rsidR="00262C1A" w:rsidRPr="00262C1A" w:rsidRDefault="00262C1A" w:rsidP="00262C1A">
+        <w:t xml:space="preserve">e musicali della valle d’aosta </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A03320" w14:textId="2BA857C9" w:rsidR="00251DF8" w:rsidRDefault="00262C1A" w:rsidP="000D207A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8655"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:smallCaps/>
-          <w:color w:val="0070C0"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00262C1A">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> anno </w:t>
       </w:r>
-      <w:r w:rsidR="00E256BA">
+      <w:r w:rsidR="00ED2469">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>_______</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>_____</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="16D625E0" w14:textId="77777777" w:rsidR="00251DF8" w:rsidRDefault="00251DF8" w:rsidP="00251DF8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8655"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9136" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -13203,146 +12797,85 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ente –</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B8259F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comune, </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B8259F">
+              <w:t>Comune, Unité des Commune</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Unité</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>s</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B8259F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B8259F">
+              <w:t xml:space="preserve">, altro </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>des</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B8259F">
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C17A0C">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> relativo importo)</w:t>
+              <w:t xml:space="preserve"> e relativo importo)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6990A418" w14:textId="77777777" w:rsidR="00262C1A" w:rsidRPr="00D911B3" w:rsidRDefault="00262C1A" w:rsidP="00262C1A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D911B3">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -14914,56 +14447,52 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40FCFA2B" w14:textId="77777777" w:rsidR="00262C1A" w:rsidRDefault="00262C1A" w:rsidP="00262C1A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44162674" w14:textId="77777777" w:rsidR="00251DF8" w:rsidRDefault="00251DF8" w:rsidP="00251DF8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00251DF8" w:rsidSect="004F7828">
-      <w:headerReference w:type="even" r:id="rId14"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="425" w:left="1134" w:header="709" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0002A059" w14:textId="77777777" w:rsidR="005B79D2" w:rsidRDefault="005B79D2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="20ED957B" w14:textId="77777777" w:rsidR="005B79D2" w:rsidRDefault="005B79D2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -15011,363 +14540,255 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1181856407"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="048B6472" w14:textId="77777777" w:rsidR="004047BB" w:rsidRDefault="004047BB">
         <w:pPr>
           <w:pStyle w:val="Pidipagina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00BF0270">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7299164B" w14:textId="77777777" w:rsidR="004047BB" w:rsidRDefault="004047BB">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0F9B4006" w14:textId="77777777" w:rsidR="005B79D2" w:rsidRDefault="005B79D2">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="133110DC" w14:textId="77777777" w:rsidR="005B79D2" w:rsidRDefault="005B79D2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5B3594AE" w14:textId="77777777" w:rsidR="0082716D" w:rsidRDefault="0082716D">
-[...18 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Grigliatabella"/>
-      <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
+      <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="442" w:tblpY="1"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3453"/>
+      <w:gridCol w:w="2660"/>
     </w:tblGrid>
-    <w:tr w:rsidR="004047BB" w14:paraId="57C080B0" w14:textId="77777777" w:rsidTr="002648FC">
+    <w:tr w:rsidR="00CE34B6" w14:paraId="0F38F043" w14:textId="77777777" w:rsidTr="002847F1">
       <w:trPr>
-        <w:trHeight w:val="1479"/>
+        <w:trHeight w:val="1697"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3453" w:type="dxa"/>
+          <w:tcW w:w="2660" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="744829A8" w14:textId="77777777" w:rsidR="004047BB" w:rsidRDefault="004047BB" w:rsidP="002648FC">
+        <w:p w14:paraId="3BEB802B" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRPr="0030691D" w:rsidRDefault="00CE34B6" w:rsidP="00CE34B6">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:bookmarkStart w:id="1" w:name="_Hlk216858546"/>
+          <w:bookmarkStart w:id="2" w:name="_Hlk216858741"/>
+          <w:r w:rsidRPr="0030691D">
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Spazio riservato al protocollo</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0F731A08" w14:textId="77777777" w:rsidR="004047BB" w:rsidRDefault="004047BB" w:rsidP="002648FC">
+        <w:p w14:paraId="54A0CFA8" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRDefault="00CE34B6" w:rsidP="00CE34B6">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="4DBA4C18" w14:textId="77777777" w:rsidR="004047BB" w:rsidRDefault="004047BB" w:rsidP="002648FC">
+        <w:p w14:paraId="384B384C" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRDefault="00CE34B6" w:rsidP="00CE34B6">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="7F060E7B" w14:textId="77777777" w:rsidR="004047BB" w:rsidRDefault="004047BB" w:rsidP="002648FC">
-[...59 lines deleted...]
-        <w:p w14:paraId="2D274CF8" w14:textId="77777777" w:rsidR="004047BB" w:rsidRDefault="004047BB" w:rsidP="002648FC">
+        <w:p w14:paraId="38BB9466" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRDefault="00CE34B6" w:rsidP="00CE34B6">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="0F15BB6E" w14:textId="77777777" w:rsidR="004047BB" w:rsidRDefault="004047BB" w:rsidP="00481693">
+  <w:bookmarkEnd w:id="1"/>
+  <w:p w14:paraId="166600B3" w14:textId="03B1542B" w:rsidR="00CE34B6" w:rsidRPr="009262A2" w:rsidRDefault="00CE34B6" w:rsidP="00CE34B6">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="5387"/>
+        <w:tab w:val="left" w:pos="4253"/>
       </w:tabs>
-      <w:ind w:left="3828"/>
+      <w:ind w:left="4111" w:right="-568" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...14 lines deleted...]
-    <w:r w:rsidRPr="004241D8">
+    <w:r w:rsidRPr="0030691D">
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7602E7DE" wp14:editId="68862DA3">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="003AF1F1" wp14:editId="70605E8C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>2416810</wp:posOffset>
+            <wp:posOffset>2164080</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>177165</wp:posOffset>
+            <wp:posOffset>62865</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="3" name="Immagine 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
@@ -15376,158 +14797,215 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="731520" cy="835025"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-      <w:t>A</w:t>
+    <w:r w:rsidR="00ED2469">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>R</w:t>
     </w:r>
-    <w:r w:rsidRPr="00BF0270">
-      <w:t xml:space="preserve">ssessorato Beni e attività culturali, </w:t>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>egione autonoma Valle d’Aosta</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="62359C01" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRPr="009262A2" w:rsidRDefault="00CE34B6" w:rsidP="00CE34B6">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:ind w:left="5670" w:firstLine="2"/>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Assessorato Istruzione, Cultura e Politiche </w:t>
     </w:r>
     <w:r>
-      <w:t>S</w:t>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">     </w:t>
     </w:r>
-    <w:r w:rsidRPr="00BF0270">
-      <w:t>istema educativo e Politiche per le relazioni intergenerazionali</w:t>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Identitarie</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="30916EB7" w14:textId="77777777" w:rsidR="004047BB" w:rsidRPr="007301ED" w:rsidRDefault="004047BB" w:rsidP="00BF0270">
+  <w:p w14:paraId="3DAECF6B" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRPr="009262A2" w:rsidRDefault="00CE34B6" w:rsidP="00CE34B6">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="5387" w:right="-285"/>
+      <w:ind w:left="5672"/>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Assessorat de l’éducation, de la culture et des politiques</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> i</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>dentitaires</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="76581BC7" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRPr="009262A2" w:rsidRDefault="00CE34B6" w:rsidP="00CE34B6">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007301ED">
+    <w:r w:rsidRPr="009262A2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Struttura </w:t>
-[...6 lines deleted...]
-      <w:t>attività culturali</w:t>
+      <w:t xml:space="preserve">Struttura attività culturali </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="565138F2" w14:textId="1713C7A0" w:rsidR="004047BB" w:rsidRPr="007301ED" w:rsidRDefault="0082716D" w:rsidP="00481693">
+  <w:p w14:paraId="2D2E8E51" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRPr="009262A2" w:rsidRDefault="00CE34B6" w:rsidP="00CE34B6">
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="5387" w:right="-143"/>
+      <w:ind w:left="4111" w:right="-143" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...3 lines deleted...]
-      <w:t>, n. 1</w:t>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Piazza Roncas n. 1</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05028D49" w14:textId="77777777" w:rsidR="004047BB" w:rsidRPr="007301ED" w:rsidRDefault="004047BB" w:rsidP="00481693">
+  <w:p w14:paraId="6E1677FD" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRPr="009262A2" w:rsidRDefault="00CE34B6" w:rsidP="00CE34B6">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="5387"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007301ED">
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
       <w:t xml:space="preserve">11100 AOSTA </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4DF2D62D" w14:textId="77777777" w:rsidR="004047BB" w:rsidRDefault="0082716D" w:rsidP="00481693">
+  <w:p w14:paraId="6F061872" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRPr="009262A2" w:rsidRDefault="00ED2469" w:rsidP="00CE34B6">
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="5387" w:right="-285"/>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId2" w:history="1">
-      <w:r w:rsidR="004047BB" w:rsidRPr="00B023FD">
+      <w:r w:rsidR="00CE34B6" w:rsidRPr="009262A2">
         <w:rPr>
           <w:rStyle w:val="Collegamentoipertestuale"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>cultura@pec.regione.vda.it</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="004047BB" w:rsidRPr="007301ED">
+    <w:r w:rsidR="00CE34B6" w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="780F6013" w14:textId="0B82E3EC" w:rsidR="004047BB" w:rsidRDefault="004047BB" w:rsidP="00481693">
+  <w:p w14:paraId="57E4D136" w14:textId="77777777" w:rsidR="00CE34B6" w:rsidRPr="001E6546" w:rsidRDefault="00CE34B6" w:rsidP="00CE34B6">
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="120"/>
-      <w:ind w:left="5387" w:right="-285"/>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
+      <w:rPr>
+        <w:b/>
+        <w:smallCaps/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-      <w:t>Tel. +39 – 0165.27</w:t>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Tel. +39 – 0165.274392</w:t>
     </w:r>
-    <w:r w:rsidR="0082716D">
-[...7 lines deleted...]
-    </w:r>
+    <w:bookmarkEnd w:id="2"/>
   </w:p>
   <w:p w14:paraId="00E5B00B" w14:textId="77777777" w:rsidR="004047BB" w:rsidRPr="009B43F7" w:rsidRDefault="004047BB">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8655"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14360EAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="114E24D0"/>
     <w:lvl w:ilvl="0" w:tplc="BEA8A658">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -17990,88 +17468,88 @@
   <w:num w:numId="17">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:val="bestFit" w:percent="179"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D0544"/>
     <w:rsid w:val="000008B9"/>
     <w:rsid w:val="00007357"/>
     <w:rsid w:val="00012C68"/>
     <w:rsid w:val="00027D8B"/>
     <w:rsid w:val="00051031"/>
     <w:rsid w:val="000657F0"/>
     <w:rsid w:val="0007328D"/>
     <w:rsid w:val="000756F0"/>
     <w:rsid w:val="00077B51"/>
     <w:rsid w:val="00081FE5"/>
     <w:rsid w:val="00084329"/>
     <w:rsid w:val="00094F59"/>
     <w:rsid w:val="000C4E94"/>
+    <w:rsid w:val="000D207A"/>
     <w:rsid w:val="000D3762"/>
     <w:rsid w:val="000E0B7F"/>
     <w:rsid w:val="000E2DEC"/>
     <w:rsid w:val="0010324C"/>
     <w:rsid w:val="00124135"/>
     <w:rsid w:val="00124E6C"/>
     <w:rsid w:val="00124F8C"/>
     <w:rsid w:val="0014134C"/>
     <w:rsid w:val="00143942"/>
     <w:rsid w:val="00143952"/>
     <w:rsid w:val="00155CFF"/>
     <w:rsid w:val="001636D8"/>
     <w:rsid w:val="00163D08"/>
     <w:rsid w:val="00182C73"/>
     <w:rsid w:val="00193FFD"/>
     <w:rsid w:val="0019517D"/>
     <w:rsid w:val="001A3C03"/>
     <w:rsid w:val="001A46D6"/>
     <w:rsid w:val="001A548F"/>
     <w:rsid w:val="001B0076"/>
     <w:rsid w:val="001C459A"/>
     <w:rsid w:val="001E0208"/>
     <w:rsid w:val="001E44E1"/>
     <w:rsid w:val="001E6F9F"/>
     <w:rsid w:val="001E7462"/>
@@ -18212,107 +17690,109 @@
     <w:rsid w:val="00B45FB4"/>
     <w:rsid w:val="00B80462"/>
     <w:rsid w:val="00B864D7"/>
     <w:rsid w:val="00B869EF"/>
     <w:rsid w:val="00B875AD"/>
     <w:rsid w:val="00B978FD"/>
     <w:rsid w:val="00BC63E3"/>
     <w:rsid w:val="00BC7A59"/>
     <w:rsid w:val="00BD5064"/>
     <w:rsid w:val="00BE5A96"/>
     <w:rsid w:val="00BF0270"/>
     <w:rsid w:val="00C02551"/>
     <w:rsid w:val="00C04C7D"/>
     <w:rsid w:val="00C07875"/>
     <w:rsid w:val="00C159F6"/>
     <w:rsid w:val="00C229AF"/>
     <w:rsid w:val="00C33A87"/>
     <w:rsid w:val="00C52AE3"/>
     <w:rsid w:val="00C6248D"/>
     <w:rsid w:val="00C65830"/>
     <w:rsid w:val="00C76D37"/>
     <w:rsid w:val="00CC3262"/>
     <w:rsid w:val="00CC39D2"/>
     <w:rsid w:val="00CC5208"/>
     <w:rsid w:val="00CD39CE"/>
+    <w:rsid w:val="00CE34B6"/>
     <w:rsid w:val="00D0281E"/>
     <w:rsid w:val="00D05C93"/>
     <w:rsid w:val="00D138A4"/>
     <w:rsid w:val="00D15D61"/>
     <w:rsid w:val="00D23F20"/>
     <w:rsid w:val="00D33629"/>
     <w:rsid w:val="00D452F2"/>
     <w:rsid w:val="00DA0B86"/>
     <w:rsid w:val="00DC0920"/>
     <w:rsid w:val="00DD4390"/>
     <w:rsid w:val="00DF070A"/>
     <w:rsid w:val="00E002C6"/>
     <w:rsid w:val="00E256BA"/>
     <w:rsid w:val="00E314B0"/>
     <w:rsid w:val="00E33EAD"/>
     <w:rsid w:val="00E40068"/>
     <w:rsid w:val="00E41312"/>
     <w:rsid w:val="00E44975"/>
     <w:rsid w:val="00E615AE"/>
     <w:rsid w:val="00E64D23"/>
     <w:rsid w:val="00E741BE"/>
     <w:rsid w:val="00E748E3"/>
     <w:rsid w:val="00E83093"/>
     <w:rsid w:val="00E84FE9"/>
     <w:rsid w:val="00EA08AC"/>
     <w:rsid w:val="00EA4421"/>
     <w:rsid w:val="00EA4E79"/>
     <w:rsid w:val="00EB036E"/>
+    <w:rsid w:val="00ED2469"/>
     <w:rsid w:val="00EF013D"/>
     <w:rsid w:val="00F0482C"/>
     <w:rsid w:val="00F15B4A"/>
     <w:rsid w:val="00F45286"/>
     <w:rsid w:val="00F50914"/>
     <w:rsid w:val="00F66CA3"/>
     <w:rsid w:val="00F85BAF"/>
     <w:rsid w:val="00FA045C"/>
     <w:rsid w:val="00FB4994"/>
     <w:rsid w:val="00FB7B87"/>
     <w:rsid w:val="00FF49BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="390E4D33"/>
   <w15:docId w15:val="{75849722-B556-4A66-848D-B9539DCE1A23}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
@@ -18402,94 +17882,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -19147,54 +18631,54 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2025666554">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.vda.it" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.garanteprivacy.it" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@regione.vda.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segretario_generale@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.vda.it" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.garanteprivacy.it" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@regione.vda.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segretario_generale@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cultura@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -19460,75 +18944,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FC36688-D805-4A90-8DD5-4B19C8C9C2EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2881</Words>
-  <Characters>16423</Characters>
+  <Words>2879</Words>
+  <Characters>16414</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>136</Lines>
   <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ALL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19266</CharactersWithSpaces>
+  <CharactersWithSpaces>19255</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ALL</dc:title>
   <dc:creator>regione lombardia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="PublishingExpirationDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="PublishingStartDate">
     <vt:lpwstr/>