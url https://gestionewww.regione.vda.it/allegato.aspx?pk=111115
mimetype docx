--- v0 (2025-10-07)
+++ v1 (2025-12-06)
@@ -1070,69 +1070,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7966" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7167EC51" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00007357" w:rsidP="003133FD">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>C.F.________________________________________</w:t>
-[...17 lines deleted...]
-              <w:t>. _________________________________________</w:t>
+              <w:t>C.F._________________________________________  P.IVA. _________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="641E8875" w14:textId="77777777" w:rsidTr="009D2942">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05C2FB72" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="003133FD">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3156,80 +3138,80 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D5406F3" w14:textId="77777777" w:rsidR="001E6546" w:rsidRPr="004F48D1" w:rsidRDefault="001E6546" w:rsidP="00037ED4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="96"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>CHIEDE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B9B7D81" w14:textId="24B1CBA7" w:rsidR="00C032AA" w:rsidRPr="002D4972" w:rsidRDefault="001E6546" w:rsidP="00C032AA">
+    <w:p w14:paraId="4B9B7D81" w14:textId="3225DFA1" w:rsidR="00C032AA" w:rsidRPr="002D4972" w:rsidRDefault="001E6546" w:rsidP="00C032AA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="98"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4972">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>DI BENEFICIARE, PER L’ANNUALITÀ 202</w:t>
       </w:r>
-      <w:r w:rsidR="00ED0A36">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="002D4972">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C032AA" w:rsidRPr="002D4972">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>DELL’INTERVENTO REGIONALE A SOSTEGNO DELL’ATTIVITÀ TEATRALE LOCALE, DI CUI ALLA LEGGE REGIONALE 19 DICEMBRE 1997, N. 45.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="272AA6FD" w14:textId="77777777" w:rsidR="001E6546" w:rsidRPr="00DA0B86" w:rsidRDefault="001E6546" w:rsidP="001E6546">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -5008,67 +4990,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NON È SOGGETTO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> all’assolvimento dell’imposta di bollo </w:t>
             </w:r>
             <w:r w:rsidRPr="009000B9">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">indicare il </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> con la precisazione della relativa norma di legge)</w:t>
+              <w:t>indicare il motivo  dell’esenzione con la precisazione della relativa norma di legge)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>_______________________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="509820BF" w14:textId="77777777" w:rsidR="00E31D76" w:rsidRDefault="00E31D76" w:rsidP="00B72487">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="772D0FEE" w14:textId="77777777" w:rsidR="00E31D76" w:rsidRDefault="00E31D76" w:rsidP="00B72487">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -5230,73 +5196,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6304C347" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="002D4972" w:rsidRDefault="001D5953" w:rsidP="001D5953">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4972">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">(SOLO LE COMPAGNIE DI CUI ALL’ART. 3, COMMA 1, LETTERA A) – B) E COMMA </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 45/1997)</w:t>
+        <w:t>(SOLO LE COMPAGNIE DI CUI ALL’ART. 3, COMMA 1, LETTERA A) – B) E COMMA 2,  L.R. 45/1997)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48C464E4" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="720" w:right="818"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00037ED4">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(N.B.: </w:t>
       </w:r>
       <w:r w:rsidRPr="00037ED4">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
@@ -5367,206 +5311,206 @@
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ha</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> prodotto, nell'ultimo triennio, i seguenti </w:t>
       </w:r>
       <w:r w:rsidR="00E069EF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2 (DUE) </w:t>
       </w:r>
       <w:r w:rsidR="00037ED4">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NUOVI spettacoli:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49576EC4" w14:textId="1C4CCA6A" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="001D5953">
+    <w:p w14:paraId="49576EC4" w14:textId="2FF36012" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="001D5953">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="480" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- Anno 20</w:t>
       </w:r>
       <w:r w:rsidR="00E31D76">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00ED0A36">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A412407" w14:textId="522DAF92" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="001D5953">
+    <w:p w14:paraId="3A412407" w14:textId="3AF4BCFA" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="001D5953">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="480" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- Anno 20</w:t>
       </w:r>
       <w:r w:rsidR="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00ED0A36">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="700FFDAD" w14:textId="72118488" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="000A451E" w:rsidP="001D5953">
+    <w:p w14:paraId="700FFDAD" w14:textId="485D414D" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="000A451E" w:rsidP="001D5953">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="480" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- Anno 202</w:t>
       </w:r>
-      <w:r w:rsidR="00ED0A36">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D5953" w:rsidRPr="001D5953">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3083CD96" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="007116AB" w:rsidRDefault="001D5953" w:rsidP="001D5953">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="6939" w:firstLine="141"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B72B128" w14:textId="65DEE7D5" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="001D5953">
+    <w:p w14:paraId="4B72B128" w14:textId="2F54FB62" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="001D5953">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ha</w:t>
       </w:r>
       <w:r w:rsidR="000A451E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> effettuato nell'anno 202</w:t>
       </w:r>
-      <w:r w:rsidR="00ED0A36">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00E31D76">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">complessivamente n. </w:t>
       </w:r>
       <w:r w:rsidRPr="002D4972">
         <w:rPr>
           <w:color w:val="EAEAEA"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>_______        ___</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -5633,67 +5577,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60CEDA05" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (</w:t>
-[...15 lines deleted...]
-        <w:t>______</w:t>
+        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8ED159" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="540233E0" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="00037ED4" w:rsidRDefault="001D5953" w:rsidP="00037ED4">
       <w:pPr>
@@ -5729,67 +5657,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0038050A" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (</w:t>
-[...15 lines deleted...]
-        <w:t>______</w:t>
+        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0025EED5" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A481C93" w14:textId="77777777" w:rsidR="00037ED4" w:rsidRDefault="001D5953" w:rsidP="00037ED4">
       <w:pPr>
@@ -5825,67 +5737,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16B3A506" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (</w:t>
-[...15 lines deleted...]
-        <w:t>______</w:t>
+        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04CE9C1E" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0547E293" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -5921,67 +5817,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73763020" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (</w:t>
-[...15 lines deleted...]
-        <w:t>______</w:t>
+        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18211ED5" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="372" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49A897BC" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6017,67 +5897,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08EFC846" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (</w:t>
-[...15 lines deleted...]
-        <w:t>______</w:t>
+        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71E2DEF9" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2790E37B" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6113,67 +5977,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B70F86C" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (</w:t>
-[...15 lines deleted...]
-        <w:t>______</w:t>
+        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F74B09" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25065F3B" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6210,67 +6058,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BB69469" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (</w:t>
-[...15 lines deleted...]
-        <w:t>______</w:t>
+        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3668630D" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DACC608" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6306,67 +6138,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E5F0F54" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (</w:t>
-[...15 lines deleted...]
-        <w:t>______</w:t>
+        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FDBE41A" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31CAAA70" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6402,67 +6218,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6813E667" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (</w:t>
-[...15 lines deleted...]
-        <w:t>______</w:t>
+        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E7AF2AE" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DBCE151" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6498,67 +6298,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="613FAA1A" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ___________________________ (</w:t>
-[...15 lines deleted...]
-        <w:t>______</w:t>
+        <w:t>Data _______________ località ___________________________ (Prov.)_______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="626D82A2" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="372" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E395CDE" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6822,58 +6606,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009E697A">
+            <w:r w:rsidR="00024F9F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009E697A">
+            <w:r w:rsidR="00024F9F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> Conto corrente bancario</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6906,58 +6690,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009E697A">
+            <w:r w:rsidR="00024F9F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="009E697A">
+            <w:r w:rsidR="00024F9F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
@@ -8522,573 +8306,564 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7892872A" w14:textId="77777777" w:rsidR="00020559" w:rsidRDefault="00020559" w:rsidP="007E3541">
       <w:pPr>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28584228" w14:textId="77777777" w:rsidR="00D17993" w:rsidRDefault="00682C64" w:rsidP="00020559">
       <w:r w:rsidRPr="007301ED">
         <w:t>Si allegano i seguenti documenti (</w:t>
       </w:r>
       <w:r w:rsidRPr="007301ED">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>barrare</w:t>
       </w:r>
       <w:r w:rsidRPr="007301ED">
         <w:t xml:space="preserve">): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CEEC196" w14:textId="77777777" w:rsidR="00020559" w:rsidRDefault="00020559" w:rsidP="00020559"/>
-    <w:p w14:paraId="4E857527" w14:textId="2BA3755C" w:rsidR="00020559" w:rsidRDefault="00574D03" w:rsidP="00020559">
+    <w:p w14:paraId="4E857527" w14:textId="325AC851" w:rsidR="00020559" w:rsidRDefault="00574D03" w:rsidP="00020559">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Scheda</w:t>
       </w:r>
       <w:r w:rsidR="004F48D1" w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> di progetto teatrale annuale – progetto di formazione e avviamento al teatro dell’anno 202</w:t>
       </w:r>
-      <w:r w:rsidR="006C117C">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D64F8E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (modulo A)</w:t>
       </w:r>
       <w:r w:rsidR="00020559">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70EC34F4" w14:textId="77777777" w:rsidR="00020559" w:rsidRPr="00EC5086" w:rsidRDefault="00020559" w:rsidP="00020559">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30B8620A" w14:textId="22F8D829" w:rsidR="00020559" w:rsidRDefault="004F48D1" w:rsidP="00020559">
+    <w:p w14:paraId="30B8620A" w14:textId="6CE4D330" w:rsidR="00020559" w:rsidRDefault="004F48D1" w:rsidP="00020559">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00020559">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilancio progettuale previsionale </w:t>
       </w:r>
       <w:r w:rsidR="00E31D76">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>di competenza dell’anno 202</w:t>
       </w:r>
-      <w:r w:rsidR="006C117C">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D64F8E" w:rsidRPr="00020559">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (modulo B)</w:t>
       </w:r>
       <w:r w:rsidRPr="00020559">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C95D49A" w14:textId="77777777" w:rsidR="00020559" w:rsidRPr="00EC5086" w:rsidRDefault="00020559" w:rsidP="00020559">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B09EFEA" w14:textId="16358C23" w:rsidR="004F48D1" w:rsidRDefault="004F48D1" w:rsidP="00020559">
+    <w:p w14:paraId="0B09EFEA" w14:textId="49D3841F" w:rsidR="004F48D1" w:rsidRDefault="004F48D1" w:rsidP="00020559">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00020559">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Relazione conoscitiva in merito alle attività svolte e ai risultati conseguiti nell’anno 202</w:t>
       </w:r>
-      <w:r w:rsidR="006C117C">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00D64F8E" w:rsidRPr="00020559">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (modulo C)</w:t>
       </w:r>
       <w:r w:rsidRPr="00020559">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1745A0ED" w14:textId="77777777" w:rsidR="00020559" w:rsidRPr="00EC5086" w:rsidRDefault="00020559" w:rsidP="00020559">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="653B716C" w14:textId="5380F6EB" w:rsidR="004F48D1" w:rsidRDefault="004F48D1" w:rsidP="00020559">
+    <w:p w14:paraId="653B716C" w14:textId="00249025" w:rsidR="004F48D1" w:rsidRDefault="004F48D1" w:rsidP="00020559">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Relazione conoscitiva in merito alle attività svolte e ai risultati conseguiti nel </w:t>
       </w:r>
       <w:r w:rsidR="00020559">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>biennio</w:t>
       </w:r>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="00E31D76">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006C117C">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="006C117C">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00E31D76">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (esclusivamente per i soggetti che non hanno beneficiato del sostegno regionale nell’annualità 202</w:t>
       </w:r>
-      <w:r w:rsidR="006C117C">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00E31D76">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> e 202</w:t>
       </w:r>
-      <w:r w:rsidR="006C117C">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidR="00E31D76">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00020559">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF5AF5">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...7 lines deleted...]
-        <w:t>modulo D</w:t>
+        <w:t xml:space="preserve"> (modulo D</w:t>
       </w:r>
       <w:r w:rsidR="00D64F8E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347B2775" w14:textId="77777777" w:rsidR="00020559" w:rsidRPr="00EC5086" w:rsidRDefault="00020559" w:rsidP="00020559">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73A58A91" w14:textId="6936194D" w:rsidR="00020559" w:rsidRDefault="004F48D1" w:rsidP="00020559">
+    <w:p w14:paraId="73A58A91" w14:textId="6E293774" w:rsidR="00020559" w:rsidRDefault="004F48D1" w:rsidP="00020559">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Relazione conoscitiva in merito alle due nuove produzion</w:t>
       </w:r>
       <w:r w:rsidR="00D64F8E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> realizzate nel triennio 20</w:t>
       </w:r>
       <w:r w:rsidR="00E31D76">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006C117C">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="006C117C">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="006C117C">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (solo per le compagnie professionali)</w:t>
       </w:r>
       <w:r w:rsidR="00CF5AF5">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (modulo E</w:t>
       </w:r>
       <w:r w:rsidR="00D64F8E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30C1DF6D" w14:textId="77777777" w:rsidR="00020559" w:rsidRPr="00EC5086" w:rsidRDefault="00020559" w:rsidP="00020559">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18A53117" w14:textId="46046596" w:rsidR="00020559" w:rsidRPr="00020559" w:rsidRDefault="004F48D1" w:rsidP="00020559">
+    <w:p w14:paraId="18A53117" w14:textId="693FD1D3" w:rsidR="00020559" w:rsidRPr="00020559" w:rsidRDefault="004F48D1" w:rsidP="00020559">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00020559">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Certificati di agibilità Enpals / Permessi Siae delle 10 rappresentazion</w:t>
       </w:r>
       <w:r w:rsidR="00D64F8E" w:rsidRPr="00020559">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00020559">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="006C117C">
+      <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00020559">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> non commissionate dall’Assessorato competente in materia di cultura (solo per le compagnie professionali);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="145906B1" w14:textId="77777777" w:rsidR="00020559" w:rsidRPr="00EC5086" w:rsidRDefault="00020559" w:rsidP="00020559">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -11089,51 +10864,51 @@
   </w:p>
   <w:p w14:paraId="110A6660" w14:textId="011F9233" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="009E697A" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387" w:right="-143"/>
     </w:pPr>
     <w:r>
       <w:t>Piazza Roncas, 3</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="57061F2E" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="001E6546">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387"/>
     </w:pPr>
     <w:r w:rsidRPr="007301ED">
       <w:t xml:space="preserve">11100 AOSTA </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="20E70B4B" w14:textId="77777777" w:rsidR="001E6546" w:rsidRDefault="009E697A" w:rsidP="001E6546">
+  <w:p w14:paraId="20E70B4B" w14:textId="77777777" w:rsidR="001E6546" w:rsidRDefault="00024F9F" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387" w:right="-285"/>
     </w:pPr>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="00144973" w:rsidRPr="00F33E77">
         <w:rPr>
           <w:rStyle w:val="Collegamentoipertestuale"/>
         </w:rPr>
         <w:t>cultura@pec.regione.vda.it</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="008C33D5" w:rsidRPr="007301ED">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5AA8FF15" w14:textId="231FC013" w:rsidR="001E6546" w:rsidRPr="008C33D5" w:rsidRDefault="001E6546" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:ind w:left="5387" w:right="-285"/>
@@ -11276,98 +11051,98 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>A FAVORE DELL’ATTIVITÀ TEATRALE LOCALE</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4FD3A0FA" w14:textId="77777777" w:rsidR="00037ED4" w:rsidRPr="00A53E77" w:rsidRDefault="00037ED4" w:rsidP="0029571E">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="04D367D2" w14:textId="4A01E2FF" w:rsidR="00037ED4" w:rsidRDefault="00F76126" w:rsidP="00F76126">
+  <w:p w14:paraId="04D367D2" w14:textId="4228A13A" w:rsidR="00037ED4" w:rsidRDefault="00F76126" w:rsidP="00F76126">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4747"/>
         <w:tab w:val="left" w:pos="6087"/>
       </w:tabs>
       <w:ind w:right="144"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="001E6546">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>- ANNO 202</w:t>
     </w:r>
-    <w:r w:rsidR="00EC3DCC">
+    <w:r w:rsidR="00024F9F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="006A35BA">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00037ED4">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>–</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3D42A454" w14:textId="77777777" w:rsidR="00FB7B87" w:rsidRPr="00A53E77" w:rsidRDefault="00F76126" w:rsidP="00F76126">
@@ -15940,82 +15715,82 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="156"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E31D76"/>
     <w:rsid w:val="000008B9"/>
     <w:rsid w:val="00007357"/>
     <w:rsid w:val="00012C68"/>
     <w:rsid w:val="00020559"/>
+    <w:rsid w:val="00024F9F"/>
     <w:rsid w:val="00027D8B"/>
     <w:rsid w:val="00037ED4"/>
     <w:rsid w:val="0007328D"/>
     <w:rsid w:val="00077B51"/>
     <w:rsid w:val="00094F59"/>
     <w:rsid w:val="000A451E"/>
     <w:rsid w:val="000C4E94"/>
     <w:rsid w:val="000E19A7"/>
     <w:rsid w:val="000E2DEC"/>
     <w:rsid w:val="001004B7"/>
     <w:rsid w:val="00124E6C"/>
     <w:rsid w:val="00124F8C"/>
     <w:rsid w:val="0014134C"/>
     <w:rsid w:val="00143942"/>
     <w:rsid w:val="00143952"/>
     <w:rsid w:val="00144973"/>
     <w:rsid w:val="00155CFF"/>
     <w:rsid w:val="00182C73"/>
     <w:rsid w:val="00193FFD"/>
     <w:rsid w:val="0019517D"/>
     <w:rsid w:val="001A3C03"/>
     <w:rsid w:val="001A46D6"/>
     <w:rsid w:val="001C459A"/>
     <w:rsid w:val="001D5953"/>
     <w:rsid w:val="001E0208"/>
@@ -16183,51 +15958,51 @@
     <w:rsid w:val="00F76126"/>
     <w:rsid w:val="00F85BAF"/>
     <w:rsid w:val="00F866C9"/>
     <w:rsid w:val="00FB7B87"/>
     <w:rsid w:val="00FC3BA7"/>
     <w:rsid w:val="00FD3754"/>
     <w:rsid w:val="00FE5E44"/>
     <w:rsid w:val="00FF49BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="45024A91"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{609F9314-7D7B-4527-B869-5762CF214514}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -16313,94 +16088,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>