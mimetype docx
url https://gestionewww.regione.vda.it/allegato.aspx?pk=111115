--- v1 (2025-12-06)
+++ v2 (2026-02-06)
@@ -317,52 +317,62 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="313D68E0" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="003133FD">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>nato/a a</w:t>
-            </w:r>
+              <w:t xml:space="preserve">nato/a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007301ED">
+              <w:rPr>
+                <w:w w:val="90"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BED38FC" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="003133FD">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A53E77" w:rsidRPr="007301ED" w14:paraId="055CC6C2" w14:textId="77777777" w:rsidTr="009D2942">
@@ -1070,51 +1080,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7966" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7167EC51" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00007357" w:rsidP="003133FD">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>C.F._________________________________________  P.IVA. _________________________________________</w:t>
+              <w:t>C.F.________________________________________</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="90"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>_  P.IVA</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="90"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>. _________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="641E8875" w14:textId="77777777" w:rsidTr="009D2942">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05C2FB72" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="003133FD">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -2236,85 +2264,113 @@
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79F6AB2A" w14:textId="77777777" w:rsidR="003A3EB5" w:rsidRPr="003A3EB5" w:rsidRDefault="003A3EB5" w:rsidP="003A3EB5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:ind w:left="323" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A3EB5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>compagnia professionale con produzione con almeno tre anni di attività nella Regione, con sede legale in Valle d'Aosta (art. 3, comma 1, lettera a), l.r. 19 dicembre 1997, n. 45);</w:t>
+              <w:t xml:space="preserve">compagnia professionale con produzione con almeno tre anni di attività nella Regione, con sede legale in Valle d'Aosta (art. 3, comma 1, lettera a), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A3EB5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>l.r</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A3EB5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. 19 dicembre 1997, n. 45);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07115AA7" w14:textId="77777777" w:rsidR="003A3EB5" w:rsidRPr="003A3EB5" w:rsidRDefault="003A3EB5" w:rsidP="003A3EB5">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:ind w:left="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3FCF7DD4" w14:textId="77777777" w:rsidR="003A3EB5" w:rsidRPr="003A3EB5" w:rsidRDefault="003A3EB5" w:rsidP="003A3EB5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:ind w:left="323" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A3EB5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>compagnia professionale con produzione con almeno tre anni di attività nella Regione, con sede legale in un paese francofono dell'Unione europea (art. 3, comma 1, lettera b), l.r. 19 dicembre 1997, n. 45);</w:t>
+              <w:t xml:space="preserve">compagnia professionale con produzione con almeno tre anni di attività nella Regione, con sede legale in un paese francofono dell'Unione europea (art. 3, comma 1, lettera b), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A3EB5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>l.r</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A3EB5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. 19 dicembre 1997, n. 45);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="161AFA98" w14:textId="77777777" w:rsidR="003A3EB5" w:rsidRPr="003A3EB5" w:rsidRDefault="003A3EB5" w:rsidP="003A3EB5">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="240C6520" w14:textId="77777777" w:rsidR="003A3EB5" w:rsidRPr="003A3EB5" w:rsidRDefault="003A3EB5" w:rsidP="003A3EB5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:ind w:left="323" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
@@ -2334,51 +2390,65 @@
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001004B7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001004B7" w:rsidRPr="001004B7">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ivi aventi sede legale</w:t>
             </w:r>
             <w:r w:rsidR="001004B7" w:rsidRPr="003A3EB5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003A3EB5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(art. 3, comma 1, lettera c), l.r. 19 dicembre 1997, n. 45);</w:t>
+              <w:t xml:space="preserve">(art. 3, comma 1, lettera c), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A3EB5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>l.r</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A3EB5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. 19 dicembre 1997, n. 45);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A90302E" w14:textId="77777777" w:rsidR="003A3EB5" w:rsidRPr="003A3EB5" w:rsidRDefault="003A3EB5" w:rsidP="003A3EB5">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="589506FD" w14:textId="77777777" w:rsidR="003A3EB5" w:rsidRPr="003A3EB5" w:rsidRDefault="003A3EB5" w:rsidP="003A3EB5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:ind w:left="323" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
@@ -2386,51 +2456,65 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A3EB5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>associazione con finalità culturali che organizza, nell'ambito della Regione, corsi di formazione e avviamento al teatro</w:t>
             </w:r>
             <w:r w:rsidR="001004B7" w:rsidRPr="001004B7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="001004B7" w:rsidRPr="001004B7">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ivi aventi sede legale</w:t>
             </w:r>
             <w:r w:rsidRPr="003A3EB5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (art. 3, comma 1, lettera d), l.r. 19 dicembre 1997, n. 45);</w:t>
+              <w:t xml:space="preserve"> (art. 3, comma 1, lettera d), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A3EB5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>l.r</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A3EB5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. 19 dicembre 1997, n. 45);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6839ED2D" w14:textId="77777777" w:rsidR="003A3EB5" w:rsidRPr="003A3EB5" w:rsidRDefault="003A3EB5" w:rsidP="003A3EB5">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="114CCC50" w14:textId="77777777" w:rsidR="003A3EB5" w:rsidRPr="003A3EB5" w:rsidRDefault="003A3EB5" w:rsidP="003A3EB5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:ind w:left="323" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
@@ -2438,51 +2522,65 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A3EB5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>compagnia professionale con produzione nata dalla fusione di due o più compagnie professionali con almeno tre anni di attività nella Regione</w:t>
             </w:r>
             <w:r w:rsidR="001004B7" w:rsidRPr="001004B7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="001004B7" w:rsidRPr="001004B7">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ivi aventi sede legale</w:t>
             </w:r>
             <w:r w:rsidRPr="003A3EB5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (art. 3, comma 2, l.r. 19 dicembre 1997, n. 45);</w:t>
+              <w:t xml:space="preserve"> (art. 3, comma 2, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A3EB5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>l.r</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A3EB5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. 19 dicembre 1997, n. 45);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A46E14B" w14:textId="77777777" w:rsidR="003A3EB5" w:rsidRDefault="003A3EB5" w:rsidP="003A3EB5">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1C3DD7FC" w14:textId="77777777" w:rsidR="00155CFF" w:rsidRDefault="00155CFF" w:rsidP="00155CFF">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B939AF1" w14:textId="77777777" w:rsidR="00155CFF" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00155CFF">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
@@ -3084,59 +3182,123 @@
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>aio 202</w:t>
       </w:r>
       <w:r w:rsidR="00EC3DCC" w:rsidRPr="00C23176">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00C032AA" w:rsidRPr="00C23176">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> recante “</w:t>
       </w:r>
       <w:r w:rsidR="00C23176" w:rsidRPr="00C23176">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Approvazione delle disposizioni applicative per la concessione dei contributi a favore dell’attività teatrale locale, ai sensi della l.r. 45/1997, come da ultimo modificata con l.r. 1/2025, e dell’avvio di una procedura comparativa per il conferimento di due distinti incarichi di collaborazione tecnica di alta </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Approvazione delle disposizioni applicative per la concessione dei contributi a favore dell’attività teatrale locale, ai sensi della </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C23176" w:rsidRPr="00C23176">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
+        <w:t>l.r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C23176" w:rsidRPr="00C23176">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 45/1997, come da ultimo modificata con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C23176" w:rsidRPr="00C23176">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>l.r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C23176" w:rsidRPr="00C23176">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 1/2025, e dell’avvio di una procedura comparativa per il conferimento di due distinti incarichi di collaborazione tecnica di alta </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23176" w:rsidRPr="00C23176">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>qualificazione e dei relativi avvisi, ai sensi della l.r. 18/1998, a esperti in materia teatrale da inserire nella commissione di cui all’articolo 10, della l.r. 45/1997.</w:t>
+        <w:t xml:space="preserve">qualificazione e dei relativi avvisi, ai sensi della </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C23176" w:rsidRPr="00C23176">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>l.r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C23176" w:rsidRPr="00C23176">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 18/1998, a esperti in materia teatrale da inserire nella commissione di cui all’articolo 10, della </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C23176" w:rsidRPr="00C23176">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>l.r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C23176" w:rsidRPr="00C23176">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>. 45/1997.</w:t>
       </w:r>
       <w:r w:rsidR="004F48D1" w:rsidRPr="00C23176">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00A5280C" w:rsidRPr="00C23176">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D1A1993" w14:textId="77777777" w:rsidR="00037ED4" w:rsidRDefault="00037ED4" w:rsidP="00037ED4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="96"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D5406F3" w14:textId="77777777" w:rsidR="001E6546" w:rsidRPr="004F48D1" w:rsidRDefault="001E6546" w:rsidP="00037ED4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
@@ -3199,51 +3361,65 @@
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C032AA" w:rsidRPr="002D4972">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>DELL’INTERVENTO REGIONALE A SOSTEGNO DELL’ATTIVITÀ TEATRALE LOCALE, DI CUI ALLA LEGGE REGIONALE 19 DICEMBRE 1997, N. 45.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="272AA6FD" w14:textId="77777777" w:rsidR="001E6546" w:rsidRPr="00DA0B86" w:rsidRDefault="001E6546" w:rsidP="001E6546">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A tal fine, ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della l.r. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti:</w:t>
+        <w:t xml:space="preserve">A tal fine, ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l.r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A550BAE" w14:textId="77777777" w:rsidR="001E6546" w:rsidRDefault="001E6546" w:rsidP="007301ED">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="96"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BADEEE6" w14:textId="77777777" w:rsidR="002C7CED" w:rsidRPr="002C7CED" w:rsidRDefault="002C7CED" w:rsidP="006A7BAC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AB2BB7A" w14:textId="77777777" w:rsidR="00F76126" w:rsidRPr="008E150E" w:rsidRDefault="00682C64" w:rsidP="008E150E">
@@ -3583,51 +3759,59 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>trasmettere gli atti contenenti false dichiarazioni all’autorità giudiziaria in applicazione dell’art. 76 del DPR 445/2000, con espressa indicazione delle risultanze del controllo e del soggetto presunto autore dell’illecito penale;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62CFA7B0" w14:textId="77777777" w:rsidR="00C032AA" w:rsidRDefault="00C032AA" w:rsidP="00C032AA">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del d.l. 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
+        <w:t xml:space="preserve">di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>d.l.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5360F27D" w14:textId="77777777" w:rsidR="00C032AA" w:rsidRDefault="00C032AA" w:rsidP="00C032AA">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>di prendere atto che, in caso di concessione del contributo, la</w:t>
       </w:r>
       <w:r w:rsidR="00A95C11">
         <w:t xml:space="preserve"> denominazione dell’ente </w:t>
       </w:r>
       <w:r w:rsidR="00E069EF">
         <w:t>beneficiario</w:t>
@@ -4049,51 +4233,65 @@
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D4972">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">l’organismo </w:t>
             </w:r>
             <w:r w:rsidRPr="002D4972">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>non è assoggettato</w:t>
             </w:r>
             <w:r w:rsidRPr="002D4972">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> alle disposizioni di cui al comma 2 dell’art. 6 del decreto legge 31 maggio 2010, n. 78, convertito in legge 30 luglio 2010, n. 122 in materia di gratuità di tutti gli organi di amministrazione ovvero di partecipazione ai medesimi remunerata con un gettone di presenza non superiore a 30 euro a seduta giornaliera, in quanto ha una delle seguenti forme giuridiche: Ente previsto nominativamente dal d.lgs. n. 300/1999 o dal d.lgs. n. 165/2001, Università, Ente o fondazione di ricerca o organismo equiparato, ONLUS, Associazione di promozione sociale, Società, Ente previdenziale ed assistenziale nazionale, Camera di commercio, Ente pubblico economico individuato con decreto del Ministero dell’Economia e Finanze, Ente indicato nella tabella C della legge finanziaria, Ente del Servizio Sanitario Nazionale.</w:t>
+              <w:t xml:space="preserve"> alle disposizioni di cui al comma 2 dell’art. 6 del decreto legge 31 maggio 2010, n. 78, convertito in legge 30 luglio 2010, n. 122 in materia di gratuità di tutti gli organi di amministrazione ovvero di partecipazione ai medesimi remunerata con un gettone di presenza non superiore a 30 euro a seduta giornaliera, in quanto ha una delle seguenti forme giuridiche: Ente previsto nominativamente dal d.lgs. n. 300/1999 o dal d.lgs. n. 165/2001, Università, Ente o fondazione di ricerca o organismo equiparato, ONLUS, Associazione di promozione sociale, Società, Ente previdenziale </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D4972">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D4972">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> assistenziale nazionale, Camera di commercio, Ente pubblico economico individuato con decreto del Ministero dell’Economia e Finanze, Ente indicato nella tabella C della legge finanziaria, Ente del Servizio Sanitario Nazionale.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA4E79" w14:paraId="04123117" w14:textId="77777777" w:rsidTr="002D4972">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55AB3020" w14:textId="77777777" w:rsidR="00EA4E79" w:rsidRPr="002D4972" w:rsidRDefault="00666BA5" w:rsidP="002D4972">
             <w:pPr>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D4972">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
@@ -4990,51 +5188,67 @@
             </w:pPr>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NON È SOGGETTO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> all’assolvimento dell’imposta di bollo </w:t>
             </w:r>
             <w:r w:rsidRPr="009000B9">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>indicare il motivo  dell’esenzione con la precisazione della relativa norma di legge)</w:t>
+              <w:t xml:space="preserve">indicare il </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>motivo  dell’esenzione</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> con la precisazione della relativa norma di legge)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>_______________________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="509820BF" w14:textId="77777777" w:rsidR="00E31D76" w:rsidRDefault="00E31D76" w:rsidP="00B72487">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="772D0FEE" w14:textId="77777777" w:rsidR="00E31D76" w:rsidRDefault="00E31D76" w:rsidP="00B72487">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -5196,111 +5410,163 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6304C347" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="002D4972" w:rsidRDefault="001D5953" w:rsidP="001D5953">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4972">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>(SOLO LE COMPAGNIE DI CUI ALL’ART. 3, COMMA 1, LETTERA A) – B) E COMMA 2,  L.R. 45/1997)</w:t>
+        <w:t xml:space="preserve">(SOLO LE COMPAGNIE DI CUI ALL’ART. 3, COMMA 1, LETTERA A) – B) E COMMA </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D4972">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2,  L.R.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D4972">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45/1997)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48C464E4" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="720" w:right="818"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00037ED4">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(N.B.: </w:t>
       </w:r>
       <w:r w:rsidRPr="00037ED4">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Le compagnie professionali con produzione nate dalla fusione di due o più compagnie professionali con almeno 3 anni di attività nella regione, appena costituite o senza ancora un’attività triennale possono comprovare il possesso dei requisiti di cui all’art. 4, punti a) e b), l.r. 45/1997 attraverso il cumulo delle attività svolte precedentemente dalle singole compagnie oggetto della fusione).</w:t>
+        <w:t xml:space="preserve">Le compagnie professionali con produzione nate dalla fusione di due o più compagnie professionali con almeno 3 anni di attività nella regione, appena costituite o senza ancora un’attività triennale possono comprovare il possesso dei requisiti di cui all’art. 4, punti a) e b), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00037ED4">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>l.r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00037ED4">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. 45/1997 attraverso il cumulo delle attività svolte precedentemente dalle singole compagnie oggetto della fusione).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="315F6076" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="000A451E" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Che il soggetto proponente è</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in possesso dei requisiti di cui all’art. 4, l.r. 45/1997 ed in particolare:        </w:t>
+        <w:t xml:space="preserve"> in possesso dei requisiti di cui all’art. 4, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l.r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 45/1997 ed in particolare:        </w:t>
       </w:r>
       <w:r w:rsidRPr="000A451E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                              </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33045C58" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="001D5953">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="360"/>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="480" w:lineRule="atLeast"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
@@ -5577,51 +5843,67 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60CEDA05" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
+        <w:t>Data _______________ località ____________________________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prov.)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8ED159" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="540233E0" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="00037ED4" w:rsidRDefault="001D5953" w:rsidP="00037ED4">
       <w:pPr>
@@ -5657,51 +5939,67 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0038050A" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
+        <w:t>Data _______________ località ____________________________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prov.)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0025EED5" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A481C93" w14:textId="77777777" w:rsidR="00037ED4" w:rsidRDefault="001D5953" w:rsidP="00037ED4">
       <w:pPr>
@@ -5737,51 +6035,67 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16B3A506" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
+        <w:t>Data _______________ località ____________________________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prov.)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04CE9C1E" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0547E293" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -5817,51 +6131,67 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73763020" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
+        <w:t>Data _______________ località ____________________________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prov.)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18211ED5" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="372" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49A897BC" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -5897,51 +6227,67 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08EFC846" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
+        <w:t>Data _______________ località ____________________________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prov.)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71E2DEF9" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2790E37B" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -5977,51 +6323,67 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B70F86C" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
+        <w:t>Data _______________ località ____________________________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prov.)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F74B09" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25065F3B" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6058,51 +6420,67 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BB69469" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
+        <w:t>Data _______________ località ____________________________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prov.)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3668630D" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DACC608" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6138,51 +6516,67 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E5F0F54" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
+        <w:t>Data _______________ località ____________________________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prov.)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FDBE41A" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31CAAA70" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6218,51 +6612,67 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6813E667" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ____________________________ (Prov.)_______</w:t>
+        <w:t>Data _______________ località ____________________________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prov.)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E7AF2AE" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DBCE151" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6298,51 +6708,67 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="613FAA1A" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data _______________ località ___________________________ (Prov.)_______</w:t>
+        <w:t>Data _______________ località ___________________________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prov.)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5953">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="626D82A2" w14:textId="77777777" w:rsidR="001D5953" w:rsidRPr="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="372" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spettacolo __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E395CDE" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="000A451E">
       <w:pPr>
@@ -6606,58 +7032,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00024F9F">
+            <w:r w:rsidR="005872D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00024F9F">
+            <w:r w:rsidR="005872D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> Conto corrente bancario</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6690,58 +7116,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00024F9F">
+            <w:r w:rsidR="005872D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00024F9F">
+            <w:r w:rsidR="005872D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
@@ -8597,70 +9023,79 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (esclusivamente per i soggetti che non hanno beneficiato del sostegno regionale nell’annualità 202</w:t>
       </w:r>
       <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00E31D76">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> e 202</w:t>
       </w:r>
       <w:r w:rsidR="00024F9F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E31D76">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00020559">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF5AF5">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (modulo D</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CF5AF5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>modulo D</w:t>
       </w:r>
       <w:r w:rsidR="00D64F8E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="004F48D1">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347B2775" w14:textId="77777777" w:rsidR="00020559" w:rsidRPr="00EC5086" w:rsidRDefault="00020559" w:rsidP="00020559">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
@@ -9007,51 +9442,59 @@
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5872ACF5" w14:textId="5CF28265" w:rsidR="00A50586" w:rsidRPr="00020559" w:rsidRDefault="00A50586" w:rsidP="00020559">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Attestazione del pagamento dell’imposta di bollo pari a euro 16,00 effettuata mediante pagamento spontaneo tramite la piattaforma regionale di pagamento integrata PagoPa.</w:t>
+        <w:t xml:space="preserve">Attestazione del pagamento dell’imposta di bollo pari a euro 16,00 effettuata mediante pagamento spontaneo tramite la piattaforma regionale di pagamento integrata </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>PagoPa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="293A21DF" w14:textId="77777777" w:rsidR="000A451E" w:rsidRDefault="000A451E" w:rsidP="00EC5086">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9851" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3283"/>
         <w:gridCol w:w="3284"/>
         <w:gridCol w:w="3284"/>
@@ -9374,51 +9817,115 @@
       <w:r w:rsidRPr="007116AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TITOLARE DEL TRATTAMENTO DEI DATI E DATI DI CONTATTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15026886" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="007116AB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007116AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/Vallée d’Aoste, in persona del legale rappresentante pro tempore, con sede in Piazza Deffeyes, 1 – Aosta, contattabile all’indirizzo pec: </w:t>
+        <w:t>Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vallée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aoste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in persona del legale rappresentante pro tempore, con sede in Piazza </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Deffeyes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1 – Aosta, contattabile all’indirizzo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="007116AB">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>segretario_generale@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007116AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1870A01E" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="007116AB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
@@ -9512,86 +10019,150 @@
       <w:r w:rsidRPr="007116AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DATI DI CONTATTO DEL RESPONSABILE DELLA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B4751D" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="007116AB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007116AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/Vallée d’Aoste, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
+        <w:t>Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vallée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aoste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="007116AB">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>privacy@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007116AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (per i titolari di una casella di posta elettronica certificata) o PEI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="007116AB">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>privacy@regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007116AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>. con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/Vallée d’Aoste”.</w:t>
+        <w:t>. con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vallée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aoste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30FD7D0D" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="007116AB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007116AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>FINALITÀ DEL TRATTAMENTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B33950" w14:textId="700DDCC3" w:rsidR="000A451E" w:rsidRPr="007116AB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:tabs>
@@ -9900,51 +10471,83 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DIRITTI DELL’INTERESSATO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40BA56F5" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="007116AB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007116AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/Vallée d’Aoste, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
+        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vallée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aoste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007116AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47A6C2EE" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="007116AB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007116AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RECLAMO AL GARANTE PER LA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6390FAB4" w14:textId="3824DE04" w:rsidR="000A451E" w:rsidRPr="007116AB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
@@ -10709,60 +11312,62 @@
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="29905CFF" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="00481693">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="3828"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:t>Regione autonoma Valle d’Aosta</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="224C66C0" w14:textId="566B65B4" w:rsidR="008C33D5" w:rsidRPr="004B063F" w:rsidRDefault="00E31D76" w:rsidP="001E6546">
+  <w:p w14:paraId="7126EF5A" w14:textId="77777777" w:rsidR="005872D8" w:rsidRDefault="00E31D76" w:rsidP="001E6546">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387"/>
       <w:rPr>
+        <w:color w:val="333333"/>
         <w:szCs w:val="24"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004B063F">
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38928681" wp14:editId="683EC685">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>2416810</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>215265</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="1" name="Immagine 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -10795,120 +11400,168 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="004B063F" w:rsidRPr="004B063F">
       <w:rPr>
         <w:color w:val="333333"/>
         <w:szCs w:val="24"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
-      <w:t>Assessorato Beni e attività culturali, Sistema educativo e Politiche per le relazioni intergenerazionali </w:t>
+      <w:t xml:space="preserve">Assessorato </w:t>
+    </w:r>
+    <w:r w:rsidR="005872D8">
+      <w:rPr>
+        <w:color w:val="333333"/>
+        <w:szCs w:val="24"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Istruzione, Cultura e </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="224C66C0" w14:textId="40BB6BE4" w:rsidR="008C33D5" w:rsidRPr="004B063F" w:rsidRDefault="005872D8" w:rsidP="001E6546">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5040"/>
+        <w:tab w:val="left" w:pos="5387"/>
+      </w:tabs>
+      <w:ind w:left="5387"/>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="333333"/>
+        <w:szCs w:val="24"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>Politiche identitarie</w:t>
+    </w:r>
+    <w:r w:rsidR="004B063F" w:rsidRPr="004B063F">
+      <w:rPr>
+        <w:color w:val="333333"/>
+        <w:szCs w:val="24"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="680E8B7F" w14:textId="364BF504" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="001E6546">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007301ED">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">Struttura </w:t>
     </w:r>
     <w:r w:rsidR="004B063F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="00144973">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>ttività culturali</w:t>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="110A6660" w14:textId="011F9233" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="009E697A" w:rsidP="001E6546">
+  <w:p w14:paraId="110A6660" w14:textId="49F0143B" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="009E697A" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387" w:right="-143"/>
     </w:pPr>
     <w:r>
-      <w:t>Piazza Roncas, 3</w:t>
+      <w:t xml:space="preserve">Piazza </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:t>Roncas</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:r w:rsidR="005872D8">
+      <w:t>1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="57061F2E" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="001E6546">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387"/>
     </w:pPr>
     <w:r w:rsidRPr="007301ED">
       <w:t xml:space="preserve">11100 AOSTA </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="20E70B4B" w14:textId="77777777" w:rsidR="001E6546" w:rsidRDefault="00024F9F" w:rsidP="001E6546">
+  <w:p w14:paraId="20E70B4B" w14:textId="77777777" w:rsidR="001E6546" w:rsidRDefault="005872D8" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387" w:right="-285"/>
     </w:pPr>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="00144973" w:rsidRPr="00F33E77">
         <w:rPr>
           <w:rStyle w:val="Collegamentoipertestuale"/>
         </w:rPr>
         <w:t>cultura@pec.regione.vda.it</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="008C33D5" w:rsidRPr="007301ED">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5AA8FF15" w14:textId="231FC013" w:rsidR="001E6546" w:rsidRPr="008C33D5" w:rsidRDefault="001E6546" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:ind w:left="5387" w:right="-285"/>
@@ -15715,58 +16368,59 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="156"/>
+  <w:zoom w:percent="96"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E31D76"/>
     <w:rsid w:val="000008B9"/>
     <w:rsid w:val="00007357"/>
     <w:rsid w:val="00012C68"/>
     <w:rsid w:val="00020559"/>
     <w:rsid w:val="00024F9F"/>
     <w:rsid w:val="00027D8B"/>
@@ -15818,50 +16472,51 @@
     <w:rsid w:val="003133FD"/>
     <w:rsid w:val="00326398"/>
     <w:rsid w:val="003852BC"/>
     <w:rsid w:val="00392C1A"/>
     <w:rsid w:val="003937C7"/>
     <w:rsid w:val="003967E3"/>
     <w:rsid w:val="003A3EB5"/>
     <w:rsid w:val="003B5AB2"/>
     <w:rsid w:val="003B5AC0"/>
     <w:rsid w:val="003E34A2"/>
     <w:rsid w:val="003F0F50"/>
     <w:rsid w:val="004360CA"/>
     <w:rsid w:val="00440EDF"/>
     <w:rsid w:val="00452152"/>
     <w:rsid w:val="004667FC"/>
     <w:rsid w:val="00481693"/>
     <w:rsid w:val="004A7DA9"/>
     <w:rsid w:val="004B063F"/>
     <w:rsid w:val="004C18C0"/>
     <w:rsid w:val="004F48D1"/>
     <w:rsid w:val="005051C4"/>
     <w:rsid w:val="00514DA9"/>
     <w:rsid w:val="00527044"/>
     <w:rsid w:val="005424FF"/>
     <w:rsid w:val="00574D03"/>
+    <w:rsid w:val="005872D8"/>
     <w:rsid w:val="005A681B"/>
     <w:rsid w:val="005F1259"/>
     <w:rsid w:val="005F764A"/>
     <w:rsid w:val="006353EF"/>
     <w:rsid w:val="00647C04"/>
     <w:rsid w:val="006633E4"/>
     <w:rsid w:val="00666BA5"/>
     <w:rsid w:val="00682C64"/>
     <w:rsid w:val="006A35BA"/>
     <w:rsid w:val="006A7BAC"/>
     <w:rsid w:val="006B31A0"/>
     <w:rsid w:val="006C117C"/>
     <w:rsid w:val="006C505A"/>
     <w:rsid w:val="006D25A6"/>
     <w:rsid w:val="006D411F"/>
     <w:rsid w:val="007067E1"/>
     <w:rsid w:val="007116AB"/>
     <w:rsid w:val="00722438"/>
     <w:rsid w:val="00730179"/>
     <w:rsid w:val="007301ED"/>
     <w:rsid w:val="00734B1D"/>
     <w:rsid w:val="00742BE5"/>
     <w:rsid w:val="00763235"/>
     <w:rsid w:val="00766BD2"/>
     <w:rsid w:val="00772C60"/>
@@ -15958,51 +16613,51 @@
     <w:rsid w:val="00F76126"/>
     <w:rsid w:val="00F85BAF"/>
     <w:rsid w:val="00F866C9"/>
     <w:rsid w:val="00FB7B87"/>
     <w:rsid w:val="00FC3BA7"/>
     <w:rsid w:val="00FD3754"/>
     <w:rsid w:val="00FE5E44"/>
     <w:rsid w:val="00FF49BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="45024A91"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{609F9314-7D7B-4527-B869-5762CF214514}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>