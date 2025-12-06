--- v0 (2025-10-07)
+++ v1 (2025-12-06)
@@ -190,78 +190,78 @@
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00104165">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>ATTIVITÀ</w:t>
             </w:r>
             <w:r w:rsidR="008B156C" w:rsidRPr="00104165">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANNUALE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="624B323B" w14:textId="645CD794" w:rsidR="00190F1C" w:rsidRPr="00104165" w:rsidRDefault="00190F1C" w:rsidP="008B156C">
+          <w:p w14:paraId="624B323B" w14:textId="42869911" w:rsidR="00190F1C" w:rsidRPr="00104165" w:rsidRDefault="00190F1C" w:rsidP="008B156C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00104165">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>ANNO 202</w:t>
             </w:r>
-            <w:r w:rsidR="00AE7826">
+            <w:r w:rsidR="001A3C96">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79D2E3BC" w14:textId="77777777" w:rsidR="00104165" w:rsidRPr="00BF6D22" w:rsidRDefault="00104165" w:rsidP="008B156C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C94228E" w14:textId="77777777" w:rsidR="00435571" w:rsidRPr="00BF6D22" w:rsidRDefault="00435571">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69FE7AC0" w14:textId="77777777" w:rsidR="008B156C" w:rsidRPr="00BF6D22" w:rsidRDefault="008B156C">
@@ -546,71 +546,71 @@
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C2ABB6C" w14:textId="77777777" w:rsidR="00E32E3F" w:rsidRPr="00BF6D22" w:rsidRDefault="00E32E3F" w:rsidP="008B156C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E650DF4" w14:textId="594F05AE" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00E32E3F">
+    <w:p w14:paraId="1E650DF4" w14:textId="2936B691" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00E32E3F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00AE7826">
+      <w:r w:rsidR="00C0292A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25D51CD0" w14:textId="77777777" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00E32E3F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BBF22DD" w14:textId="77777777" w:rsidR="008B156C" w:rsidRPr="00BF6D22" w:rsidRDefault="008B156C" w:rsidP="008B156C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
@@ -651,109 +651,109 @@
       <w:r w:rsidR="001E543C">
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> nuova</w:t>
       </w:r>
       <w:r w:rsidRPr="006F1872">
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> produzione</w:t>
       </w:r>
       <w:r w:rsidR="00E32E3F">
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> in allestimento</w:t>
       </w:r>
       <w:r w:rsidRPr="006F1872">
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E822F4" w14:textId="701EE593" w:rsidR="00372B80" w:rsidRDefault="00240033" w:rsidP="00372B80">
+    <w:p w14:paraId="73E822F4" w14:textId="7B47104B" w:rsidR="00372B80" w:rsidRDefault="00240033" w:rsidP="00372B80">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">NUOVA </w:t>
       </w:r>
       <w:r w:rsidR="008B156C" w:rsidRPr="006F1872">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PRODUZIONE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> IN ALLESTIMENTO</w:t>
       </w:r>
       <w:r w:rsidR="001E543C">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00AE7826">
+      <w:r w:rsidR="001A3C96">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B91E35A" w14:textId="77777777" w:rsidR="00240033" w:rsidRPr="00240033" w:rsidRDefault="00240033" w:rsidP="00372B80">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1768,75 +1768,75 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6292BCB8" w14:textId="77777777" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00472705">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78D9CC7B" w14:textId="70B243AB" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00E32E3F">
+    <w:p w14:paraId="78D9CC7B" w14:textId="203263B3" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00E32E3F">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00AE7826">
+      <w:r w:rsidR="00C0292A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56868E08" w14:textId="77777777" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00E32E3F">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0303B2C9" w14:textId="77777777" w:rsidR="001E543C" w:rsidRPr="00BF6D22" w:rsidRDefault="001E543C" w:rsidP="001E543C">
@@ -1882,101 +1882,101 @@
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F1872">
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">(da riproporre per ogni </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>riallestimento</w:t>
       </w:r>
       <w:r w:rsidRPr="006F1872">
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3933DC72" w14:textId="44DF6479" w:rsidR="001E543C" w:rsidRPr="006F1872" w:rsidRDefault="00240033" w:rsidP="001E543C">
+    <w:p w14:paraId="3933DC72" w14:textId="3C93122A" w:rsidR="001E543C" w:rsidRPr="006F1872" w:rsidRDefault="00240033" w:rsidP="001E543C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00240033">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">SPETTACOLI PROPOSTI IN CIRCUITAZIONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">NEL </w:t>
       </w:r>
       <w:r w:rsidR="001E543C" w:rsidRPr="006F1872">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00AE7826">
+      <w:r w:rsidR="001A3C96">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4946" w:type="pct"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="81" w:type="dxa"/>
           <w:left w:w="100" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7"/>
         <w:gridCol w:w="4808"/>
         <w:gridCol w:w="4709"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E543C" w:rsidRPr="006F1872" w14:paraId="3A0D86E5" w14:textId="77777777" w:rsidTr="001E543C">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="4" w:type="pct"/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
@@ -3874,75 +3874,75 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="190E3F9F" w14:textId="77777777" w:rsidR="00C91DB0" w:rsidRDefault="00C91DB0">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14AD1C9F" w14:textId="4AF3BB47" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00E32E3F">
+    <w:p w14:paraId="14AD1C9F" w14:textId="31A425E5" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00E32E3F">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00AE7826">
+      <w:r w:rsidR="00C0292A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="502FB1D0" w14:textId="77777777" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="001E543C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50C55F4A" w14:textId="77777777" w:rsidR="001E543C" w:rsidRPr="00BF6D22" w:rsidRDefault="001E543C" w:rsidP="001E543C">
       <w:pPr>
@@ -3977,81 +3977,81 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3EE574D9" w14:textId="77777777" w:rsidR="001E543C" w:rsidRPr="002476E8" w:rsidRDefault="001E543C" w:rsidP="001E543C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:outline/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:solidFill>
               <w14:srgbClr w14:val="000000"/>
             </w14:solidFill>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
           <w14:textFill>
             <w14:noFill/>
           </w14:textFill>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03C06FF1" w14:textId="3C7FC534" w:rsidR="001E543C" w:rsidRDefault="001E543C" w:rsidP="001E543C">
+    <w:p w14:paraId="03C06FF1" w14:textId="595A6E5B" w:rsidR="001E543C" w:rsidRDefault="001E543C" w:rsidP="001E543C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E543C">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>CORSO DI FORMAZIONE E AVVIAMENTO AL TEATRO 202</w:t>
       </w:r>
-      <w:r w:rsidR="00EF0838">
+      <w:r w:rsidR="001A3C96">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0893327E" w14:textId="77777777" w:rsidR="001E543C" w:rsidRPr="001E543C" w:rsidRDefault="001E543C" w:rsidP="001E543C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4946" w:type="pct"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="81" w:type="dxa"/>
           <w:left w:w="100" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
@@ -5073,74 +5073,74 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6CADF0CF" w14:textId="77777777" w:rsidR="001E543C" w:rsidRPr="00BF6D22" w:rsidRDefault="001E543C" w:rsidP="00240033">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF6D22">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F26DE5B" w14:textId="506A2820" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00566832">
+    <w:p w14:paraId="4F26DE5B" w14:textId="3C4F5869" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00566832">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00EF0838">
+      <w:r w:rsidR="00C0292A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="212D3974" w14:textId="77777777" w:rsidR="00E32E3F" w:rsidRDefault="00E32E3F" w:rsidP="00E32E3F">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F01DC4C" w14:textId="77777777" w:rsidR="008B156C" w:rsidRPr="00BF6D22" w:rsidRDefault="001E543C" w:rsidP="00AC7624">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
@@ -5154,99 +5154,99 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SCHEDA D</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="656D428C" w14:textId="77777777" w:rsidR="008B156C" w:rsidRPr="00BF6D22" w:rsidRDefault="008B156C" w:rsidP="008B156C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B9EE720" w14:textId="6934C7EB" w:rsidR="008B156C" w:rsidRPr="001E543C" w:rsidRDefault="001E543C" w:rsidP="008B156C">
+    <w:p w14:paraId="2B9EE720" w14:textId="64017E76" w:rsidR="008B156C" w:rsidRPr="001E543C" w:rsidRDefault="001E543C" w:rsidP="008B156C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ALTRE ATTIVITÀ</w:t>
       </w:r>
       <w:r w:rsidR="008B156C" w:rsidRPr="001E543C">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ANNO</w:t>
       </w:r>
       <w:r w:rsidR="00AC7624" w:rsidRPr="001E543C">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00EF0838">
+      <w:r w:rsidR="001A3C96">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A15908B" w14:textId="77777777" w:rsidR="008B156C" w:rsidRPr="00BF6D22" w:rsidRDefault="008B156C" w:rsidP="008B156C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="280" w:hanging="280"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -5965,88 +5965,88 @@
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>SCHEDA DATI DEGLI ARTISTI</w:t>
             </w:r>
             <w:r w:rsidR="00606044" w:rsidRPr="00C60410">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> e COLLABORATORI</w:t>
             </w:r>
             <w:r w:rsidRPr="00C60410">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> DELLA COMPAGNIA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F60D06F" w14:textId="64351CF2" w:rsidR="00C60410" w:rsidRPr="00D53D3A" w:rsidRDefault="00C60410" w:rsidP="00307DD5">
+          <w:p w14:paraId="3F60D06F" w14:textId="1F92BC91" w:rsidR="00C60410" w:rsidRPr="00D53D3A" w:rsidRDefault="00C60410" w:rsidP="00307DD5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9638"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="2"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60410">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>COINVOLTI NELL’ATTIVITÀ ANNUALE 202</w:t>
             </w:r>
-            <w:r w:rsidR="00307DD5">
+            <w:r w:rsidR="001A3C96">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3FA8113E" w14:textId="77777777" w:rsidR="00D53D3A" w:rsidRPr="00832B6C" w:rsidRDefault="00D53D3A" w:rsidP="00D53D3A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9638"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DAA5869" w14:textId="77777777" w:rsidR="00C60410" w:rsidRDefault="0018056D" w:rsidP="00D53D3A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9638"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
@@ -6066,73 +6066,73 @@
         </w:rPr>
         <w:t>ARTISTA/I</w:t>
       </w:r>
       <w:r w:rsidR="00606044">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> – COLLABORATORE/I</w:t>
       </w:r>
       <w:r w:rsidR="00D53D3A" w:rsidRPr="00D53D3A">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">  e BREVE BIOGRAFIA</w:t>
       </w:r>
       <w:r w:rsidR="00C60410">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B0E70AF" w14:textId="12852B0C" w:rsidR="00D53D3A" w:rsidRPr="00D53D3A" w:rsidRDefault="00C60410" w:rsidP="00D53D3A">
+    <w:p w14:paraId="7B0E70AF" w14:textId="75B67E2A" w:rsidR="00D53D3A" w:rsidRPr="00D53D3A" w:rsidRDefault="00C60410" w:rsidP="00D53D3A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9638"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>COINVOLTI NELL’ATTIVITÀ ANNUALE 202</w:t>
       </w:r>
-      <w:r w:rsidR="00307DD5">
+      <w:r w:rsidR="001A3C96">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D53D3A" w:rsidRPr="00D53D3A">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7405E0C8" w14:textId="77777777" w:rsidR="00606044" w:rsidRPr="0018056D" w:rsidRDefault="00606044" w:rsidP="00D53D3A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9638"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -7512,88 +7512,88 @@
   <w:p w14:paraId="7FC3DA90" w14:textId="77777777" w:rsidR="00240033" w:rsidRPr="00A53E77" w:rsidRDefault="00240033" w:rsidP="00C519BC">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>CONTRIBUTI A FAVORE DELL’ATTIVITÀ TEATRALE LOCALE</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="17A4C7B7" w14:textId="68B0D005" w:rsidR="00240033" w:rsidRPr="00C519BC" w:rsidRDefault="00240033" w:rsidP="00C519BC">
+  <w:p w14:paraId="17A4C7B7" w14:textId="593394D9" w:rsidR="00240033" w:rsidRPr="00C519BC" w:rsidRDefault="00240033" w:rsidP="00C519BC">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4747"/>
         <w:tab w:val="left" w:pos="6087"/>
       </w:tabs>
       <w:ind w:right="144"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
       <w:t>- ANNO 202</w:t>
     </w:r>
-    <w:r w:rsidR="00AE7826">
+    <w:r w:rsidR="001A3C96">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="278E85A2" w14:textId="77777777" w:rsidR="00240033" w:rsidRDefault="00240033" w:rsidP="003F4CEF">
@@ -10869,99 +10869,100 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="156"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1714"/>
     <w:rsid w:val="00032018"/>
     <w:rsid w:val="000432B3"/>
     <w:rsid w:val="0006017A"/>
     <w:rsid w:val="00095D83"/>
     <w:rsid w:val="00096B6C"/>
     <w:rsid w:val="00096CBE"/>
     <w:rsid w:val="000B3A8B"/>
     <w:rsid w:val="000B7DCD"/>
     <w:rsid w:val="000E2852"/>
     <w:rsid w:val="000F511D"/>
     <w:rsid w:val="00104165"/>
     <w:rsid w:val="001067D4"/>
     <w:rsid w:val="00113B6A"/>
     <w:rsid w:val="0012339E"/>
     <w:rsid w:val="001310FC"/>
     <w:rsid w:val="00140D0D"/>
     <w:rsid w:val="00154C15"/>
     <w:rsid w:val="0017639F"/>
     <w:rsid w:val="0018056D"/>
     <w:rsid w:val="00181F4A"/>
     <w:rsid w:val="0018682E"/>
     <w:rsid w:val="00190A50"/>
     <w:rsid w:val="00190F1C"/>
+    <w:rsid w:val="001A3C96"/>
     <w:rsid w:val="001A3F58"/>
     <w:rsid w:val="001B1022"/>
     <w:rsid w:val="001C45DA"/>
     <w:rsid w:val="001C6238"/>
     <w:rsid w:val="001E543C"/>
     <w:rsid w:val="001E6536"/>
     <w:rsid w:val="001F250E"/>
     <w:rsid w:val="00210EDE"/>
     <w:rsid w:val="00222FEA"/>
     <w:rsid w:val="00232D29"/>
     <w:rsid w:val="00240033"/>
     <w:rsid w:val="002476E8"/>
     <w:rsid w:val="002571FE"/>
     <w:rsid w:val="00267F9A"/>
     <w:rsid w:val="00290F75"/>
     <w:rsid w:val="002948B8"/>
     <w:rsid w:val="002952A6"/>
     <w:rsid w:val="002B2D07"/>
     <w:rsid w:val="002C2EF1"/>
     <w:rsid w:val="002C722E"/>
     <w:rsid w:val="002E2359"/>
     <w:rsid w:val="002E2F71"/>
     <w:rsid w:val="002E312A"/>
     <w:rsid w:val="00307DD5"/>
     <w:rsid w:val="00315170"/>
@@ -11075,50 +11076,51 @@
     <w:rsid w:val="00AC1F83"/>
     <w:rsid w:val="00AC7624"/>
     <w:rsid w:val="00AE3D75"/>
     <w:rsid w:val="00AE7826"/>
     <w:rsid w:val="00AF23B6"/>
     <w:rsid w:val="00B14563"/>
     <w:rsid w:val="00B23AC7"/>
     <w:rsid w:val="00B34720"/>
     <w:rsid w:val="00B45A9F"/>
     <w:rsid w:val="00B502D5"/>
     <w:rsid w:val="00B52F8B"/>
     <w:rsid w:val="00B844E8"/>
     <w:rsid w:val="00B90EBB"/>
     <w:rsid w:val="00B90FA8"/>
     <w:rsid w:val="00B94BB7"/>
     <w:rsid w:val="00BA5C3F"/>
     <w:rsid w:val="00BA6FD9"/>
     <w:rsid w:val="00BB071F"/>
     <w:rsid w:val="00BB2B50"/>
     <w:rsid w:val="00BC2955"/>
     <w:rsid w:val="00BC368F"/>
     <w:rsid w:val="00BE0654"/>
     <w:rsid w:val="00BE35BB"/>
     <w:rsid w:val="00BF0BEE"/>
     <w:rsid w:val="00BF6D22"/>
+    <w:rsid w:val="00C0292A"/>
     <w:rsid w:val="00C118AC"/>
     <w:rsid w:val="00C3146D"/>
     <w:rsid w:val="00C519BC"/>
     <w:rsid w:val="00C60410"/>
     <w:rsid w:val="00C91DB0"/>
     <w:rsid w:val="00CA17EA"/>
     <w:rsid w:val="00CB0A54"/>
     <w:rsid w:val="00CB0EC8"/>
     <w:rsid w:val="00CB61D4"/>
     <w:rsid w:val="00CD179C"/>
     <w:rsid w:val="00CE1D5A"/>
     <w:rsid w:val="00CF1128"/>
     <w:rsid w:val="00D13F87"/>
     <w:rsid w:val="00D2401B"/>
     <w:rsid w:val="00D247E3"/>
     <w:rsid w:val="00D428ED"/>
     <w:rsid w:val="00D42CCB"/>
     <w:rsid w:val="00D53D3A"/>
     <w:rsid w:val="00D54970"/>
     <w:rsid w:val="00D7031D"/>
     <w:rsid w:val="00D95389"/>
     <w:rsid w:val="00D97EEE"/>
     <w:rsid w:val="00DB22AC"/>
     <w:rsid w:val="00DD679E"/>
     <w:rsid w:val="00DD7591"/>
@@ -11152,51 +11154,51 @@
     <w:rsid w:val="00F83851"/>
     <w:rsid w:val="00F8640E"/>
     <w:rsid w:val="00F9566F"/>
     <w:rsid w:val="00FA723F"/>
     <w:rsid w:val="00FB3B69"/>
     <w:rsid w:val="00FB68FC"/>
     <w:rsid w:val="00FD635E"/>
     <w:rsid w:val="00FD7A89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="34375089"/>
   <w15:docId w15:val="{776A19D9-27EC-4F91-A5B9-4E4316BA074F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
@@ -11286,94 +11288,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>