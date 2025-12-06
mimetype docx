--- v0 (2025-10-07)
+++ v1 (2025-12-06)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="4FD033C6" w14:textId="77777777" w:rsidR="00435571" w:rsidRDefault="00435571">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="015F1012" w14:textId="77777777" w:rsidR="00AF23B6" w:rsidRDefault="00AF23B6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36F82D8C" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRDefault="00AF5296">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -129,51 +129,51 @@
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>LO B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="158DCEFB" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7C4A3C89" w14:textId="244F0520" w:rsidR="00AF5296" w:rsidRPr="00AF5296" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
+          <w:p w14:paraId="7C4A3C89" w14:textId="1544EBB9" w:rsidR="00AF5296" w:rsidRPr="00AF5296" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00496E92">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
@@ -193,58 +193,58 @@
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">PREVISIONALE </w:t>
             </w:r>
             <w:r w:rsidR="00C4380E">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">DI COMPETENZA </w:t>
             </w:r>
             <w:r w:rsidR="00496E92">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="0045432C">
+            <w:r w:rsidR="00D15D65">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47014D4E" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRPr="000B3A8B" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E303FDA" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRDefault="00AF5296" w:rsidP="00162977">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C0E5932" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRDefault="00AF5296" w:rsidP="00162977">
@@ -500,72 +500,70 @@
     </w:p>
     <w:p w14:paraId="203B65E4" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21C0AF3A" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="780EFDE9" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="312C6E94" w14:textId="20B37C92" w:rsidR="005418EC" w:rsidRDefault="005418EC" w:rsidP="004C184F">
+    <w:p w14:paraId="312C6E94" w14:textId="0567DCD3" w:rsidR="005418EC" w:rsidRDefault="005418EC" w:rsidP="004C184F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="0045432C">
+      <w:r w:rsidR="00DD32D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109AF285" w14:textId="77777777" w:rsidR="005418EC" w:rsidRDefault="005418EC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2356881F" w14:textId="77777777" w:rsidR="005418EC" w:rsidRDefault="005418EC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -585,51 +583,51 @@
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F786C" w:rsidRPr="000B3A8B" w14:paraId="21F7E99F" w14:textId="77777777" w:rsidTr="00AF5296">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49B0E2C1" w14:textId="4FD82ED1" w:rsidR="008F786C" w:rsidRPr="000B3A8B" w:rsidRDefault="00496E92" w:rsidP="0045432C">
+          <w:p w14:paraId="49B0E2C1" w14:textId="630C7AA7" w:rsidR="008F786C" w:rsidRPr="000B3A8B" w:rsidRDefault="00496E92" w:rsidP="0045432C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">BILANCIO </w:t>
             </w:r>
             <w:r w:rsidR="008F786C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>PROGETTUALE</w:t>
             </w:r>
             <w:r>
@@ -642,118 +640,118 @@
             </w:r>
             <w:r w:rsidR="00B57093">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C4380E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">DI COMPETENZA </w:t>
             </w:r>
             <w:r w:rsidR="00B57093">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="0045432C">
+            <w:r w:rsidR="00D15D65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3ECA34A1" w14:textId="77777777" w:rsidR="00B57093" w:rsidRDefault="00B57093" w:rsidP="00B57093">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E51E358" w14:textId="27C5314C" w:rsidR="00B57093" w:rsidRPr="00B57093" w:rsidRDefault="00B57093" w:rsidP="00B57093">
+    <w:p w14:paraId="6E51E358" w14:textId="206031DE" w:rsidR="00B57093" w:rsidRPr="00B57093" w:rsidRDefault="00B57093" w:rsidP="00B57093">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B57093">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In questo prospetto vanno </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>preventivati</w:t>
       </w:r>
       <w:r w:rsidRPr="00B57093">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tutti i ricavi e i costi afferenti alle categorie di spesa ammissibili </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">imputabili all’attività teatrale </w:t>
       </w:r>
       <w:r w:rsidRPr="00B57093">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>del beneficia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rio di competenza dell’anno 202</w:t>
       </w:r>
-      <w:r w:rsidR="0045432C">
+      <w:r w:rsidR="00DD32D3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00B57093">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="568BA586" w14:textId="77777777" w:rsidR="00B57093" w:rsidRPr="00002954" w:rsidRDefault="00B57093" w:rsidP="00AF5296">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9836" w:type="dxa"/>
@@ -834,61 +832,59 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FB010B1" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRPr="0073138A" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0073138A">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF5296" w:rsidRPr="0073138A" w14:paraId="3903AC11" w14:textId="77777777" w:rsidTr="004A5456">
         <w:trPr>
           <w:trHeight w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
@@ -1046,228 +1042,134 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED607C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">er personale esterno si intendono le persone fisiche NON titolari di rapporto di lavoro con contratto a tempo indeterminato o determinato con il soggetto richiedente. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62408660" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRPr="00ED607C" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00ED607C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Rientrano</w:t>
-[...62 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Rientrano nel personale esterno:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="607009A9" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRPr="00ED607C" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:ind w:left="169" w:hanging="169"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00ED607C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>prestatori</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> d’opera non soggetti a regime IVA: si tratta di prestazioni effettuate occasionalmente;</w:t>
+              <w:t>prestatori d’opera non soggetti a regime IVA: si tratta di prestazioni effettuate occasionalmente;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="452F81BE" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRPr="00ED607C" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:ind w:left="169" w:hanging="169"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00ED607C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>professionisti</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> soggetti a regime IVA;</w:t>
+              <w:t>professionisti soggetti a regime IVA;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A913EB3" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRPr="00ED607C" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:ind w:left="169" w:hanging="169"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00ED607C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>collaboratori</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> utilizzati con le tipologie contrattuali previste dalla normativa vigente</w:t>
+              <w:t>collaboratori utilizzati con le tipologie contrattuali previste dalla normativa vigente</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED607C">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
@@ -1549,61 +1451,59 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A8D8AB2" w14:textId="77777777" w:rsidR="008F786C" w:rsidRPr="0073138A" w:rsidRDefault="00AF5296" w:rsidP="00AF5296">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0073138A">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED607C" w:rsidRPr="0073138A" w14:paraId="4B08C18D" w14:textId="77777777" w:rsidTr="004A5456">
         <w:trPr>
           <w:trHeight w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
@@ -2433,69 +2333,51 @@
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04F512D7" w14:textId="77777777" w:rsidR="00ED607C" w:rsidRPr="001A419F" w:rsidRDefault="006E3DD7" w:rsidP="00605388">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E3DD7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> riferimento alle sole sedi che risultano non elette a residenza di persone fisiche)</w:t>
+              <w:t>(con riferimento alle sole sedi che risultano non elette a residenza di persone fisiche)</w:t>
             </w:r>
             <w:r w:rsidRPr="006E3DD7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48E07967" w14:textId="77777777" w:rsidR="00ED607C" w:rsidRPr="001A419F" w:rsidRDefault="00605388" w:rsidP="00605388">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
@@ -2652,65 +2534,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CB936D2" w14:textId="77777777" w:rsidR="00ED607C" w:rsidRPr="00B57093" w:rsidRDefault="00B57093" w:rsidP="00B57093">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B57093">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...13 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(specificare)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3132,61 +3000,59 @@
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14C47D6C" w14:textId="77777777" w:rsidR="001A419F" w:rsidRPr="0073138A" w:rsidRDefault="001A419F" w:rsidP="00B57093">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0073138A">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A419F" w:rsidRPr="0073138A" w14:paraId="49CDA431" w14:textId="77777777" w:rsidTr="005418EC">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="28" w:type="dxa"/>
             <w:right w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="42" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8457" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3256,69 +3122,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D6BF65F" w14:textId="77777777" w:rsidR="001A419F" w:rsidRDefault="001A419F" w:rsidP="00B57093">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17A0C">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> gli eventuali altri soggetti finanziatori e relativo importo)</w:t>
+              <w:t>(specificare gli eventuali altri soggetti finanziatori e relativo importo)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31D7A5CE" w14:textId="77777777" w:rsidR="001A419F" w:rsidRPr="00D911B3" w:rsidRDefault="001A419F" w:rsidP="00B57093">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D911B3">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -4738,67 +4586,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B6BB970" w14:textId="77777777" w:rsidR="001A419F" w:rsidRPr="00383CE5" w:rsidRDefault="001A419F" w:rsidP="00B57093">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383CE5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...15 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34338406" w14:textId="77777777" w:rsidR="001A419F" w:rsidRDefault="001A419F" w:rsidP="001A419F">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:right="-142"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="375C9AB2" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C" w:rsidP="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -4813,70 +4645,70 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E48C6C2" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008F786C" w:rsidSect="005418EC">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="253" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3B87042D" w14:textId="77777777" w:rsidR="004036D9" w:rsidRDefault="004036D9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="411CFA95" w14:textId="77777777" w:rsidR="004036D9" w:rsidRDefault="004036D9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4907,51 +4739,51 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecimaWE Rg">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3B49EFA3" w14:textId="77777777" w:rsidR="00B57093" w:rsidRDefault="00B57093">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B7D446E" wp14:editId="2FB6FD4A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>548</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="0"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="1" name="Casella di testo 1"/>
               <wp:cNvGraphicFramePr/>
@@ -5057,73 +4889,73 @@
                         <w:rStyle w:val="Numeropagina"/>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>3</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Numeropagina"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="18FDC33E" w14:textId="77777777" w:rsidR="004036D9" w:rsidRDefault="004036D9">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2A0A5D26" w14:textId="77777777" w:rsidR="004036D9" w:rsidRDefault="004036D9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="704DA32A" w14:textId="77777777" w:rsidR="00B57093" w:rsidRDefault="00B57093" w:rsidP="003F4CEF">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="004241D8">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A1FC4BF" wp14:editId="4FCB8417">
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:docPr id="5" name="Immagine 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -5209,128 +5041,128 @@
   <w:p w14:paraId="7276599C" w14:textId="77777777" w:rsidR="00B57093" w:rsidRPr="00A53E77" w:rsidRDefault="00B57093" w:rsidP="00726FAC">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>CONTRIBUTI A FAVORE DELL’ATTIVITÀ TEATRALE LOCALE</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="41589CA0" w14:textId="4A5A5D51" w:rsidR="00B57093" w:rsidRPr="00A53E77" w:rsidRDefault="00B57093" w:rsidP="00726FAC">
+  <w:p w14:paraId="41589CA0" w14:textId="3D97C93D" w:rsidR="00B57093" w:rsidRPr="00A53E77" w:rsidRDefault="00B57093" w:rsidP="00726FAC">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4747"/>
         <w:tab w:val="left" w:pos="6087"/>
       </w:tabs>
       <w:ind w:right="144"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
       <w:t>- ANNO 202</w:t>
     </w:r>
-    <w:r w:rsidR="0045432C">
+    <w:r w:rsidR="00D15D65">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7F7D6FC7" w14:textId="77777777" w:rsidR="00B57093" w:rsidRDefault="00B57093">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0A361457" w14:textId="77777777" w:rsidR="00B57093" w:rsidRDefault="00B57093">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058C7A6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1708CE3E"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5372,51 +5204,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="065D43DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8CEDE34"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -5461,51 +5293,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="069B148C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="02F6D376"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5573,51 +5405,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1353073A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C4EE5B30"/>
     <w:lvl w:ilvl="0" w:tplc="5394E406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5686,51 +5518,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F673C4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F494579E"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5799,51 +5631,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="319444EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="47723C56"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -5887,51 +5719,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3328511A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3F864B96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5973,51 +5805,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A3D7651"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1708CE3E"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6059,51 +5891,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="492B45EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D936A5B4"/>
     <w:lvl w:ilvl="0" w:tplc="8056E97E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6174,51 +6006,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49A75EF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="473894DA"/>
     <w:lvl w:ilvl="0" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6287,51 +6119,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FB92213"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9AC87592"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6403,51 +6235,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="507F6E4D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9C3C15C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6489,51 +6321,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55101B81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8E6ADFE"/>
     <w:lvl w:ilvl="0" w:tplc="04100011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6575,51 +6407,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="558B0A15"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A7AAAFF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -6664,51 +6496,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58E177E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40E4C41E"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -6753,51 +6585,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59B07A1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24CC0EA2"/>
     <w:lvl w:ilvl="0" w:tplc="CB422C26">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6865,51 +6697,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="778E4FD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ECB464E2"/>
     <w:lvl w:ilvl="0" w:tplc="0410000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6951,51 +6783,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79213B34"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D89C7612"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7095,74 +6927,74 @@
   <w:num w:numId="12">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="156"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1714"/>
     <w:rsid w:val="00002954"/>
     <w:rsid w:val="00032018"/>
     <w:rsid w:val="000432B3"/>
     <w:rsid w:val="0006017A"/>
     <w:rsid w:val="00095D83"/>
     <w:rsid w:val="00096B6C"/>
     <w:rsid w:val="00096CBE"/>
     <w:rsid w:val="000B3A8B"/>
     <w:rsid w:val="000B7DCD"/>
     <w:rsid w:val="001067D4"/>
     <w:rsid w:val="00113B6A"/>
     <w:rsid w:val="0012339E"/>
     <w:rsid w:val="001310FC"/>
     <w:rsid w:val="00162977"/>
     <w:rsid w:val="001725EB"/>
     <w:rsid w:val="0017639F"/>
     <w:rsid w:val="0018682E"/>
     <w:rsid w:val="00190A50"/>
     <w:rsid w:val="001A3F58"/>
     <w:rsid w:val="001A419F"/>
     <w:rsid w:val="001B0D6E"/>
     <w:rsid w:val="001B1022"/>
@@ -7308,61 +7140,63 @@
     <w:rsid w:val="00B14563"/>
     <w:rsid w:val="00B23AC7"/>
     <w:rsid w:val="00B34720"/>
     <w:rsid w:val="00B45A9F"/>
     <w:rsid w:val="00B502D5"/>
     <w:rsid w:val="00B52F8B"/>
     <w:rsid w:val="00B57093"/>
     <w:rsid w:val="00B844E8"/>
     <w:rsid w:val="00B90EBB"/>
     <w:rsid w:val="00B90FA8"/>
     <w:rsid w:val="00B94BB7"/>
     <w:rsid w:val="00BA6FD9"/>
     <w:rsid w:val="00BB2B50"/>
     <w:rsid w:val="00BC368F"/>
     <w:rsid w:val="00BE35BB"/>
     <w:rsid w:val="00BF0BEE"/>
     <w:rsid w:val="00C118AC"/>
     <w:rsid w:val="00C4380E"/>
     <w:rsid w:val="00CA17EA"/>
     <w:rsid w:val="00CB0EC8"/>
     <w:rsid w:val="00CB61D4"/>
     <w:rsid w:val="00CD179C"/>
     <w:rsid w:val="00CE1D5A"/>
     <w:rsid w:val="00CF1128"/>
     <w:rsid w:val="00D13F87"/>
+    <w:rsid w:val="00D15D65"/>
     <w:rsid w:val="00D2401B"/>
     <w:rsid w:val="00D247E3"/>
     <w:rsid w:val="00D428ED"/>
     <w:rsid w:val="00D42CCB"/>
     <w:rsid w:val="00D532D4"/>
     <w:rsid w:val="00D54970"/>
     <w:rsid w:val="00D701E1"/>
     <w:rsid w:val="00D95C53"/>
     <w:rsid w:val="00D97EEE"/>
     <w:rsid w:val="00DB22AC"/>
     <w:rsid w:val="00DB45AF"/>
+    <w:rsid w:val="00DD32D3"/>
     <w:rsid w:val="00DD679E"/>
     <w:rsid w:val="00DD7591"/>
     <w:rsid w:val="00DE256F"/>
     <w:rsid w:val="00E16FE6"/>
     <w:rsid w:val="00E37A6D"/>
     <w:rsid w:val="00E47658"/>
     <w:rsid w:val="00E55AC1"/>
     <w:rsid w:val="00E70735"/>
     <w:rsid w:val="00E8262F"/>
     <w:rsid w:val="00E9442E"/>
     <w:rsid w:val="00EA1EC6"/>
     <w:rsid w:val="00EA377B"/>
     <w:rsid w:val="00EA5523"/>
     <w:rsid w:val="00EB4FCD"/>
     <w:rsid w:val="00ED607C"/>
     <w:rsid w:val="00EF48A6"/>
     <w:rsid w:val="00EF6F53"/>
     <w:rsid w:val="00F15A11"/>
     <w:rsid w:val="00F2501B"/>
     <w:rsid w:val="00F259E2"/>
     <w:rsid w:val="00F32F49"/>
     <w:rsid w:val="00F4472F"/>
     <w:rsid w:val="00F463C3"/>
     <w:rsid w:val="00F523C8"/>
     <w:rsid w:val="00F65CCA"/>
@@ -7371,79 +7205,79 @@
     <w:rsid w:val="00F815DE"/>
     <w:rsid w:val="00F83851"/>
     <w:rsid w:val="00F8640E"/>
     <w:rsid w:val="00F9566F"/>
     <w:rsid w:val="00FA723F"/>
     <w:rsid w:val="00FB68FC"/>
     <w:rsid w:val="00FD635E"/>
     <w:rsid w:val="00FD7A89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="04407038"/>
   <w15:docId w15:val="{C69BC130-229E-4716-A5A3-ED1E80FF8773}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7771,50 +7605,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
@@ -8080,82 +7919,75 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TestonotadichiusuraCarattere">
     <w:name w:val="Testo nota di chiusura Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Testonotadichiusura"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E37A6D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandonotadichiusura">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E37A6D"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00435571"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitoloCarattere">
     <w:name w:val="Titolo Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Titolo"/>
     <w:rsid w:val="008F786C"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1287542405">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>