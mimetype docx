--- v0 (2025-10-07)
+++ v1 (2025-12-06)
@@ -1,54 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9425" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9425"/>
       </w:tblGrid>
       <w:tr w:rsidR="000B3A8B" w:rsidRPr="000B3A8B" w14:paraId="5C5821DD" w14:textId="77777777" w:rsidTr="000462A4">
         <w:trPr>
@@ -126,51 +130,51 @@
           </w:p>
           <w:p w14:paraId="4B6D88CA" w14:textId="77777777" w:rsidR="00DC525C" w:rsidRPr="000462A4" w:rsidRDefault="00DC525C" w:rsidP="00DC525C">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44258A2E" w14:textId="77777777" w:rsidR="00DC525C" w:rsidRPr="000462A4" w:rsidRDefault="00DC525C" w:rsidP="00DC525C">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F32F24E" w14:textId="1DFED9DA" w:rsidR="00111A25" w:rsidRPr="000462A4" w:rsidRDefault="00111A25" w:rsidP="00111A25">
+          <w:p w14:paraId="6F32F24E" w14:textId="004F58FC" w:rsidR="00111A25" w:rsidRPr="000462A4" w:rsidRDefault="00111A25" w:rsidP="00111A25">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000462A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>RELAZIONE CONOSCITIV</w:t>
             </w:r>
             <w:r w:rsidR="00DC525C" w:rsidRPr="000462A4">
               <w:rPr>
                 <w:b/>
@@ -181,185 +185,185 @@
             </w:r>
             <w:r w:rsidRPr="000462A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>BIENNIO</w:t>
             </w:r>
             <w:r w:rsidR="00DC525C" w:rsidRPr="000462A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="007A2832" w:rsidRPr="000462A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004800DD">
+            <w:r w:rsidR="004B26EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00DC525C" w:rsidRPr="000462A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="000462A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="004800DD">
+            <w:r w:rsidR="004B26EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1086943F" w14:textId="77777777" w:rsidR="00111A25" w:rsidRPr="000462A4" w:rsidRDefault="00111A25" w:rsidP="00111A25">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="15F1FCBF" w14:textId="4DBCD957" w:rsidR="00111A25" w:rsidRPr="000462A4" w:rsidRDefault="00111A25" w:rsidP="00111A25">
+          <w:p w14:paraId="15F1FCBF" w14:textId="4542850C" w:rsidR="00111A25" w:rsidRPr="000462A4" w:rsidRDefault="00111A25" w:rsidP="00111A25">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000462A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N.B.: La relazione conoscitiva sul biennio 20</w:t>
             </w:r>
             <w:r w:rsidR="007A2832" w:rsidRPr="000462A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004800DD">
+            <w:r w:rsidR="00661A28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000462A4">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00661A28">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000462A4">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> è richiesta esclusivamente ai soggetti che non hanno beneficiato del sostegno regionale nelle annualità 20</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2832" w:rsidRPr="000462A4">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidR="00661A28">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
             <w:r w:rsidRPr="000462A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>-202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004800DD">
+              <w:t xml:space="preserve"> e 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00661A28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...39 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="000462A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F79E647" w14:textId="77777777" w:rsidR="00111A25" w:rsidRPr="000462A4" w:rsidRDefault="00111A25" w:rsidP="00127873">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="02842928" w14:textId="77777777" w:rsidR="00127873" w:rsidRPr="000462A4" w:rsidRDefault="00127873" w:rsidP="00127873">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
@@ -524,71 +528,71 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6152AFD3" w14:textId="77777777" w:rsidR="00127873" w:rsidRDefault="00127873" w:rsidP="00111A25">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C300AD1" w14:textId="77777777" w:rsidR="00127873" w:rsidRDefault="00127873" w:rsidP="00127873">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A1BD39D" w14:textId="26DE08A8" w:rsidR="00127873" w:rsidRDefault="00127873" w:rsidP="00127873">
+    <w:p w14:paraId="1A1BD39D" w14:textId="091756EB" w:rsidR="00127873" w:rsidRDefault="00127873" w:rsidP="00127873">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="004800DD">
+      <w:r w:rsidR="00661A28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="000462A4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3891DFCA" w14:textId="77777777" w:rsidR="00127873" w:rsidRDefault="00127873" w:rsidP="00127873">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F43133C" w14:textId="77777777" w:rsidR="00127873" w:rsidRDefault="00127873" w:rsidP="00127873">
@@ -603,51 +607,51 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B51A7E" w:rsidRPr="00B51A7E" w14:paraId="0EB32EEE" w14:textId="77777777" w:rsidTr="00B51A7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66DFEC6F" w14:textId="58091777" w:rsidR="00B51A7E" w:rsidRDefault="00B51A7E" w:rsidP="00127873">
+          <w:p w14:paraId="66DFEC6F" w14:textId="4A74A2B6" w:rsidR="00B51A7E" w:rsidRDefault="00B51A7E" w:rsidP="00127873">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B51A7E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">RELAZIONE </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B51A7E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>CONOSCITIVA  IN</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B51A7E">
               <w:rPr>
@@ -655,198 +659,198 @@
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> MERITO ALLE ATTIVITÀ SVOLTE E AI RISULTATI CONSEGUITI NEL</w:t>
             </w:r>
             <w:r w:rsidR="00677C34">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> BIENNIO</w:t>
             </w:r>
             <w:r w:rsidR="00111A25">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="007A2832">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004800DD">
-[...4 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00661A28">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00111A25">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="004800DD">
-[...4 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00661A28">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="377E3A7D" w14:textId="77777777" w:rsidR="00111A25" w:rsidRDefault="00111A25" w:rsidP="00127873">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="009690ED" w14:textId="2520B8E7" w:rsidR="00111A25" w:rsidRPr="00111A25" w:rsidRDefault="00111A25" w:rsidP="00127873">
+          <w:p w14:paraId="009690ED" w14:textId="17F8EEB7" w:rsidR="00111A25" w:rsidRPr="00111A25" w:rsidRDefault="00111A25" w:rsidP="00127873">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00111A25">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>La relazione conoscitiva è richiesta esclusivamente ai soggetti che non hanno beneficiato del sostegno regionale nelle annualità 20</w:t>
             </w:r>
             <w:r w:rsidR="007A2832">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004800DD">
+            <w:r w:rsidR="00661A28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00111A25">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> e 202</w:t>
             </w:r>
-            <w:r w:rsidR="004800DD">
+            <w:r w:rsidR="00661A28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00111A25">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B427A76" w14:textId="77777777" w:rsidR="00111A25" w:rsidRDefault="00111A25" w:rsidP="00127873">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3060DAB5" w14:textId="77777777" w:rsidR="00111A25" w:rsidRPr="00B51A7E" w:rsidRDefault="00111A25" w:rsidP="002A5CCD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC525C" w14:paraId="02434C26" w14:textId="77777777" w:rsidTr="007E7188">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1C2224" w14:textId="1B6170C2" w:rsidR="00DC525C" w:rsidRPr="00B51A7E" w:rsidRDefault="00DC525C" w:rsidP="004800DD">
+          <w:p w14:paraId="0B1C2224" w14:textId="1BE34E85" w:rsidR="00DC525C" w:rsidRPr="00B51A7E" w:rsidRDefault="00DC525C" w:rsidP="004800DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B51A7E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>ANNO 20</w:t>
             </w:r>
             <w:r w:rsidR="007A2832">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004800DD">
+            <w:r w:rsidR="00661A28">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5156675A" w14:textId="77777777" w:rsidR="00DC525C" w:rsidRDefault="00DC525C" w:rsidP="007E7188">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7AC7C697" w14:textId="77777777" w:rsidR="00B51A7E" w:rsidRDefault="00B51A7E" w:rsidP="00B51A7E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -938,85 +942,83 @@
           </w:p>
           <w:p w14:paraId="0CE5E4A6" w14:textId="77777777" w:rsidR="00B51A7E" w:rsidRDefault="00B51A7E" w:rsidP="007E7188">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A816D19" w14:textId="77777777" w:rsidR="00DC525C" w:rsidRDefault="00DC525C" w:rsidP="007E7188">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC525C" w14:paraId="7A99443A" w14:textId="77777777" w:rsidTr="007E7188">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ACD0F24" w14:textId="2D48523E" w:rsidR="00DC525C" w:rsidRPr="00B51A7E" w:rsidRDefault="00DC525C" w:rsidP="004800DD">
+          <w:p w14:paraId="6ACD0F24" w14:textId="38725BF8" w:rsidR="00DC525C" w:rsidRPr="00B51A7E" w:rsidRDefault="00DC525C" w:rsidP="004800DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B51A7E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>ANNO 20</w:t>
             </w:r>
             <w:r w:rsidR="002A5CCD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004800DD">
+            <w:r w:rsidR="00661A28">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57CAC0E7" w14:textId="77777777" w:rsidR="00DC525C" w:rsidRDefault="00DC525C" w:rsidP="007E7188">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1857532F" w14:textId="77777777" w:rsidR="00B51A7E" w:rsidRDefault="00B51A7E" w:rsidP="00B51A7E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -1406,114 +1408,102 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="254A8505" w14:textId="77777777" w:rsidR="00127873" w:rsidRPr="00404CDF" w:rsidRDefault="00127873" w:rsidP="00127873">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...15 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="775290CD" w14:textId="77777777" w:rsidR="00311E6F" w:rsidRPr="00404CDF" w:rsidRDefault="00311E6F" w:rsidP="00127873">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Century Gothic"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00311E6F" w:rsidRPr="00404CDF" w:rsidSect="00AF23B6">
-      <w:footerReference w:type="default" r:id="rId8"/>
-      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="993" w:left="1134" w:header="709" w:footer="253" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="02B9312C" w14:textId="77777777" w:rsidR="0031516D" w:rsidRDefault="0031516D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3B8C24E2" w14:textId="77777777" w:rsidR="0031516D" w:rsidRDefault="0031516D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1544,51 +1534,61 @@
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="365EED3C" w14:textId="77777777" w:rsidR="00661A28" w:rsidRDefault="00661A28">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7F6DFD05" w14:textId="77777777" w:rsidR="00E37A6D" w:rsidRDefault="00E37A6D">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06939537" wp14:editId="66D007E4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>548</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="0"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="1" name="Casella di testo 1"/>
               <wp:cNvGraphicFramePr/>
@@ -1693,74 +1693,104 @@
                       <w:rPr>
                         <w:rStyle w:val="Numeropagina"/>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Numeropagina"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="470F7F71" w14:textId="77777777" w:rsidR="00661A28" w:rsidRDefault="00661A28">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3589FFE9" w14:textId="77777777" w:rsidR="0031516D" w:rsidRDefault="0031516D">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3B87703D" w14:textId="77777777" w:rsidR="0031516D" w:rsidRDefault="0031516D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="21698FC3" w14:textId="77777777" w:rsidR="00661A28" w:rsidRDefault="00661A28">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="121446F5" w14:textId="77777777" w:rsidR="00661A28" w:rsidRDefault="00661A28">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7BF92A6C" w14:textId="77777777" w:rsidR="00E37A6D" w:rsidRDefault="003F4CEF" w:rsidP="003F4CEF">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="004241D8">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55CB9669" wp14:editId="7E561926">
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:docPr id="5" name="Immagine 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -1846,85 +1876,85 @@
   <w:p w14:paraId="7F0CF778" w14:textId="77777777" w:rsidR="0058599A" w:rsidRPr="00A53E77" w:rsidRDefault="0058599A" w:rsidP="0058599A">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>CONTRIBUTI A FAVORE DELL’ATTIVITÀ TEATRALE LOCALE</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2F7EA078" w14:textId="28E575F0" w:rsidR="0058599A" w:rsidRDefault="00DC525C" w:rsidP="0058599A">
+  <w:p w14:paraId="2F7EA078" w14:textId="5C22EC92" w:rsidR="0058599A" w:rsidRDefault="00DC525C" w:rsidP="0058599A">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
       <w:t>- ANNO 202</w:t>
     </w:r>
-    <w:r w:rsidR="004800DD">
+    <w:r w:rsidR="00661A28">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="0058599A">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> –</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="27DEE866" w14:textId="77777777" w:rsidR="0058599A" w:rsidRDefault="0058599A" w:rsidP="0058599A">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
@@ -1943,52 +1973,52 @@
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="140B3B0E" w14:textId="77777777" w:rsidR="0058599A" w:rsidRDefault="0058599A" w:rsidP="00374D4B">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0DE53B7D" w14:textId="77777777" w:rsidR="003F4CEF" w:rsidRDefault="003F4CEF">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="030F0CAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E250C6EE"/>
     <w:lvl w:ilvl="0" w:tplc="5AA604CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2034,51 +2064,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="065D43DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8CEDE34"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -2123,51 +2153,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09510743"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B322812"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2236,51 +2266,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="194B1902"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="599C3366"/>
     <w:lvl w:ilvl="0" w:tplc="5AA604CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2326,51 +2356,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F673C4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F494579E"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2439,51 +2469,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F6E3964"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97C4AF4E"/>
     <w:lvl w:ilvl="0" w:tplc="7A12906E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2580,51 +2610,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="319444EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="47723C56"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -2668,51 +2698,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3328511A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3F864B96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2754,51 +2784,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="507F6E4D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9C3C15C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2840,51 +2870,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55101B81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8E6ADFE"/>
     <w:lvl w:ilvl="0" w:tplc="04100011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2926,51 +2956,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="558B0A15"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A7AAAFF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -3015,51 +3045,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58E177E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40E4C41E"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -3104,51 +3134,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F5C1692"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43CA1556"/>
     <w:lvl w:ilvl="0" w:tplc="5394E406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3217,51 +3247,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79213B34"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D89C7612"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3349,74 +3379,75 @@
   <w:num w:numId="8">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="116"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="156"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1714"/>
     <w:rsid w:val="00032018"/>
     <w:rsid w:val="0004237E"/>
     <w:rsid w:val="000432B3"/>
     <w:rsid w:val="000462A4"/>
     <w:rsid w:val="0006017A"/>
     <w:rsid w:val="00087596"/>
     <w:rsid w:val="00095D83"/>
     <w:rsid w:val="00096B6C"/>
     <w:rsid w:val="00096CBE"/>
     <w:rsid w:val="000B3A8B"/>
     <w:rsid w:val="000B7DCD"/>
     <w:rsid w:val="001067D4"/>
     <w:rsid w:val="00111A25"/>
     <w:rsid w:val="00113B6A"/>
     <w:rsid w:val="0012339E"/>
     <w:rsid w:val="00127873"/>
     <w:rsid w:val="001310FC"/>
     <w:rsid w:val="00162977"/>
     <w:rsid w:val="0017639F"/>
     <w:rsid w:val="0018682E"/>
     <w:rsid w:val="00190A50"/>
     <w:rsid w:val="001A3F58"/>
@@ -3440,78 +3471,80 @@
     <w:rsid w:val="0031516D"/>
     <w:rsid w:val="00330032"/>
     <w:rsid w:val="00352B1B"/>
     <w:rsid w:val="00374D4B"/>
     <w:rsid w:val="0037669E"/>
     <w:rsid w:val="003926D7"/>
     <w:rsid w:val="00394C61"/>
     <w:rsid w:val="003A7618"/>
     <w:rsid w:val="003B23CD"/>
     <w:rsid w:val="003C1714"/>
     <w:rsid w:val="003C6629"/>
     <w:rsid w:val="003E2094"/>
     <w:rsid w:val="003E3361"/>
     <w:rsid w:val="003E662D"/>
     <w:rsid w:val="003F4CEF"/>
     <w:rsid w:val="003F5F4E"/>
     <w:rsid w:val="00404CDF"/>
     <w:rsid w:val="00414396"/>
     <w:rsid w:val="00426667"/>
     <w:rsid w:val="00434D07"/>
     <w:rsid w:val="00435571"/>
     <w:rsid w:val="00440237"/>
     <w:rsid w:val="004750C1"/>
     <w:rsid w:val="004800DD"/>
     <w:rsid w:val="004A779F"/>
+    <w:rsid w:val="004B26EB"/>
     <w:rsid w:val="004C07FF"/>
     <w:rsid w:val="004C4E22"/>
     <w:rsid w:val="004C7A7C"/>
     <w:rsid w:val="004D0E12"/>
     <w:rsid w:val="00501294"/>
     <w:rsid w:val="00506590"/>
     <w:rsid w:val="00510BA7"/>
     <w:rsid w:val="00526407"/>
     <w:rsid w:val="005337EC"/>
     <w:rsid w:val="0053562A"/>
     <w:rsid w:val="00537129"/>
     <w:rsid w:val="00555103"/>
     <w:rsid w:val="005551A8"/>
     <w:rsid w:val="005578F6"/>
     <w:rsid w:val="0056188B"/>
     <w:rsid w:val="00564D48"/>
     <w:rsid w:val="00567B78"/>
     <w:rsid w:val="00583DC8"/>
     <w:rsid w:val="0058599A"/>
     <w:rsid w:val="005A1F35"/>
     <w:rsid w:val="005A20A6"/>
     <w:rsid w:val="005B7D61"/>
     <w:rsid w:val="005C2EDB"/>
     <w:rsid w:val="005D07CB"/>
     <w:rsid w:val="005D43FF"/>
     <w:rsid w:val="005E1CF0"/>
     <w:rsid w:val="006462DC"/>
     <w:rsid w:val="006523E7"/>
+    <w:rsid w:val="00661A28"/>
     <w:rsid w:val="00677C34"/>
     <w:rsid w:val="00680D4D"/>
     <w:rsid w:val="00690D8B"/>
     <w:rsid w:val="006A0C1B"/>
     <w:rsid w:val="006C01EA"/>
     <w:rsid w:val="006D5667"/>
     <w:rsid w:val="006D64D3"/>
     <w:rsid w:val="006D7420"/>
     <w:rsid w:val="006F1C77"/>
     <w:rsid w:val="00736DAA"/>
     <w:rsid w:val="007463CE"/>
     <w:rsid w:val="0075128E"/>
     <w:rsid w:val="007536FA"/>
     <w:rsid w:val="007552D4"/>
     <w:rsid w:val="007625EB"/>
     <w:rsid w:val="007667DF"/>
     <w:rsid w:val="00791BE9"/>
     <w:rsid w:val="0079374E"/>
     <w:rsid w:val="007A2832"/>
     <w:rsid w:val="007F358C"/>
     <w:rsid w:val="007F6B4C"/>
     <w:rsid w:val="008013CE"/>
     <w:rsid w:val="00804412"/>
     <w:rsid w:val="00816084"/>
     <w:rsid w:val="0084737A"/>
@@ -3619,79 +3652,79 @@
     <w:rsid w:val="00F83851"/>
     <w:rsid w:val="00F8640E"/>
     <w:rsid w:val="00F9566F"/>
     <w:rsid w:val="00FA723F"/>
     <w:rsid w:val="00FB68FC"/>
     <w:rsid w:val="00FD635E"/>
     <w:rsid w:val="00FD7A89"/>
     <w:rsid w:val="00FF0ACE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="21DDDE0D"/>
   <w15:docId w15:val="{F8F653A7-6047-4901-B9F9-AB6A7060007C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4019,50 +4052,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
@@ -4328,146 +4366,139 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TestonotadichiusuraCarattere">
     <w:name w:val="Testo nota di chiusura Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Testonotadichiusura"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E37A6D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandonotadichiusura">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E37A6D"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00435571"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpodeltesto3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="Corpodeltesto3Carattere"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004237E"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Corpodeltesto3Carattere">
     <w:name w:val="Corpo del testo 3 Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Corpodeltesto3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0004237E"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitoloCarattere">
     <w:name w:val="Titolo Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Titolo"/>
     <w:rsid w:val="00311E6F"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1185097514">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1287542405">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>