--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -11,51 +11,51 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="003D5B52" w:rsidRDefault="00C36CC8" w:rsidP="003D5B52">
+    <w:p w:rsidR="003D5B52" w:rsidRDefault="00A32331" w:rsidP="003D5B52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Da </w:t>
       </w:r>
       <w:r w:rsidRPr="00A32331">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
@@ -83,97 +83,64 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> su carta intestata e firma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
       <w:r w:rsidRPr="00A32331">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> digitalmente</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00446BA6" w:rsidRPr="005B4599" w:rsidRDefault="00446BA6" w:rsidP="003D5B52">
-[...31 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4395"/>
+        <w:gridCol w:w="4253"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001D52BE" w:rsidRPr="00A012A6" w:rsidTr="00C36CC8">
+      <w:tr w:rsidR="001D52BE" w:rsidRPr="00A012A6" w:rsidTr="00B278E7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C85C56" w:rsidRPr="00063781" w:rsidRDefault="00C85C56" w:rsidP="00C85C56">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="001D52BE" w:rsidRPr="00181C3E" w:rsidRDefault="001D52BE" w:rsidP="00C85C56">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1620"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
@@ -194,115 +161,124 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">Alla </w:t>
             </w:r>
             <w:r w:rsidR="001D52BE" w:rsidRPr="00181C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">Stazione unica appaltante </w:t>
             </w:r>
-            <w:r w:rsidR="00C36CC8">
+            <w:r w:rsidR="00B278E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>regionale</w:t>
             </w:r>
             <w:r w:rsidR="001D52BE" w:rsidRPr="00181C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> (SUA VdA)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AB3BDB" w:rsidRDefault="00AB3BDB" w:rsidP="00AB3BDB">
             <w:pPr>
               <w:spacing w:after="0" w:line="280" w:lineRule="atLeast"/>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00181C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">Ufficio Appalti </w:t>
             </w:r>
-            <w:r w:rsidR="00B445B0">
+            <w:r w:rsidR="00D7533F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>Lavori</w:t>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="009944B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>ervizi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001D52BE" w:rsidRPr="00181C3E" w:rsidRDefault="001D52BE" w:rsidP="001D52BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="280" w:lineRule="atLeast"/>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A03C86" w:rsidRPr="003F012E" w:rsidRDefault="00A03C86" w:rsidP="00A03C86">
+    <w:p w:rsidR="00B278E7" w:rsidRPr="003F012E" w:rsidRDefault="00B278E7" w:rsidP="00A03C86">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003D5B52" w:rsidRPr="00566832" w:rsidRDefault="00566832" w:rsidP="00A07BDA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00566832">
         <w:rPr>
@@ -325,1403 +301,1492 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00566832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Richiesta </w:t>
       </w:r>
       <w:r w:rsidR="00C37971">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">di </w:t>
       </w:r>
       <w:r w:rsidRPr="00566832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">avvio </w:t>
       </w:r>
-      <w:r w:rsidR="0082543F">
+      <w:r w:rsidR="00B278E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>della</w:t>
       </w:r>
       <w:r w:rsidR="00843FB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> concertazione </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00843FB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>pre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00843FB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00566832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>gara</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> per i</w:t>
       </w:r>
+      <w:r w:rsidR="009944B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> servizi</w:t>
+      </w:r>
       <w:r w:rsidR="00860085">
-        <w:rPr>
-[...12 lines deleted...]
-      <w:r w:rsidR="008113DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">di </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
           </w:rPr>
           <w:id w:val="-1045360999"/>
           <w:placeholder>
-            <w:docPart w:val="21067C08ADBE44718BEFF4B88F4FB54C"/>
+            <w:docPart w:val="DFA40097341242EBA0F9631774E266F4"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008113DC" w:rsidRPr="00B97974">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i/>
               <w:color w:val="FF0000"/>
             </w:rPr>
-            <w:t>indicare oggetto dei lavori.</w:t>
+            <w:t>indicare oggetto dei servizi.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w:rsidR="00A03C86" w:rsidRDefault="00A03C86" w:rsidP="00A03C86">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E7C4C" w:rsidRDefault="003261F5" w:rsidP="00766513">
+    <w:p w:rsidR="009E7C4C" w:rsidRDefault="00945196" w:rsidP="00EC10F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00945196">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="000F5817" w:rsidRPr="00303DCD">
+      <w:r w:rsidR="00A83093" w:rsidRPr="00F71366">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>n applicazione dell’art. 2, della legge regionale n. 2 del 29 gennaio 2024</w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8">
+      <w:r w:rsidR="00A32331">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8" w:rsidRPr="00C36CC8">
+      <w:r w:rsidR="00A32331" w:rsidRPr="00A32331">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8">
+      <w:r w:rsidR="00A32331">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>si richiede l’</w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8" w:rsidRPr="00566832">
+      <w:r w:rsidR="00A32331" w:rsidRPr="00566832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">avvio </w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8">
+      <w:r w:rsidR="00A32331">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>dell’</w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8" w:rsidRPr="00566832">
+      <w:r w:rsidR="00A32331" w:rsidRPr="00566832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>attività di concer</w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8">
+      <w:r w:rsidR="00A32331">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">tazione pre-gara per </w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8" w:rsidRPr="00CD1A61">
+      <w:r w:rsidR="00A32331" w:rsidRPr="00CD1A61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8">
-[...3 lines deleted...]
-        <w:t>lavori in oggetto indicati</w:t>
+      <w:r w:rsidR="00A32331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>servizi in oggetto indicati.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00107143" w:rsidRDefault="000F4336" w:rsidP="00766513">
+    <w:p w:rsidR="00107143" w:rsidRDefault="000F4336" w:rsidP="00EC10F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">A tal fine si </w:t>
       </w:r>
-      <w:r w:rsidR="00480EE7">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">allegano </w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="00480EE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>sul</w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="00480EE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00480EE7" w:rsidRPr="00480EE7">
-[...8 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="007627EA" w:rsidRPr="00480EE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sistema Telematico </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007627EA" w:rsidRPr="00480EE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PlaCe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007627EA" w:rsidRPr="00480EE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-VdA</w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00480EE7" w:rsidRPr="00480EE7">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="007627EA" w:rsidRPr="00F43A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r w:rsidRPr="00F43A75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>i sottoelencati documenti tecnici e amministrativi</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00480EE7">
+        <w:t>sottoelencati documenti tecnici e amministrativi</w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00480EE7" w:rsidRDefault="00480EE7" w:rsidP="00480EE7">
+    <w:p w:rsidR="007627EA" w:rsidRDefault="007627EA" w:rsidP="007627EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00480EE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ella sezione </w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8">
+      <w:r w:rsidR="00307FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00480EE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Strategia</w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8" w:rsidRPr="00C36CC8">
+      <w:r w:rsidR="00307FBB" w:rsidRPr="00307FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00480EE7">
+      <w:r w:rsidRPr="007627EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C36CC8" w:rsidRPr="00C36CC8" w:rsidRDefault="00C36CC8" w:rsidP="00766513">
+    <w:p w:rsidR="00A32331" w:rsidRPr="00A32331" w:rsidRDefault="00A32331" w:rsidP="00EC10F8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> presente </w:t>
       </w:r>
+      <w:r w:rsidR="00307FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Nota di T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>rasmissione</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001820A7" w:rsidRDefault="00C36CC8" w:rsidP="00766513">
+    <w:p w:rsidR="00593BC7" w:rsidRDefault="00A32331" w:rsidP="00EC10F8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>il</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001820A7" w:rsidRPr="00F31DE7">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">riepilogo </w:t>
       </w:r>
-      <w:r w:rsidR="001820A7" w:rsidRPr="00F31DE7">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">delle </w:t>
       </w:r>
-      <w:r w:rsidR="001820A7" w:rsidRPr="00F31DE7">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>informazioni funzionali all’avvio della procedura di gara</w:t>
       </w:r>
-      <w:r w:rsidR="001820A7" w:rsidRPr="00F31DE7">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, redatto </w:t>
       </w:r>
-      <w:r w:rsidR="001820A7" w:rsidRPr="00480EE7">
-[...47 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">utilizzando esclusivamente </w:t>
+      </w:r>
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>il modello predisposto dalla SUA VdA;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B4599" w:rsidRDefault="00C36CC8" w:rsidP="00766513">
+    <w:p w:rsidR="008F7705" w:rsidRDefault="00A32331" w:rsidP="00EC10F8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
-      <w:r w:rsidR="005B4599" w:rsidRPr="005B4599">
+      <w:r w:rsidR="008F7705" w:rsidRPr="008F7705">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>atto</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="005B4599" w:rsidRPr="005B4599">
+      <w:r w:rsidR="008F7705" w:rsidRPr="008F7705">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F31DE7">
+      <w:r w:rsidR="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">amministrativo </w:t>
       </w:r>
-      <w:r w:rsidR="005B4599" w:rsidRPr="005B4599">
+      <w:r w:rsidR="00AD7FCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">di </w:t>
       </w:r>
-      <w:r w:rsidR="00976F4C" w:rsidRPr="00F31DE7">
+      <w:r w:rsidR="00AD7FCB" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">decisione </w:t>
       </w:r>
-      <w:r w:rsidR="00F31DE7" w:rsidRPr="00F31DE7">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00976F4C" w:rsidRPr="00F31DE7">
+      <w:r w:rsidR="00AD7FCB" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B4599" w:rsidRPr="00F31DE7">
+      <w:r w:rsidR="008F7705" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>contrarre</w:t>
       </w:r>
-      <w:r w:rsidR="005B4599" w:rsidRPr="005B4599">
+      <w:r w:rsidR="008F7705" w:rsidRPr="008F7705">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00F31DE7" w:rsidRPr="00480EE7">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="007627EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>in bozza</w:t>
       </w:r>
-      <w:r w:rsidR="005B4599" w:rsidRPr="005B4599">
+      <w:r w:rsidR="008F7705" w:rsidRPr="008F7705">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, redatto in conformità </w:t>
       </w:r>
-      <w:r w:rsidR="00F31DE7">
+      <w:r w:rsidR="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>al modello</w:t>
       </w:r>
-      <w:r w:rsidR="00976F4C">
-[...17 lines deleted...]
-      <w:r w:rsidR="005B4599" w:rsidRPr="005B4599">
+      <w:r w:rsidR="00AD7FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7FCB" w:rsidRPr="00AD7FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>messo a disposizione dalla SUA VdA</w:t>
+      </w:r>
+      <w:r w:rsidR="008F7705" w:rsidRPr="008F7705">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00480EE7" w:rsidRPr="005B4599" w:rsidRDefault="00C36CC8" w:rsidP="00766513">
+    <w:p w:rsidR="00593BC7" w:rsidRPr="008F7705" w:rsidRDefault="00A32331" w:rsidP="00EC10F8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00480EE7" w:rsidRPr="00F31DE7">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">copia </w:t>
       </w:r>
-      <w:r w:rsidR="00480EE7" w:rsidRPr="00F31DE7">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>dell’autodichiarazione di assenza di conflitto di interessi</w:t>
       </w:r>
-      <w:r w:rsidR="00480EE7" w:rsidRPr="00F31DE7">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, recante gli estremi di avvenuta protocollazione, </w:t>
       </w:r>
-      <w:r w:rsidR="00480EE7" w:rsidRPr="00F31DE7">
-[...23 lines deleted...]
-      <w:r w:rsidR="00480EE7">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>redatta in conformità al modello predisposto dalla SUA</w:t>
+      </w:r>
+      <w:r w:rsidR="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> VdA</w:t>
       </w:r>
-      <w:r w:rsidR="00480EE7" w:rsidRPr="008D04EE">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00480EE7" w:rsidRPr="005B4599">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="00480EE7" w:rsidRPr="00F31DE7">
+        <w:t xml:space="preserve">(da allegare solo nel caso di appalto </w:t>
+      </w:r>
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>finanziato, in tutto o in parte, con le risorse del PNRR o del PNC</w:t>
       </w:r>
-      <w:r w:rsidR="00480EE7" w:rsidRPr="005B4599">
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00593BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00727A8C">
+      <w:r w:rsidR="007627EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00480EE7" w:rsidRDefault="00480EE7" w:rsidP="00480EE7">
+    <w:p w:rsidR="007627EA" w:rsidRDefault="007627EA" w:rsidP="007627EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00480EE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>nella</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00480EE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> sezione </w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8">
+      <w:r w:rsidR="00307FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00480EE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Atti</w:t>
       </w:r>
-      <w:r w:rsidR="00C36CC8" w:rsidRPr="00C36CC8">
+      <w:r w:rsidR="00307FBB" w:rsidRPr="00307FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00727A8C" w:rsidRPr="00727A8C">
+      <w:r w:rsidRPr="007627EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F31DE7" w:rsidRDefault="00C36CC8" w:rsidP="00766513">
+    <w:p w:rsidR="00945196" w:rsidRDefault="00A32331" w:rsidP="00EC10F8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...22 lines deleted...]
-        <w:t>da porre a base di gara, distinguendo:</w:t>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F7705" w:rsidRPr="008F7705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">documento di </w:t>
+      </w:r>
+      <w:r w:rsidR="008F7705" w:rsidRPr="00593BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>indirizzo alla progettazione</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7FCB" w:rsidRPr="00593BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>(DIP)</w:t>
+      </w:r>
+      <w:r w:rsidR="008F7705" w:rsidRPr="008F7705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, redatto in conformità </w:t>
+      </w:r>
+      <w:r w:rsidR="00593BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al modello </w:t>
+      </w:r>
+      <w:r w:rsidR="00593BC7" w:rsidRPr="00AD7FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>messo a disposizione dalla SUA VdA</w:t>
+      </w:r>
+      <w:r w:rsidR="0074776F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B4599" w:rsidRDefault="00F31DE7" w:rsidP="00F31DE7">
-[...141 lines deleted...]
-    <w:p w:rsidR="005B4599" w:rsidRPr="003261F5" w:rsidRDefault="003261F5" w:rsidP="003261F5">
+    <w:p w:rsidR="008F7705" w:rsidRPr="008F7705" w:rsidRDefault="00945196" w:rsidP="00EC10F8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003261F5">
+        <w:t>il</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00945196">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>il</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945196">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>capitolato informativo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945196">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di cui all’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945196">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>art. 1, comma 8, dell’Allegato I.9 del d.lgs. 36/2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945196">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003261F5">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="003261F5">
+      <w:r w:rsidRPr="00945196">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>(da allegare solo nel caso in cui ricorrono gli obblighi di adozione dei metodi e degli strumenti di gestione informativa digitale delle costruzioni “BIM” ai sensi dell’articolo 43, del d.lgs. 36/2023)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003261F5">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00593BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">da allegare </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al DIP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945196">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>solo nel caso in cui ricorrono gli obblighi di adozione dei metodi e degli strumenti di gestione informativa digitale delle costruzioni “BIM” ai sensi dell’articolo 43, del d.lgs. 36/2023)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003261F5" w:rsidRDefault="003261F5" w:rsidP="00766513">
-      <w:pPr>
+    <w:p w:rsidR="008F7705" w:rsidRDefault="00A32331" w:rsidP="00EC10F8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A32331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A32331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F7705" w:rsidRPr="00593BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>disciplinare d’incarico</w:t>
+      </w:r>
+      <w:r w:rsidR="008F7705" w:rsidRPr="008F7705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, redatto in conformità </w:t>
+      </w:r>
+      <w:r w:rsidR="00593BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al modello </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7FCB" w:rsidRPr="00AD7FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>messo a disposizione dalla SUA VdA</w:t>
+      </w:r>
+      <w:r w:rsidR="008F7705" w:rsidRPr="008F7705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003D5B52" w:rsidRDefault="00631043" w:rsidP="00766513">
-      <w:pPr>
+    <w:p w:rsidR="008D2368" w:rsidRDefault="00A32331" w:rsidP="00EC10F8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A32331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A32331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D2368" w:rsidRPr="00593BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>calcolo del corrispettivo</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2368" w:rsidRPr="008D2368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per la prestazione professionale redatto in conformità </w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al modello </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7FCB" w:rsidRPr="00AD7FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>messo a disposizione dalla SUA VdA</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2368" w:rsidRPr="008D2368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007627EA" w:rsidRPr="007627EA" w:rsidRDefault="00A32331" w:rsidP="00EC10F8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">copia completa dell’ultima fase progettuale approvata </w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(da allegare solo nel caso di affidamento di servizi di </w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>progettazione parziali</w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007627EA" w:rsidRPr="008F7705" w:rsidRDefault="00A32331" w:rsidP="00EC10F8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">copia completa del progetto esecutivo approvato </w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(da allegare solo nel caso di affidamento di </w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>servizi attinenti alla fase esecutiva dei lavori</w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007627EA" w:rsidRPr="007627EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03C86" w:rsidRDefault="00A03C86" w:rsidP="00A32331">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D5B52" w:rsidRDefault="00631043" w:rsidP="00A32331">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00631043">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Distinti saluti</w:t>
       </w:r>
       <w:r w:rsidR="00137847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C36CC8" w:rsidRDefault="00C36CC8" w:rsidP="00766513">
+    <w:p w:rsidR="00B278E7" w:rsidRDefault="00B278E7" w:rsidP="00EC10F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10018" w:type="dxa"/>
+        <w:tblW w:w="9853" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4962"/>
-        <w:gridCol w:w="5056"/>
+        <w:gridCol w:w="4815"/>
+        <w:gridCol w:w="5038"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C36B5" w:rsidTr="00C36CC8">
+      <w:tr w:rsidR="005C36B5" w:rsidTr="00945196">
         <w:trPr>
-          <w:trHeight w:val="1005"/>
+          <w:trHeight w:val="55"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcW w:w="4815" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C36B5" w:rsidRDefault="005C36B5" w:rsidP="00C36CC8">
+          <w:p w:rsidR="005C36B5" w:rsidRPr="007627EA" w:rsidRDefault="005C36B5" w:rsidP="0023757D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="313" w:right="420"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00143B49">
+            <w:r w:rsidRPr="007627EA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:i/>
               </w:rPr>
               <w:t>Il Dirigente</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D93DB9" w:rsidRPr="00143B49" w:rsidRDefault="00D93DB9" w:rsidP="00C36CC8">
+          <w:p w:rsidR="007627EA" w:rsidRPr="00143B49" w:rsidRDefault="007627EA" w:rsidP="0023757D">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="313" w:right="420"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F31DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F31DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>documento</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00F31DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> firmato digitalmente)</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:id w:val="-1417019736"/>
               <w:placeholder>
-                <w:docPart w:val="BBBFD0ECEE984C51A57B6F2A2A5BA3A5"/>
+                <w:docPart w:val="99D1BF8D63AC4C1C9B1E893A970839C7"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="008113DC" w:rsidRDefault="008113DC" w:rsidP="00C36CC8">
+              <w:p w:rsidR="008113DC" w:rsidRDefault="008113DC" w:rsidP="0023757D">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+                  <w:ind w:left="318"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E78FD">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:i/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Inserire nominativo</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="005C36B5" w:rsidRPr="00143B49" w:rsidRDefault="005C36B5" w:rsidP="00766513">
+          <w:p w:rsidR="005C36B5" w:rsidRPr="00143B49" w:rsidRDefault="005C36B5" w:rsidP="00EC10F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="2268"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5056" w:type="dxa"/>
+            <w:tcW w:w="5038" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C36B5" w:rsidRPr="00F31DE7" w:rsidRDefault="005C36B5" w:rsidP="00C36CC8">
+          <w:p w:rsidR="005C36B5" w:rsidRPr="007627EA" w:rsidRDefault="005C36B5" w:rsidP="0023757D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="33"/>
+              <w:ind w:left="175"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F31DE7">
+            <w:r w:rsidRPr="007627EA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Il Responsabile unico del </w:t>
             </w:r>
-            <w:r w:rsidR="00BA2E14" w:rsidRPr="00F31DE7">
+            <w:r w:rsidR="005D2DAF" w:rsidRPr="007627EA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>progetto</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F31DE7" w:rsidRPr="00F31DE7" w:rsidRDefault="00F31DE7" w:rsidP="00C36CC8">
+          <w:p w:rsidR="007627EA" w:rsidRPr="00143B49" w:rsidRDefault="007627EA" w:rsidP="007627EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="33"/>
+              <w:ind w:left="176"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F31DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F31DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>documento</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00F31DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> firmato digitalmente)</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:id w:val="-2052836922"/>
               <w:placeholder>
-                <w:docPart w:val="922E312489E24A15B426369B0F8E8E53"/>
+                <w:docPart w:val="93320A56072043C7A3954F36AA3565CB"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="008113DC" w:rsidRDefault="008113DC" w:rsidP="00C36CC8">
+              <w:p w:rsidR="008113DC" w:rsidRDefault="008113DC" w:rsidP="0023757D">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-                  <w:ind w:left="33"/>
+                  <w:ind w:left="180"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E78FD">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:i/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Inserire nominativo</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="005C36B5" w:rsidRPr="00143B49" w:rsidRDefault="008113DC" w:rsidP="00766513">
+          <w:p w:rsidR="005C36B5" w:rsidRPr="00143B49" w:rsidRDefault="005C36B5" w:rsidP="007627EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="2268"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00143B49">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00447E9A" w:rsidRPr="00447E9A" w:rsidRDefault="00447E9A" w:rsidP="00A755C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00447E9A" w:rsidRPr="00447E9A" w:rsidSect="00F47F69">
+    <w:sectPr w:rsidR="00447E9A" w:rsidRPr="00447E9A" w:rsidSect="00945196">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B445B0" w:rsidRDefault="00B445B0" w:rsidP="001D52BE">
+    <w:p w:rsidR="009944B2" w:rsidRDefault="009944B2" w:rsidP="001D52BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B445B0" w:rsidRDefault="00B445B0" w:rsidP="001D52BE">
+    <w:p w:rsidR="009944B2" w:rsidRDefault="009944B2" w:rsidP="001D52BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1829,138 +1894,138 @@
               <w:rFonts w:ascii="BellGothic" w:hAnsi="BellGothic"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="15"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="BellGothic" w:hAnsi="BellGothic"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="15"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="BellGothic" w:hAnsi="BellGothic"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="15"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="003261F5">
+          <w:r w:rsidR="00945196">
             <w:rPr>
               <w:rFonts w:ascii="BellGothic" w:hAnsi="BellGothic"/>
               <w:noProof/>
               <w:sz w:val="15"/>
               <w:szCs w:val="15"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="BellGothic" w:hAnsi="BellGothic"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="15"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00446BA6" w:rsidRPr="001D52BE" w:rsidRDefault="00446BA6" w:rsidP="001D52BE">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B445B0" w:rsidRDefault="00B445B0" w:rsidP="001D52BE">
+    <w:p w:rsidR="009944B2" w:rsidRDefault="009944B2" w:rsidP="001D52BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B445B0" w:rsidRDefault="00B445B0" w:rsidP="001D52BE">
+    <w:p w:rsidR="009944B2" w:rsidRDefault="009944B2" w:rsidP="001D52BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00446BA6" w:rsidRPr="001D52BE" w:rsidRDefault="00446BA6" w:rsidP="001D52BE">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="812"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="it-IT"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1948F229" wp14:editId="1E7ECB5D">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19DF67CF" wp14:editId="2A9E3163">
           <wp:extent cx="3457996" cy="916601"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1" name="Immagine 1"/>
+          <wp:docPr id="7" name="Immagine 7"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 26"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -1995,51 +2060,51 @@
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="2799576E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACB0650E"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04100003">
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
       <w:start w:val="1"/>
@@ -2093,562 +2158,447 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5FCE19FB"/>
+    <w:nsid w:val="64D46F7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F508E5B4"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="CCBCE006"/>
+    <w:lvl w:ilvl="0" w:tplc="1B4C9514">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1636" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2356" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3076" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3796" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4516" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5236" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5956" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6676" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="360"/>
-[...110 lines deleted...]
-      <w:pPr>
         <w:ind w:left="7396" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="40961"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B445B0"/>
+    <w:rsidRoot w:val="009944B2"/>
     <w:rsid w:val="000005D5"/>
     <w:rsid w:val="00022457"/>
     <w:rsid w:val="0002707A"/>
     <w:rsid w:val="0003161D"/>
     <w:rsid w:val="00063781"/>
     <w:rsid w:val="00074DCB"/>
     <w:rsid w:val="000A3A42"/>
     <w:rsid w:val="000A3B9E"/>
     <w:rsid w:val="000B6A87"/>
     <w:rsid w:val="000F0701"/>
     <w:rsid w:val="000F3C49"/>
     <w:rsid w:val="000F4336"/>
-    <w:rsid w:val="000F5817"/>
     <w:rsid w:val="00107143"/>
     <w:rsid w:val="00110F45"/>
     <w:rsid w:val="00112B51"/>
     <w:rsid w:val="0011685B"/>
     <w:rsid w:val="00127B14"/>
     <w:rsid w:val="00137847"/>
     <w:rsid w:val="00143B49"/>
     <w:rsid w:val="00151AFD"/>
-    <w:rsid w:val="00155AEA"/>
     <w:rsid w:val="00160070"/>
     <w:rsid w:val="001611BD"/>
     <w:rsid w:val="00181C3E"/>
-    <w:rsid w:val="001820A7"/>
     <w:rsid w:val="001B3388"/>
     <w:rsid w:val="001B6385"/>
     <w:rsid w:val="001D1EC9"/>
     <w:rsid w:val="001D52BE"/>
     <w:rsid w:val="001E5362"/>
     <w:rsid w:val="002211DF"/>
     <w:rsid w:val="00223EA2"/>
     <w:rsid w:val="00227B95"/>
     <w:rsid w:val="002373D0"/>
+    <w:rsid w:val="0023757D"/>
     <w:rsid w:val="002529E5"/>
     <w:rsid w:val="0025371F"/>
     <w:rsid w:val="00297A49"/>
     <w:rsid w:val="002A46D0"/>
     <w:rsid w:val="002B25C2"/>
     <w:rsid w:val="002B7E79"/>
     <w:rsid w:val="002E631A"/>
-    <w:rsid w:val="00303DCD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003261F5"/>
+    <w:rsid w:val="00307FBB"/>
+    <w:rsid w:val="00332B0D"/>
     <w:rsid w:val="00334998"/>
-    <w:rsid w:val="00343410"/>
+    <w:rsid w:val="0034244D"/>
     <w:rsid w:val="00352ABF"/>
     <w:rsid w:val="003539F8"/>
     <w:rsid w:val="00356373"/>
     <w:rsid w:val="003703E0"/>
+    <w:rsid w:val="00392AD6"/>
     <w:rsid w:val="003D5B52"/>
+    <w:rsid w:val="003E0E33"/>
     <w:rsid w:val="003E1486"/>
     <w:rsid w:val="003E3C15"/>
     <w:rsid w:val="003F012E"/>
     <w:rsid w:val="00421D71"/>
     <w:rsid w:val="00425FEB"/>
     <w:rsid w:val="00446BA6"/>
     <w:rsid w:val="00447E9A"/>
     <w:rsid w:val="0045608D"/>
     <w:rsid w:val="00465ECB"/>
-    <w:rsid w:val="00480EE7"/>
-    <w:rsid w:val="00483F0B"/>
     <w:rsid w:val="0049501A"/>
     <w:rsid w:val="004B1C02"/>
-    <w:rsid w:val="004B63FE"/>
     <w:rsid w:val="004C0156"/>
     <w:rsid w:val="004C70F4"/>
     <w:rsid w:val="004D0A50"/>
     <w:rsid w:val="004E0239"/>
     <w:rsid w:val="00504AA7"/>
     <w:rsid w:val="00507C00"/>
     <w:rsid w:val="00521FCD"/>
     <w:rsid w:val="00553B2D"/>
     <w:rsid w:val="005547BE"/>
     <w:rsid w:val="00566832"/>
     <w:rsid w:val="005729E3"/>
     <w:rsid w:val="005809C4"/>
     <w:rsid w:val="00583268"/>
+    <w:rsid w:val="00593BC7"/>
     <w:rsid w:val="00597102"/>
-    <w:rsid w:val="005B4599"/>
+    <w:rsid w:val="005B1D35"/>
     <w:rsid w:val="005B716B"/>
+    <w:rsid w:val="005C2D3C"/>
     <w:rsid w:val="005C36B5"/>
     <w:rsid w:val="005C7DA2"/>
+    <w:rsid w:val="005D2DAF"/>
     <w:rsid w:val="005D411E"/>
     <w:rsid w:val="005D63E1"/>
     <w:rsid w:val="005F647A"/>
+    <w:rsid w:val="00607C58"/>
     <w:rsid w:val="00611136"/>
     <w:rsid w:val="0061789A"/>
     <w:rsid w:val="00631043"/>
     <w:rsid w:val="00642FD2"/>
     <w:rsid w:val="0065000A"/>
     <w:rsid w:val="00664D9C"/>
     <w:rsid w:val="00666A22"/>
     <w:rsid w:val="006A0807"/>
-    <w:rsid w:val="006C4B08"/>
     <w:rsid w:val="006D14E2"/>
     <w:rsid w:val="006E1DD3"/>
+    <w:rsid w:val="006F30B2"/>
     <w:rsid w:val="00701E07"/>
     <w:rsid w:val="007209B5"/>
-    <w:rsid w:val="00727A8C"/>
-    <w:rsid w:val="00766513"/>
+    <w:rsid w:val="0074776F"/>
+    <w:rsid w:val="007627EA"/>
     <w:rsid w:val="00781AA5"/>
     <w:rsid w:val="00785A1D"/>
     <w:rsid w:val="007909F7"/>
     <w:rsid w:val="007A7DC1"/>
     <w:rsid w:val="007B1B33"/>
-    <w:rsid w:val="007B539D"/>
     <w:rsid w:val="007D6578"/>
     <w:rsid w:val="007E75B7"/>
+    <w:rsid w:val="007E7FDE"/>
     <w:rsid w:val="008113DC"/>
     <w:rsid w:val="00811C3E"/>
     <w:rsid w:val="00822D4B"/>
-    <w:rsid w:val="0082543F"/>
     <w:rsid w:val="00843FB6"/>
     <w:rsid w:val="00845613"/>
     <w:rsid w:val="0085277F"/>
     <w:rsid w:val="00860085"/>
     <w:rsid w:val="00866E3A"/>
     <w:rsid w:val="00894F26"/>
     <w:rsid w:val="008C2302"/>
-    <w:rsid w:val="008D04EE"/>
+    <w:rsid w:val="008D2368"/>
     <w:rsid w:val="008F0897"/>
     <w:rsid w:val="008F577D"/>
+    <w:rsid w:val="008F7705"/>
     <w:rsid w:val="009036D0"/>
     <w:rsid w:val="009050A5"/>
     <w:rsid w:val="00924555"/>
     <w:rsid w:val="00925417"/>
     <w:rsid w:val="00927743"/>
     <w:rsid w:val="00934F76"/>
     <w:rsid w:val="00935236"/>
     <w:rsid w:val="0093523E"/>
     <w:rsid w:val="0094360A"/>
     <w:rsid w:val="0094381E"/>
+    <w:rsid w:val="00945196"/>
     <w:rsid w:val="00945EF4"/>
     <w:rsid w:val="00970898"/>
-    <w:rsid w:val="00976F4C"/>
-    <w:rsid w:val="00977C56"/>
     <w:rsid w:val="00993A89"/>
+    <w:rsid w:val="009944B2"/>
     <w:rsid w:val="009A198B"/>
     <w:rsid w:val="009C315C"/>
     <w:rsid w:val="009C54D9"/>
     <w:rsid w:val="009E039F"/>
     <w:rsid w:val="009E7C4C"/>
     <w:rsid w:val="00A012A6"/>
     <w:rsid w:val="00A03C86"/>
     <w:rsid w:val="00A07BDA"/>
     <w:rsid w:val="00A10841"/>
     <w:rsid w:val="00A15ACB"/>
-    <w:rsid w:val="00A24634"/>
     <w:rsid w:val="00A303CE"/>
     <w:rsid w:val="00A30943"/>
-    <w:rsid w:val="00A32343"/>
+    <w:rsid w:val="00A32331"/>
     <w:rsid w:val="00A37EC2"/>
     <w:rsid w:val="00A755C9"/>
     <w:rsid w:val="00A75D9B"/>
+    <w:rsid w:val="00A83093"/>
     <w:rsid w:val="00A90500"/>
     <w:rsid w:val="00AA4BA4"/>
     <w:rsid w:val="00AB3BDB"/>
+    <w:rsid w:val="00AD7FCB"/>
     <w:rsid w:val="00AF31C1"/>
+    <w:rsid w:val="00B11F48"/>
+    <w:rsid w:val="00B278E7"/>
     <w:rsid w:val="00B327AE"/>
-    <w:rsid w:val="00B445B0"/>
     <w:rsid w:val="00B704A2"/>
     <w:rsid w:val="00B728BC"/>
     <w:rsid w:val="00BA1437"/>
-    <w:rsid w:val="00BA2E14"/>
     <w:rsid w:val="00BC29B6"/>
+    <w:rsid w:val="00BD0B68"/>
     <w:rsid w:val="00BD2344"/>
     <w:rsid w:val="00BE594E"/>
     <w:rsid w:val="00BE5EC0"/>
     <w:rsid w:val="00BF4F5B"/>
     <w:rsid w:val="00BF6B27"/>
-    <w:rsid w:val="00C36CC8"/>
     <w:rsid w:val="00C37971"/>
     <w:rsid w:val="00C47AA1"/>
     <w:rsid w:val="00C70294"/>
     <w:rsid w:val="00C7170D"/>
     <w:rsid w:val="00C85C56"/>
     <w:rsid w:val="00CA6B0A"/>
     <w:rsid w:val="00CB1852"/>
     <w:rsid w:val="00CC3F05"/>
     <w:rsid w:val="00CD1A61"/>
     <w:rsid w:val="00CF673B"/>
-    <w:rsid w:val="00D01961"/>
     <w:rsid w:val="00D0622B"/>
     <w:rsid w:val="00D14528"/>
     <w:rsid w:val="00D26579"/>
     <w:rsid w:val="00D3235A"/>
     <w:rsid w:val="00D40998"/>
     <w:rsid w:val="00D44EF1"/>
     <w:rsid w:val="00D56432"/>
     <w:rsid w:val="00D6145E"/>
     <w:rsid w:val="00D712AC"/>
     <w:rsid w:val="00D73716"/>
-    <w:rsid w:val="00D93DB9"/>
+    <w:rsid w:val="00D7533F"/>
     <w:rsid w:val="00D9402A"/>
+    <w:rsid w:val="00DA1499"/>
     <w:rsid w:val="00DB6618"/>
     <w:rsid w:val="00DD36AD"/>
     <w:rsid w:val="00DD3F7B"/>
     <w:rsid w:val="00DF6914"/>
-    <w:rsid w:val="00E230BE"/>
     <w:rsid w:val="00E321CD"/>
     <w:rsid w:val="00E40E77"/>
     <w:rsid w:val="00E434F9"/>
     <w:rsid w:val="00E5341C"/>
     <w:rsid w:val="00E56E49"/>
-    <w:rsid w:val="00E57FA8"/>
     <w:rsid w:val="00E827B0"/>
     <w:rsid w:val="00E8659B"/>
     <w:rsid w:val="00E923B2"/>
     <w:rsid w:val="00EB0BA3"/>
+    <w:rsid w:val="00EC10F8"/>
     <w:rsid w:val="00EC2AF8"/>
     <w:rsid w:val="00F0398F"/>
-    <w:rsid w:val="00F31DE7"/>
-    <w:rsid w:val="00F439F0"/>
     <w:rsid w:val="00F43A75"/>
     <w:rsid w:val="00F47F69"/>
+    <w:rsid w:val="00F6518D"/>
+    <w:rsid w:val="00F71366"/>
     <w:rsid w:val="00F735D8"/>
     <w:rsid w:val="00F840FD"/>
+    <w:rsid w:val="00FA19CF"/>
     <w:rsid w:val="00FB560C"/>
     <w:rsid w:val="00FE03CD"/>
     <w:rsid w:val="00FE0D00"/>
     <w:rsid w:val="00FE7590"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="40961"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{7312D9B7-7905-4B3E-A244-8B3853F5B0AD}"/>
+  <w15:docId w15:val="{E4803ACB-44E4-4563-AA1D-048D229963AF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3007,51 +2957,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
@@ -3167,224 +3116,187 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
     <w:name w:val="Piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Pidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001D52BE"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00701E07"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="209193860">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="556866471">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1160999926">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1742674130">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="21067C08ADBE44718BEFF4B88F4FB54C"/>
+        <w:name w:val="DFA40097341242EBA0F9631774E266F4"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B0B0E1B1-4294-4C90-9CF4-52EA71C6DE77}"/>
+        <w:guid w:val="{6405DF5A-23CA-4111-A807-447CEF29FC45}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006C6232" w:rsidRDefault="006C6232" w:rsidP="006C6232">
+        <w:p w:rsidR="00197EC6" w:rsidRDefault="00791010" w:rsidP="00791010">
           <w:pPr>
-            <w:pStyle w:val="21067C08ADBE44718BEFF4B88F4FB54C1"/>
+            <w:pStyle w:val="DFA40097341242EBA0F9631774E266F41"/>
           </w:pPr>
           <w:r w:rsidRPr="00B97974">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i/>
               <w:color w:val="FF0000"/>
             </w:rPr>
-            <w:t>indicare oggetto dei lavori.</w:t>
+            <w:t>indicare oggetto dei servizi.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="BBBFD0ECEE984C51A57B6F2A2A5BA3A5"/>
+        <w:name w:val="99D1BF8D63AC4C1C9B1E893A970839C7"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2D586476-C470-47EB-99FF-AFCD7182AB84}"/>
+        <w:guid w:val="{A52A9BC4-FE7F-40AE-AD10-0CDAB07079A7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006C6232" w:rsidRDefault="006C6232" w:rsidP="006C6232">
+        <w:p w:rsidR="00197EC6" w:rsidRDefault="00791010" w:rsidP="00791010">
           <w:pPr>
-            <w:pStyle w:val="BBBFD0ECEE984C51A57B6F2A2A5BA3A51"/>
+            <w:pStyle w:val="99D1BF8D63AC4C1C9B1E893A970839C71"/>
           </w:pPr>
           <w:r w:rsidRPr="001E78FD">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Inserire nominativo</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="922E312489E24A15B426369B0F8E8E53"/>
+        <w:name w:val="93320A56072043C7A3954F36AA3565CB"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0B7E33B6-FBF1-4D1B-9736-D6901CA6E1A5}"/>
+        <w:guid w:val="{063C87C2-ED03-4C26-883E-32A4C8F30059}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006C6232" w:rsidRDefault="006C6232" w:rsidP="006C6232">
+        <w:p w:rsidR="00197EC6" w:rsidRDefault="00791010" w:rsidP="00791010">
           <w:pPr>
-            <w:pStyle w:val="922E312489E24A15B426369B0F8E8E531"/>
+            <w:pStyle w:val="93320A56072043C7A3954F36AA3565CB1"/>
           </w:pPr>
           <w:r w:rsidRPr="001E78FD">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Inserire nominativo</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3443,53 +3355,53 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006C6232"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009950A0"/>
+    <w:rsidRoot w:val="00791010"/>
+    <w:rsid w:val="00197EC6"/>
+    <w:rsid w:val="00791010"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
@@ -3892,110 +3804,96 @@
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Testosegnaposto">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006C6232"/>
+    <w:rsid w:val="00791010"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6FC23AC7B2054DC8BE5768B5DC7DE682">
-    <w:name w:val="6FC23AC7B2054DC8BE5768B5DC7DE682"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F1AB9298CCD490EA7C67F2C7607C1D6">
+    <w:name w:val="7F1AB9298CCD490EA7C67F2C7607C1D6"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F3311D2CE6E4B0D88AF1BF9B7DA17E3">
-    <w:name w:val="1F3311D2CE6E4B0D88AF1BF9B7DA17E3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="37C2A9D3EC27489CA2CAB535C54D2FBC">
+    <w:name w:val="37C2A9D3EC27489CA2CAB535C54D2FBC"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21067C08ADBE44718BEFF4B88F4FB54C">
-    <w:name w:val="21067C08ADBE44718BEFF4B88F4FB54C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DFA40097341242EBA0F9631774E266F4">
+    <w:name w:val="DFA40097341242EBA0F9631774E266F4"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CDF4C4C58DA4696BBBB3688ECD63466">
-    <w:name w:val="7CDF4C4C58DA4696BBBB3688ECD63466"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD06C659949849A08683FA673D70F826">
+    <w:name w:val="FD06C659949849A08683FA673D70F826"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BBBFD0ECEE984C51A57B6F2A2A5BA3A5">
-    <w:name w:val="BBBFD0ECEE984C51A57B6F2A2A5BA3A5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="99D1BF8D63AC4C1C9B1E893A970839C7">
+    <w:name w:val="99D1BF8D63AC4C1C9B1E893A970839C7"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="922E312489E24A15B426369B0F8E8E53">
-    <w:name w:val="922E312489E24A15B426369B0F8E8E53"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="93320A56072043C7A3954F36AA3565CB">
+    <w:name w:val="93320A56072043C7A3954F36AA3565CB"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21067C08ADBE44718BEFF4B88F4FB54C1">
-[...1 lines deleted...]
-    <w:rsid w:val="006C6232"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DFA40097341242EBA0F9631774E266F41">
+    <w:name w:val="DFA40097341242EBA0F9631774E266F41"/>
+    <w:rsid w:val="00791010"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BBBFD0ECEE984C51A57B6F2A2A5BA3A51">
-[...1 lines deleted...]
-    <w:rsid w:val="006C6232"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="99D1BF8D63AC4C1C9B1E893A970839C71">
+    <w:name w:val="99D1BF8D63AC4C1C9B1E893A970839C71"/>
+    <w:rsid w:val="00791010"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="922E312489E24A15B426369B0F8E8E531">
-[...1 lines deleted...]
-    <w:rsid w:val="006C6232"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="93320A56072043C7A3954F36AA3565CB1">
+    <w:name w:val="93320A56072043C7A3954F36AA3565CB1"/>
+    <w:rsid w:val="00791010"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
-  </w:style>
-[...12 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -4253,66 +4151,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>285</Words>
-  <Characters>1625</Characters>
+  <Words>340</Words>
+  <Characters>1944</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Regione Autonoma Valle d'Aosta</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1907</CharactersWithSpaces>
+  <CharactersWithSpaces>2280</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Marisa COVOLO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>