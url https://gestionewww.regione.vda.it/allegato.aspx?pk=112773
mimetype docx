--- v0 (2025-12-06)
+++ v1 (2026-02-06)
@@ -1,21655 +1,3776 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="06D4CD75" w14:textId="77777777" w:rsidR="000D36C0" w:rsidRPr="00DC7328" w:rsidRDefault="003E3381" w:rsidP="003E3381">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="06E28FD6" w14:textId="3DC9598C" w:rsidR="00184165" w:rsidRPr="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="CCCCCC"/>
+        </w:pBdr>
+        <w:spacing w:before="150" w:after="0" w:line="264" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Contribut</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7259">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7259">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>per l’organizzazione del raduno annuale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>RENDICONTO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ann</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7259">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>o 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB4C93A" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="24" w:space="6" w:color="DFE2E6"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFF0F1"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>procedimento di liquidazione d</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7259">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">CONTRIBUTO </w:t>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saldo del </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>CONTRIBUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7259">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PER </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7259">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>l’organizzazi</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3822">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7259">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>ne del raduno annuale delle bande musicali della valle d’aosta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DI CUI ALLA LEGGE REGIONALE </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7259">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>20 agosto 1993</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, N. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7259">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>69</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E01AB7B" w14:textId="348215E5" w:rsidR="000D36C0" w:rsidRPr="00DC7328" w:rsidRDefault="009F3B6C" w:rsidP="003E3381">
-[...60 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="7E9890A8" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DF26E06" w14:textId="183FEAA1" w:rsidR="00D2497B" w:rsidRPr="004D1CF6" w:rsidRDefault="00D2497B" w:rsidP="00DE1036">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amministrazione competente: Regione autonoma Valle d’Aosta – </w:t>
+      </w:r>
+      <w:r w:rsidR="00945311" w:rsidRPr="00DA16E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Assessorato Istruzione, Cultura e Politiche</w:t>
+      </w:r>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E3381" w:rsidRPr="00DC7328">
-[...35 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00945311" w:rsidRPr="00DA16E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Identitarie</w:t>
+      </w:r>
+      <w:r w:rsidR="00945311" w:rsidRPr="00DE6C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00DE1036">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>– Struttura attività culturali.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3CCDE0E3" w14:textId="77777777" w:rsidR="00DC7328" w:rsidRDefault="00D13581" w:rsidP="003E3381">
-[...765 lines deleted...]
-        <w:pStyle w:val="Corpodeltesto2"/>
+    <w:p w14:paraId="1873B2B9" w14:textId="427E4C3E" w:rsidR="00D2497B" w:rsidRPr="004D1CF6" w:rsidRDefault="00D2497B" w:rsidP="00EB245C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9072"/>
-[...3 lines deleted...]
-        <w:ind w:left="426" w:hanging="426"/>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>La manifestazione oggetto del contributo si è tenuta in data ______________;</w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Oggetto del procedimento: Presentazione della domanda di liquidazione del saldo del contributo 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a sostegno </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7259">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>dell’organizzazione del raduno annuale delle bande musicali della Valle d’Aosta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAF2A53" w14:textId="77777777" w:rsidR="0017460B" w:rsidRDefault="0017460B" w:rsidP="0017460B">
-[...19 lines deleted...]
-        <w:pStyle w:val="Corpodeltesto2"/>
+    <w:p w14:paraId="299C352E" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00EB245C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9072"/>
-[...3 lines deleted...]
-        <w:ind w:left="426" w:hanging="426"/>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...31 lines deleted...]
-        <w:t>:</w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Il res</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE1036">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>ponsabile del procedimento</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE1036" w:rsidRPr="00DE1036">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2420">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>la dott.ssa Alessia Favre</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE1036" w:rsidRPr="00DE1036">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>in qualità di responsabile della Struttura attività culturali.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D9427D" w14:textId="77777777" w:rsidR="000F51B1" w:rsidRDefault="000F51B1" w:rsidP="000F51B1">
-[...10 lines deleted...]
-        <w:pStyle w:val="Corpodeltesto2"/>
+    <w:p w14:paraId="68B0F49C" w14:textId="023FBF2B" w:rsidR="00EB245C" w:rsidRPr="004D1CF6" w:rsidRDefault="00EB245C" w:rsidP="00EB245C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9072"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-      </w:r>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-        <w:t>;</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il responsabile dell’istruttoria </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB245C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">è la sig.ra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB245C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Ponsetti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB245C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ilaria.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D872B3" w14:textId="77777777" w:rsidR="000F51B1" w:rsidRDefault="000F51B1" w:rsidP="000F51B1">
-[...19 lines deleted...]
-        <w:pStyle w:val="Corpodeltesto2"/>
+    <w:p w14:paraId="67A4E8C6" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="004D1CF6" w:rsidRDefault="00EB245C" w:rsidP="00EB245C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9072"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> dichiarate in sede consuntiva;</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2497B" w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>l termine per la conclusione del procedimento di liquidazione del saldo è fissato in 30 giorni a decorrere dalla data di presentazione delle domande di liquidazione. Detto termine è prorogato o sospeso secondo quanto previsto dalla legge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B28D31" w14:textId="77777777" w:rsidR="000F51B1" w:rsidRDefault="000F51B1" w:rsidP="000F51B1">
-[...10 lines deleted...]
-        <w:pStyle w:val="Corpodeltesto2"/>
+    <w:p w14:paraId="3C82E78B" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="004D1CF6" w:rsidRDefault="00D2497B" w:rsidP="00EB245C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9072"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>In caso di inerzia dell’Amministrazione si informa che è possibile proporre ricorso al TAR fintanto che perdura l’inadempimento e, comunque, non oltre un anno dalla scadenza del termine per la conclusione del procedimento (articoli 2, comma 5, della legge 7 agosto 1990, n. 241, e 21bis della legge 6 dicembre 1971, n. 1034.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CDF6B89" w14:textId="77777777" w:rsidR="000F51B1" w:rsidRDefault="000F51B1" w:rsidP="000F51B1">
-[...19 lines deleted...]
-        <w:pStyle w:val="Corpodeltesto2"/>
+    <w:p w14:paraId="04F9A3C1" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00EB245C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9072"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...11 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>L’Ufficio in cui si può prendere visione degli atti: Struttura attività culturali.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780BD7EF" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="004D1CF6" w:rsidRDefault="00D2497B" w:rsidP="00EB245C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7967EE32" w14:textId="0211D64B" w:rsidR="00D2497B" w:rsidRPr="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="24" w:space="6" w:color="DFE2E6"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFF0F1"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>MODALITÀ di presentazione della domanda di liquidazione d</w:t>
+      </w:r>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saldo del contributo anno 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2329F677" w14:textId="284AC805" w:rsidR="00D2497B" w:rsidRPr="004D1CF6" w:rsidRDefault="00D2497B" w:rsidP="00945311">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>I soggetti beneficiari devono presentare la domand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>a di liquidazione del saldo 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utilizzando l’apposito modulo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BE10847" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="004D1CF6" w:rsidRDefault="00D2497B" w:rsidP="00945311">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t> Dovranno essere utilizzati esclusivamente i modelli previsti dall’Amministrazione.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2307457D" w14:textId="4D021047" w:rsidR="00D2497B" w:rsidRPr="004D1CF6" w:rsidRDefault="00D2497B" w:rsidP="00945311">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t> La domanda di liquidazione del saldo 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, corredata degli allegati necessari, va presentata alla Struttura attività culturali </w:t>
+      </w:r>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>dell’</w:t>
+      </w:r>
+      <w:r w:rsidR="00945311" w:rsidRPr="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assessorato Istruzione, Cultura e Politiche Identitarie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1036">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">della Regione autonoma Valle d’Aosta, </w:t>
+      </w:r>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Piazza </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Roncas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1036">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11100 AOSTA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6901A101" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="004D1CF6" w:rsidRDefault="00D2497B" w:rsidP="00945311">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il rendiconto </w:t>
+      </w:r>
+      <w:r w:rsidR="00045CED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>deve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> essere presentato mediante invio da casella di posta elettronica certificata, all’indirizzo </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="004D1CF6">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9F0000"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="it-IT"/>
+          </w:rPr>
+          <w:t>cultura@pec.regione.vda.it</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7E8A7FF9" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00945311">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  L’Amministrazione declina ogni responsabilità per la dispersione delle domande di </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2420">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>liquidazione del saldo del</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D1CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contributo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225C60C8" w14:textId="77777777" w:rsidR="00045CED" w:rsidRPr="00D2497B" w:rsidRDefault="00045CED" w:rsidP="00045CED">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CF98CBB" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="24" w:space="6" w:color="DFE2E6"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFF0F1"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>DOVE E A CHI RIVOLGERSI </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0CCC60" w14:textId="77777777" w:rsidR="005B699F" w:rsidRDefault="005B699F" w:rsidP="00DE1036">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B699F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>copia della documentazione contabile, costituita da regolari fatture, ricevute fiscali, scontrini fiscali parlanti (riportanti la Ragione sociale dell’acquirente o la Partita Iva), note per prestazioni occasionali o altri documenti comunque idonei e conformi alla vigente normativa fiscale, relativa all’elenco di cui al punto precedente (</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Assessorato Istruzione, Cultura e Politiche Identitarie </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A3527A" w14:textId="77777777" w:rsidR="000F51B1" w:rsidRDefault="000F51B1" w:rsidP="000F51B1">
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="14BACE80" w14:textId="1279144F" w:rsidR="005B699F" w:rsidRPr="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00DE1036">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1036">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Struttura attività culturali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7DA66050" w14:textId="7D8ED28C" w:rsidR="0017460B" w:rsidRDefault="000F51B1" w:rsidP="000F51B1">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodeltesto2"/>
+    <w:p w14:paraId="7EF009E2" w14:textId="234A29EF" w:rsidR="00D2497B" w:rsidRPr="00D2497B" w:rsidRDefault="00945311" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Piazza </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Roncas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D2497B" w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>, n. 1 - 11100 AOSTA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B81F68" w14:textId="03DCF938" w:rsidR="00D2497B" w:rsidRPr="00045CED" w:rsidRDefault="00D2497B" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00045CED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Tel. +39 – 0165.</w:t>
+      </w:r>
+      <w:r w:rsidR="00945311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>274392</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0799BFD0" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="00045CED" w:rsidRDefault="005B699F" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00D2497B" w:rsidRPr="00045CED">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9F0000"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+          </w:rPr>
+          <w:t>cultura@pec.regione.vda.it</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="306038AC" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="00045CED" w:rsidRDefault="00D2497B" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00045CED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766AFB78" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="24" w:space="6" w:color="DFE2E6"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFF0F1"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>MODULISTICA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="013E1466" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A12C73" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="00D2497B" w:rsidRDefault="00DA3822" w:rsidP="00D2497B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:after="0" w:line="336" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...22 lines deleted...]
-        <w:t>recedente</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Modulo</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2497B" w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...49 lines deleted...]
-        <w:t>;</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>di rendicontazione</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455DE21E" w14:textId="77777777" w:rsidR="000F51B1" w:rsidRDefault="000F51B1" w:rsidP="000F51B1">
-[...14 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="533315BD" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:spacing w:before="150" w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56589B33" w14:textId="79A3F804" w:rsidR="006A0CB2" w:rsidRPr="000F51B1" w:rsidRDefault="000F51B1" w:rsidP="000F51B1">
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> un valido documento di identità del sottoscrittore.</w:t>
+    <w:p w14:paraId="69D5D06B" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRPr="00D2497B" w:rsidRDefault="00D2497B" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="24" w:space="6" w:color="DFE2E6"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFF0F1"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2497B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>NORMATIVA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5365D7D7" w14:textId="77777777" w:rsidR="00332232" w:rsidRPr="00D9233C" w:rsidRDefault="00332232" w:rsidP="00332232">
-[...62 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4AA99421" w14:textId="77777777" w:rsidR="00D2497B" w:rsidRDefault="005B699F" w:rsidP="00D2497B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="9F0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...1026 lines deleted...]
-        <w:r w:rsidRPr="00807342">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00D2497B" w:rsidRPr="00D2497B">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9F0000"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
             <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
-          <w:t>segretario_generale@pec.regione.vda.it</w:t>
+          <w:t xml:space="preserve">Legge regionale </w:t>
+        </w:r>
+        <w:r w:rsidR="002263FF">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9F0000"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="it-IT"/>
+          </w:rPr>
+          <w:t>20 agosto 1993</w:t>
+        </w:r>
+        <w:r w:rsidR="00D2497B" w:rsidRPr="00D2497B">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9F0000"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="it-IT"/>
+          </w:rPr>
+          <w:t>, n.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00807342">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="002263FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="9F0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>69</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206718F9" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00807342" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
-[...15542 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId14"/>
+    <w:p w14:paraId="66A4881C" w14:textId="77777777" w:rsidR="00755C29" w:rsidRDefault="00755C29"/>
+    <w:sectPr w:rsidR="00755C29">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="1134" w:bottom="426" w:left="1134" w:header="426" w:footer="720" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:titlePg/>
+      <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...17 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Palatino Linotype">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...37 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...385 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00EC1748"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="00434592"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="674A04FE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04100003">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="034647CC"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+    <w:nsid w:val="042E05E9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C9F4481A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...86 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0966450F"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="063122D6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2D2C4B44"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="222E6BD7"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:nsid w:val="181A5564"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="35B24082"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="24AD2E97"/>
-[...39 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+    <w:nsid w:val="1AA6128E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="198EB07A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2945" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3665" w:hanging="360"/>
-[...50 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2723353A"/>
-[...16 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+    <w:nsid w:val="2E4B35D9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E9889402"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...86 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="28A0404F"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:nsid w:val="30EA35DD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3F54FCF6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="340" w:hanging="340"/>
-[...8 lines deleted...]
-      <w:lvlText w:val="%2."/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...4 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%4."/>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...4 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%7."/>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...4 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2BA63108"/>
-[...8 lines deleted...]
-        <w:ind w:left="1146" w:hanging="360"/>
+    <w:nsid w:val="49BB5FDF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6ADA8724"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1866" w:hanging="360"/>
-[...86 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="34C352DA"/>
-[...16 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+    <w:nsid w:val="568738D3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="705A9A40"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...86 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="34CE73ED"/>
-[...21 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:nsid w:val="5FF34657"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="77A8FAF0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1420" w:hanging="340"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="38CB7BA5"/>
-[...8 lines deleted...]
-        <w:ind w:left="1183" w:hanging="360"/>
+    <w:nsid w:val="61427ECE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F15E3C68"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04100003">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1903" w:hanging="360"/>
-[...86 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3A3D7651"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="6B1B3E77"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="408CAD9C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...5 lines deleted...]
-      <w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...14 lines deleted...]
-      <w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...5 lines deleted...]
-      <w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...14 lines deleted...]
-      <w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...5 lines deleted...]
-      <w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3D6E62C6"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="7D161362"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A16C14C2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...1033 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="11">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
-[...87 lines deleted...]
-  <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:val="bestFit" w:percent="179"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="709"/>
-  <w:autoHyphenation/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009D0544"/>
-[...272 lines deleted...]
-    <w:rsid w:val="00FF49BF"/>
+    <w:rsidRoot w:val="00D15D5D"/>
+    <w:rsid w:val="00045CED"/>
+    <w:rsid w:val="000D7679"/>
+    <w:rsid w:val="00184165"/>
+    <w:rsid w:val="002263FF"/>
+    <w:rsid w:val="005B699F"/>
+    <w:rsid w:val="00632E14"/>
+    <w:rsid w:val="00755C29"/>
+    <w:rsid w:val="00945311"/>
+    <w:rsid w:val="00D15D5D"/>
+    <w:rsid w:val="00D2497B"/>
+    <w:rsid w:val="00D9597A"/>
+    <w:rsid w:val="00DA3822"/>
+    <w:rsid w:val="00DC3388"/>
+    <w:rsid w:val="00DE1036"/>
+    <w:rsid w:val="00EB245C"/>
+    <w:rsid w:val="00EB7259"/>
+    <w:rsid w:val="00EF2420"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3F5CAE19"/>
-  <w15:docId w15:val="{E2F5BEA9-3BAC-4F81-A32A-00F7E47DCA8B}"/>
+  <w14:docId w14:val="00106398"/>
+  <w15:docId w15:val="{6B2B7E1A-41B0-4D11-AC13-3B3165190B2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:autoSpaceDN w:val="0"/>
-        <w:textAlignment w:val="baseline"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -21672,74 +3793,74 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21764,51 +3885,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -21989,583 +4110,234 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00816A03"/>
-[...50 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SU">
-[...69 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Testofumetto">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normale"/>
-    <w:rPr>
-[...34 lines deleted...]
-    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="TestofumettoCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0029571E"/>
+    <w:rsid w:val="00DE1036"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestofumettoCarattere">
+    <w:name w:val="Testo fumetto Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Testofumetto"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DE1036"/>
     <w:rPr>
-      <w:color w:val="000000"/>
-[...114 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="549070393">
+    <w:div w:id="240913618">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...128 lines deleted...]
-      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="396049466">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="150"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1861432640">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1699231838">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="22050211">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
-  <w:relyOnVML/>
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segretario_generale@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.garanteprivacy.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@regione.vda.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cultura@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consiglio.vda.it/app/leggieregolamenti/dettaglio?pk_lr=1409" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cultura@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cultura@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -22600,262 +4372,210 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14457</Characters>
+  <Pages>2</Pages>
+  <Words>411</Words>
+  <Characters>2346</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>ALL</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>HP</Company>
+  <Company>Regione Autonoma Valle d'Aosta</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16960</CharactersWithSpaces>
+  <CharactersWithSpaces>2752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>ALL</dc:title>
-  <dc:creator>regione lombardia</dc:creator>
+  <dc:creator>Alessia FAVRE</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>