--- v0 (2025-11-05)
+++ v1 (2026-03-07)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="0FACB43D" w14:textId="0C4B4FC5" w:rsidR="009F3B6C" w:rsidRPr="009F3B6C" w:rsidRDefault="003E3381" w:rsidP="003E3381">
+    <w:p w14:paraId="194BF975" w14:textId="77777777" w:rsidR="00531C3B" w:rsidRDefault="003E3381" w:rsidP="003E3381">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">CONTRIBUTO </w:t>
       </w:r>
       <w:r w:rsidR="009F3B6C" w:rsidRPr="009F3B6C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>AI SENSI DELL</w:t>
       </w:r>
       <w:r w:rsidR="008E0FA1">
@@ -117,77 +117,95 @@
         </w:rPr>
         <w:t xml:space="preserve">, N. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="008E0FA1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00D13581">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PER </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B607F2">
+    </w:p>
+    <w:p w14:paraId="0FACB43D" w14:textId="795DA9E7" w:rsidR="009F3B6C" w:rsidRPr="009F3B6C" w:rsidRDefault="00D13581" w:rsidP="003E3381">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>INIZIATIVE A CARATTERE CULTURALE RIVOLTE AI GIOVANI</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve">PER </w:t>
+      </w:r>
+      <w:r w:rsidR="00B607F2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>INIZIATIVE A CARATTERE CULTURALE RIVOLTE AI GIOVANI</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3381">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00B607F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1° OTTOBRE 2</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003E3381">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>02</w:t>
       </w:r>
       <w:r w:rsidR="007B7C06">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00B607F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 30 SETTEMBRE 202</w:t>
       </w:r>
       <w:r w:rsidR="007B7C06">
         <w:rPr>
@@ -599,146 +617,138 @@
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55B55183" w14:textId="77777777" w:rsidR="003E3381" w:rsidRDefault="008F7E56" w:rsidP="003E3381">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F7E56">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CHIEDE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7275EAF5" w14:textId="28C68B30" w:rsidR="00275261" w:rsidRPr="00275261" w:rsidRDefault="00275261" w:rsidP="00275261">
+    <w:p w14:paraId="7275EAF5" w14:textId="691C3941" w:rsidR="00275261" w:rsidRPr="00275261" w:rsidRDefault="00275261" w:rsidP="00275261">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00275261">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">LA LIQUIDAZIONE DEL SALDO DEL CONTRIBUTO CONCESSO CON </w:t>
       </w:r>
-      <w:r w:rsidR="000126BC" w:rsidRPr="00332287">
+      <w:r w:rsidR="000126BC">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PROVVEDIMENTO DIRIGENZIALE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00332287">
+      <w:r w:rsidRPr="00275261">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
-      <w:r w:rsidR="0017460B" w:rsidRPr="00332287">
+      <w:r w:rsidR="0017460B">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00332287">
+      <w:r w:rsidR="00726B6B">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4155 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00332287">
+      <w:r w:rsidRPr="00275261">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">IN DATA </w:t>
       </w:r>
-      <w:r w:rsidR="00332287">
+      <w:r w:rsidR="00726B6B">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>25/07/</w:t>
       </w:r>
-      <w:r w:rsidR="003E3381" w:rsidRPr="00332287">
+      <w:r w:rsidR="003E3381">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00A165D6" w:rsidRPr="00332287">
+      <w:r w:rsidR="00A165D6">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00332287">
+      <w:r w:rsidRPr="00275261">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="530E560F" w14:textId="77777777" w:rsidR="00A165D6" w:rsidRPr="003F73A7" w:rsidRDefault="00A165D6" w:rsidP="00A165D6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F73A7">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">AI SENSI </w:t>
       </w:r>
       <w:r w:rsidRPr="003F73A7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>DELL</w:t>
       </w:r>
@@ -1121,59 +1131,59 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>e)</w:t>
       </w:r>
       <w:r w:rsidRPr="009D2672">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quietanza della documentazione di spesa di cui al punto precedente </w:t>
       </w:r>
       <w:r w:rsidRPr="009D2672">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(d)</w:t>
       </w:r>
       <w:r w:rsidRPr="009D2672">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, fino alla concorrenza dell’importo del contributo regionale assegnato, costituita dall’estratto conto bancario con </w:t>
+        <w:t>, fino alla concorrenza dell’importo del contributo regionale assegnato, costituita dall’estratto conto bancario con evidenza dell’effettivo e definitivo addebito o della ri.ba ovvero dell’assegno con il quale è sta</w:t>
       </w:r>
       <w:r w:rsidRPr="009D2672">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>evidenza dell’effettivo e definitivo addebito o della ri.ba ovvero dell’assegno con il quale è stato effettuato il pagamento ovvero dall’estratto conto del pagamento effettuato con carta di credito intestata al beneficiario</w:t>
+        <w:t>to effettuato il pagamento ovvero dall’estratto conto del pagamento effettuato con carta di credito intestata al beneficiario</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E82115F" w14:textId="290D8231" w:rsidR="0017460B" w:rsidRPr="0033098B" w:rsidRDefault="00F77986" w:rsidP="0033098B">
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="9072"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DICHIARA, altresì</w:t>
@@ -2123,133 +2133,108 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="400" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="439F1FCA" w14:textId="77777777" w:rsidR="009D2672" w:rsidRDefault="009D2672" w:rsidP="00426D8C">
+    <w:p w14:paraId="4518AAD4" w14:textId="77777777" w:rsidR="009D2672" w:rsidRDefault="009D2672" w:rsidP="00426D8C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="400" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4518AAD4" w14:textId="77777777" w:rsidR="009D2672" w:rsidRDefault="009D2672" w:rsidP="00426D8C">
+    <w:p w14:paraId="2116323E" w14:textId="62BE99A1" w:rsidR="00426D8C" w:rsidRPr="0002437F" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="400" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...18 lines deleted...]
-        <w:textAlignment w:val="auto"/>
+      <w:r w:rsidRPr="0002437F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">INFORMATIVA AI SENSI DELL’ART. 13 DEL REGOLAMENTO UE 2016/679 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D251FD0" w14:textId="77777777" w:rsidR="009D2672" w:rsidRDefault="009D2672" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B92370F" w14:textId="582B388B" w:rsidR="00426D8C" w:rsidRPr="0002437F" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -3167,51 +3152,50 @@
           <w:tcPr>
             <w:tcW w:w="3297" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0188B7D0" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRDefault="00426D8C" w:rsidP="005E7788">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002437F">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(firma)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7500643A" w14:textId="77777777" w:rsidR="002C2945" w:rsidRDefault="002C2945" w:rsidP="005E7788">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2B11F1B8" w14:textId="77777777" w:rsidR="002C2945" w:rsidRDefault="002C2945" w:rsidP="005E7788">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A72ED64" w14:textId="77777777" w:rsidR="002C2945" w:rsidRDefault="002C2945" w:rsidP="005E7788">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
@@ -3304,50 +3288,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="410D0FF4" w14:textId="77777777" w:rsidR="006770BF" w:rsidRPr="005D37FE" w:rsidRDefault="006770BF" w:rsidP="006770BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D37FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BB178CA" wp14:editId="5273A3E4">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>57785</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>635</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="431800" cy="492760"/>
                   <wp:effectExtent l="0" t="0" r="6350" b="2540"/>
                   <wp:wrapSquare wrapText="bothSides"/>
                   <wp:docPr id="1" name="Immagine 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
@@ -17678,51 +17663,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="00683548" w14:textId="77777777" w:rsidR="002F0165" w:rsidRDefault="002F0165">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3AF4A11D" w14:textId="77777777" w:rsidR="002F0165" w:rsidRDefault="002F0165">
@@ -17893,51 +17878,51 @@
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5000BFEE" w14:textId="77777777" w:rsidR="002F0165" w:rsidRPr="007301ED" w:rsidRDefault="002F0165" w:rsidP="00481693">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="3828"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:t>Regione autonoma Valle d’Aosta</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0A09742D" w14:textId="77777777" w:rsidR="00573A45" w:rsidRDefault="002F0165" w:rsidP="00481693">
+  <w:p w14:paraId="0A09742D" w14:textId="349CE82F" w:rsidR="00573A45" w:rsidRDefault="002F0165" w:rsidP="00481693">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:ind w:left="5387"/>
     </w:pPr>
     <w:r w:rsidRPr="004241D8">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="244C5A8B" wp14:editId="203A4D75">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>2416810</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>215265</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapSquare wrapText="bothSides"/>
@@ -17970,151 +17955,151 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="731520" cy="835025"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:t xml:space="preserve">Assessorato </w:t>
     </w:r>
-    <w:r>
-[...3 lines deleted...]
-      <w:t xml:space="preserve">e attività culturali, sistema educativo e politiche per le relazioni intergenerazionali </w:t>
+    <w:r w:rsidR="00531C3B">
+      <w:t>Istruzione, Cultura e Politiche identitarie</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="10226D0B" w14:textId="27BAA51C" w:rsidR="002F0165" w:rsidRPr="007301ED" w:rsidRDefault="002F0165" w:rsidP="00481693">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:ind w:left="5387"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007301ED">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">Struttura </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>attività culturali</w:t>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="13BDE7AF" w14:textId="58C2A159" w:rsidR="002F0165" w:rsidRPr="007301ED" w:rsidRDefault="00332287" w:rsidP="00481693">
+  <w:p w14:paraId="13BDE7AF" w14:textId="299FFA9A" w:rsidR="002F0165" w:rsidRPr="007301ED" w:rsidRDefault="00531C3B" w:rsidP="00481693">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387" w:right="-143"/>
     </w:pPr>
     <w:r>
-      <w:t>Piazza Roncas, 3</w:t>
+      <w:t>Piazza Roncas</w:t>
+    </w:r>
+    <w:r w:rsidR="002F0165" w:rsidRPr="007301ED">
+      <w:t>, n. 1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="776DF040" w14:textId="77777777" w:rsidR="002F0165" w:rsidRPr="007301ED" w:rsidRDefault="002F0165" w:rsidP="00481693">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387"/>
     </w:pPr>
     <w:r w:rsidRPr="007301ED">
       <w:t xml:space="preserve">11100 AOSTA </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4FA6B29F" w14:textId="77777777" w:rsidR="002F0165" w:rsidRPr="008C33D5" w:rsidRDefault="00332287" w:rsidP="00481693">
+  <w:p w14:paraId="4FA6B29F" w14:textId="77777777" w:rsidR="002F0165" w:rsidRPr="008C33D5" w:rsidRDefault="00726B6B" w:rsidP="00481693">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:ind w:left="5387" w:right="-285"/>
     </w:pPr>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="002F0165" w:rsidRPr="00DA316E">
         <w:rPr>
           <w:rStyle w:val="Collegamentoipertestuale"/>
         </w:rPr>
         <w:t>cultura@pec.regione.vda.it</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="002F0165" w:rsidRPr="007301ED">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="491F62D7" w14:textId="4A8DE02B" w:rsidR="002F0165" w:rsidRDefault="002F0165" w:rsidP="0029571E">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="1" w:name="_Hlk15465680"/>
-    <w:bookmarkEnd w:id="1"/>
   </w:p>
+  <w:bookmarkEnd w:id="1"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00EC1748"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8E48562"/>
     <w:lvl w:ilvl="0" w:tplc="5394E406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -20628,51 +20613,51 @@
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="24577"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D0544"/>
     <w:rsid w:val="000008B9"/>
@@ -20724,115 +20709,115 @@
     <w:rsid w:val="001E6F9F"/>
     <w:rsid w:val="001E7462"/>
     <w:rsid w:val="001F02F0"/>
     <w:rsid w:val="00211345"/>
     <w:rsid w:val="00230A84"/>
     <w:rsid w:val="00242FCC"/>
     <w:rsid w:val="00251666"/>
     <w:rsid w:val="002527FF"/>
     <w:rsid w:val="002648FC"/>
     <w:rsid w:val="00275261"/>
     <w:rsid w:val="0028325C"/>
     <w:rsid w:val="00287F8B"/>
     <w:rsid w:val="00291EB2"/>
     <w:rsid w:val="0029571E"/>
     <w:rsid w:val="002A6CE3"/>
     <w:rsid w:val="002C2945"/>
     <w:rsid w:val="002C7A3A"/>
     <w:rsid w:val="002C7CED"/>
     <w:rsid w:val="002F0165"/>
     <w:rsid w:val="002F3DC5"/>
     <w:rsid w:val="002F4161"/>
     <w:rsid w:val="00313B1D"/>
     <w:rsid w:val="00326398"/>
     <w:rsid w:val="0033098B"/>
     <w:rsid w:val="00332232"/>
-    <w:rsid w:val="00332287"/>
     <w:rsid w:val="00336113"/>
     <w:rsid w:val="00374282"/>
     <w:rsid w:val="00377F0E"/>
     <w:rsid w:val="003852BC"/>
     <w:rsid w:val="00392C1A"/>
     <w:rsid w:val="003937C7"/>
     <w:rsid w:val="003967E3"/>
     <w:rsid w:val="003B5AB2"/>
     <w:rsid w:val="003B5AC0"/>
     <w:rsid w:val="003E3381"/>
     <w:rsid w:val="003E34A2"/>
     <w:rsid w:val="003F0F50"/>
     <w:rsid w:val="003F73A7"/>
     <w:rsid w:val="00426D8C"/>
     <w:rsid w:val="004360CA"/>
     <w:rsid w:val="00440EDF"/>
     <w:rsid w:val="00452152"/>
     <w:rsid w:val="0045580C"/>
     <w:rsid w:val="004767C8"/>
     <w:rsid w:val="00481693"/>
     <w:rsid w:val="004863FF"/>
     <w:rsid w:val="00495FBF"/>
     <w:rsid w:val="00496759"/>
     <w:rsid w:val="004F08A0"/>
     <w:rsid w:val="005013D1"/>
     <w:rsid w:val="005051C4"/>
     <w:rsid w:val="00514DA9"/>
     <w:rsid w:val="00527044"/>
+    <w:rsid w:val="00531C3B"/>
     <w:rsid w:val="00536FF5"/>
     <w:rsid w:val="005424FF"/>
     <w:rsid w:val="005653B8"/>
     <w:rsid w:val="005739D7"/>
     <w:rsid w:val="00573A45"/>
     <w:rsid w:val="0057504E"/>
     <w:rsid w:val="00590CAA"/>
     <w:rsid w:val="005C118D"/>
     <w:rsid w:val="005E7788"/>
     <w:rsid w:val="005F27CF"/>
     <w:rsid w:val="005F64E9"/>
     <w:rsid w:val="00611F25"/>
     <w:rsid w:val="006253EB"/>
     <w:rsid w:val="006353EF"/>
     <w:rsid w:val="00647C04"/>
     <w:rsid w:val="006511C2"/>
     <w:rsid w:val="006633E4"/>
     <w:rsid w:val="00666BA5"/>
     <w:rsid w:val="006770BF"/>
     <w:rsid w:val="00682C64"/>
     <w:rsid w:val="006961AF"/>
     <w:rsid w:val="006A0CB2"/>
     <w:rsid w:val="006C5FC5"/>
     <w:rsid w:val="006D16F1"/>
     <w:rsid w:val="006D411F"/>
     <w:rsid w:val="006E3F46"/>
     <w:rsid w:val="006E4790"/>
     <w:rsid w:val="006E79C0"/>
     <w:rsid w:val="006F10C3"/>
     <w:rsid w:val="006F1877"/>
     <w:rsid w:val="006F4155"/>
     <w:rsid w:val="007017C5"/>
     <w:rsid w:val="007067E1"/>
     <w:rsid w:val="00722438"/>
+    <w:rsid w:val="00726B6B"/>
     <w:rsid w:val="007301ED"/>
-    <w:rsid w:val="00735DD6"/>
     <w:rsid w:val="00742BE5"/>
     <w:rsid w:val="00766BD2"/>
     <w:rsid w:val="00772C60"/>
     <w:rsid w:val="007763AD"/>
     <w:rsid w:val="00776D9C"/>
     <w:rsid w:val="00786AB1"/>
     <w:rsid w:val="007931D4"/>
     <w:rsid w:val="007B6624"/>
     <w:rsid w:val="007B7C06"/>
     <w:rsid w:val="007C4D2E"/>
     <w:rsid w:val="007D35B8"/>
     <w:rsid w:val="007D671C"/>
     <w:rsid w:val="007E3541"/>
     <w:rsid w:val="007E3B42"/>
     <w:rsid w:val="007E45F6"/>
     <w:rsid w:val="00807342"/>
     <w:rsid w:val="00816A03"/>
     <w:rsid w:val="008407AA"/>
     <w:rsid w:val="00866AE5"/>
     <w:rsid w:val="008779F7"/>
     <w:rsid w:val="00880D84"/>
     <w:rsid w:val="008A307F"/>
     <w:rsid w:val="008A388D"/>
     <w:rsid w:val="008B63F0"/>
     <w:rsid w:val="008B7A33"/>