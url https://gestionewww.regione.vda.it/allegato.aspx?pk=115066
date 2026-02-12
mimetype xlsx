--- v0 (2025-11-01)
+++ v1 (2026-02-12)
@@ -6,114 +6,126 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\anpiccot\Documents\Organizzazione Assessorato\Obiettivi DIR 2025\OB. 2 CMF\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4B651563-EEAE-468E-BC14-8AA51CBF3734}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="-105" windowWidth="23250" windowHeight="12570" tabRatio="698"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="698" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SCHEDA CRITICITA" sheetId="1" r:id="rId1"/>
     <sheet name="TABELLE" sheetId="2" r:id="rId2"/>
     <sheet name="PESATURA" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="pesoArea">VLOOKUP('SCHEDA CRITICITA'!$D$32,tabRilArea[],2,FALSE)</definedName>
-[...2 lines deleted...]
-    <definedName name="pesoFunResidua">1-'SCHEDA CRITICITA'!$D$42</definedName>
+    <definedName name="pesoArea">VLOOKUP('SCHEDA CRITICITA'!$D$31,tabRilArea[],2,FALSE)</definedName>
+    <definedName name="pesoColture">SUMPRODUCT('SCHEDA CRITICITA'!$D$32:$D$36,tabRilColture[Peso])</definedName>
+    <definedName name="pesoCriticita">VLOOKUP('SCHEDA CRITICITA'!$F$38,tabRilCriticita[],2,FALSE)</definedName>
+    <definedName name="pesoFunResidua">1-'SCHEDA CRITICITA'!$D$40</definedName>
     <definedName name="pesoRetIrriguo">VLOOKUP('SCHEDA CRITICITA'!$E$26,tabRilIrriguo[],2,FALSE)</definedName>
   </definedNames>
-  <calcPr calcId="144525"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D62" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="E2" i="1" l="1"/>
+  <c r="B58" i="1" l="1"/>
+  <c r="D58" i="1" l="1"/>
   <c r="D2" i="1" l="1"/>
   <c r="C2" i="1"/>
-  <c r="F2" i="1"/>
-[...2 lines deleted...]
-  <c r="E39" i="1"/>
+  <c r="E58" i="1" l="1"/>
+  <c r="E2" i="1" l="1"/>
+  <c r="F2" i="1" l="1"/>
+  <c r="F58" i="1"/>
+  <c r="E38" i="1"/>
   <c r="D26" i="1"/>
   <c r="D27" i="1" s="1"/>
-  <c r="D39" i="1"/>
+  <c r="D38" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="272">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="371" uniqueCount="259">
   <si>
     <t>COMUNE</t>
   </si>
   <si>
     <t xml:space="preserve">CONSORZIO  </t>
   </si>
   <si>
     <t>PROPRIETA'</t>
   </si>
   <si>
     <t>GESTORE</t>
   </si>
   <si>
     <t>ORTOFOTO</t>
   </si>
   <si>
     <t>ACCESSIBILITA'</t>
   </si>
   <si>
     <t>TIPOLOGIA DI DEFLUSSO</t>
   </si>
   <si>
     <t>TIPOLOGIA RETICOLO IRRIGUO</t>
   </si>
   <si>
@@ -554,65 +566,50 @@
   <si>
     <t>Strada asfaltata</t>
   </si>
   <si>
     <t>Strada poderale</t>
   </si>
   <si>
     <t>Pista agricola</t>
   </si>
   <si>
     <t>Sentiero</t>
   </si>
   <si>
     <t>Mulattiera sentiero</t>
   </si>
   <si>
     <t>Elitrasporto</t>
   </si>
   <si>
     <t>A piedi</t>
   </si>
   <si>
     <t>DATI GENERALI</t>
   </si>
   <si>
-    <t>CRT\CRITICITA 1 CRT.docx</t>
-[...13 lines deleted...]
-  <si>
     <t>tabAreeUrbane</t>
   </si>
   <si>
     <t>Percentuale</t>
   </si>
   <si>
     <t>STIMA DEI COSTI                              FINO A:</t>
   </si>
   <si>
     <t>Altro</t>
   </si>
   <si>
     <t>VALORI ESPOSTI</t>
   </si>
   <si>
     <t>DATI SCHEDA</t>
   </si>
   <si>
     <t>IDENTIFICATIVO</t>
   </si>
   <si>
     <t>DATA DI COMPILAZIONE</t>
   </si>
   <si>
     <t>Ettari</t>
@@ -671,53 +668,50 @@
   <si>
     <t>SENSIBILITA' IDROGEOLOGICA</t>
   </si>
   <si>
     <t>Urbane</t>
   </si>
   <si>
     <t>Commerciali</t>
   </si>
   <si>
     <t>Sportive</t>
   </si>
   <si>
     <t>Comunicazione</t>
   </si>
   <si>
     <t>tabPesaturaValEsposti</t>
   </si>
   <si>
     <t>Importa l'ordine non il nome</t>
   </si>
   <si>
     <t>X      UTM ED50</t>
   </si>
   <si>
-    <t>Y      UTM ED51</t>
-[...1 lines deleted...]
-  <si>
     <t>RILEVANZA ECONOMICA</t>
   </si>
   <si>
     <t>CMF</t>
   </si>
   <si>
     <t>SCHEDA N°</t>
   </si>
   <si>
     <t>STIMA DEL COSTO</t>
   </si>
   <si>
     <t>ELEMENTI DI VALUTAZIONE</t>
   </si>
   <si>
     <t>COORDINATE GEOGRAFICHE</t>
   </si>
   <si>
     <t>PROBLEMATICHE IDROGEOLOGICHE</t>
   </si>
   <si>
     <t>C8</t>
   </si>
   <si>
     <t>C14</t>
@@ -734,53 +728,50 @@
   <si>
     <t>C54</t>
   </si>
   <si>
     <t>C55</t>
   </si>
   <si>
     <t>C47,C48,C49,C50</t>
   </si>
   <si>
     <t>D26</t>
   </si>
   <si>
     <t>D27</t>
   </si>
   <si>
     <t>E27</t>
   </si>
   <si>
     <t>E35</t>
   </si>
   <si>
     <t>D59</t>
   </si>
   <si>
-    <t>Assente</t>
-[...1 lines deleted...]
-  <si>
     <t>Verde urbano</t>
   </si>
   <si>
     <t xml:space="preserve">RU, CANALE, VASCA, BRANTZE, ALTRE OPERE </t>
   </si>
   <si>
     <t>A58</t>
   </si>
   <si>
     <t>Soglia danneggiata (presa)</t>
   </si>
   <si>
     <t>Dissabbiatore danneggiato (presa)</t>
   </si>
   <si>
     <t>Scarico  intasato (presa)</t>
   </si>
   <si>
     <t>Struttura danneggiata (canale)</t>
   </si>
   <si>
     <t>Ostacolo al deflusso (canale)</t>
   </si>
   <si>
     <t>Attraversamenti ostruiti (canale)</t>
@@ -821,146 +812,107 @@
   <si>
     <t>Cedimento giunzione (condotta)</t>
   </si>
   <si>
     <t>Struttura danneggiata (camera)</t>
   </si>
   <si>
     <t>Deterioramento apparecchiature (camera)</t>
   </si>
   <si>
     <t>Pressioni eccessive (camera)</t>
   </si>
   <si>
     <t>Scarico di fondo intasato (camera)</t>
   </si>
   <si>
     <t>MAX 4</t>
   </si>
   <si>
     <t>tabRilIrriguo (1-4)</t>
   </si>
   <si>
     <t>tabRilCriticita (1-4)</t>
   </si>
   <si>
-    <t>tabRilColture (1-4)</t>
-[...1 lines deleted...]
-  <si>
     <t>Incolto (non irrigato)</t>
   </si>
   <si>
     <t>tabRilArea (1-4)</t>
   </si>
   <si>
     <t>AREA SERVITA (ha)                                  FINO A:</t>
   </si>
   <si>
     <t>Acquedotto rurale</t>
   </si>
   <si>
     <t>TEMPI UTILI ESECUZIONE LAVORI</t>
   </si>
   <si>
-    <t>IL VALORE DEI CAMPI NON NECESSARIAMENTE DEVE RISPECCHIARE LA ZONIZZAZIONE DELLE RELATIVE CARTOGRAFIE AI SENSI DELLA L.R.11/98</t>
-[...1 lines deleted...]
-  <si>
     <t>Derivazione danneggiata (presa)</t>
   </si>
   <si>
     <t>PLANIMETRIA CATASTALE</t>
   </si>
   <si>
-    <t>PLANIMETRIA CATASTALE\CRITICITA 1 O.docx</t>
-[...16 lines deleted...]
-  <si>
     <t>Sistema di carico impianto</t>
   </si>
   <si>
     <t>RISCHIO ED ELEMENTI ESPOSTI</t>
   </si>
   <si>
-    <t xml:space="preserve">Vasca sul Rû Pompillard, capacità 200mc:pozzetto di derivazione, condotta di carico, dissabbiatore, serbatoio di accumulo, scarico di fondo e troppo pieno nel canale. </t>
-[...32 lines deleted...]
-    </r>
+    <t>Y      UTM ED50</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>TERRENI CON DISSESTI IN ATTO</t>
+  </si>
+  <si>
+    <t>tabRilDissesti (1-4)</t>
+  </si>
+  <si>
+    <t>MAX 5</t>
+  </si>
+  <si>
+    <t>tabRilColture (1-5)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rischio </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="24" x14ac:knownFonts="1">
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -1046,86 +998,72 @@
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <u/>
-[...5 lines deleted...]
-    <font>
       <b/>
       <sz val="13"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
-  <fills count="15">
+  <fills count="16">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1165,52 +1103,58 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="65">
+  <borders count="66">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -1817,76 +1761,50 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
-[...24 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
@@ -1941,86 +1859,119 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...2 lines deleted...]
-      <top style="thin">
+      <right/>
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-[...2 lines deleted...]
-      </bottom>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="189">
+  <cellXfs count="196">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
@@ -2138,427 +2089,653 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="13" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="13" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="13" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="13" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="20" fillId="0" borderId="17" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="17" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="20" fillId="0" borderId="18" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="18" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="20" fillId="0" borderId="49" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="49" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="9" fontId="20" fillId="0" borderId="51" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="51" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="13" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="9" fontId="20" fillId="0" borderId="26" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="26" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="20" fillId="0" borderId="29" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="29" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="13" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="13" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="22" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="21" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="21" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="17" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="16" fillId="14" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="16" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="9" fontId="4" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="18" fillId="13" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="51" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="13" borderId="18" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="37" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="38" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="39" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="17" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...210 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="6" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="6" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="43" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="37" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="38" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="39" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="6" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="6" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="9" fontId="21" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="21" fillId="0" borderId="12" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="13" borderId="16" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="13" borderId="12" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="7" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="6" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="7" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="8" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="55" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="56" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="57" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="16" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="44" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="15" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="20% - Colore 4" xfId="3" builtinId="42"/>
     <cellStyle name="40% - Colore 3" xfId="2" builtinId="39"/>
     <cellStyle name="40% - Colore 4" xfId="4" builtinId="43"/>
     <cellStyle name="Collegamento ipertestuale" xfId="6" builtinId="8"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Percentuale" xfId="5" builtinId="5"/>
     <cellStyle name="Valore valido" xfId="1" builtinId="26"/>
   </cellStyles>
-  <dxfs count="64">
+  <dxfs count="66">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.39994506668294322"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="7" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF7C80"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.39994506668294322"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="7" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF7C80"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.39994506668294322"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="7" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF7C80"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor auto="1"/>
+          <bgColor rgb="FFFF5050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor auto="1"/>
+          <bgColor rgb="FFFF5050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor auto="1"/>
+          <bgColor rgb="FFFF5050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor auto="1"/>
+          <bgColor rgb="FFFF5050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.39994506668294322"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="7" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF7C80"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.39994506668294322"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="7" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF7C80"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
     <dxf>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
@@ -2760,459 +2937,275 @@
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
-    <dxf>
-[...193 lines deleted...]
-    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFFF5050"/>
       <color rgb="FFFFFFFF"/>
       <color rgb="FFFF7C80"/>
-      <color rgb="FFFF5050"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="tabComuni" displayName="tabComuni" ref="A2:A76" totalsRowShown="0">
-[...1 lines deleted...]
-  <sortState ref="A3:A76">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="tabComuni" displayName="tabComuni" ref="A2:A76" totalsRowShown="0">
+  <autoFilter ref="A2:A76" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A76">
     <sortCondition ref="A2:A76"/>
   </sortState>
   <tableColumns count="1">
-    <tableColumn id="1" name="Comuni"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Comuni"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="15" name="tabCriticitaBis" displayName="tabCriticitaBis" ref="J15:P19" totalsRowShown="0" headerRowDxfId="22" dataDxfId="20" headerRowBorderDxfId="21" tableBorderDxfId="19">
-  <autoFilter ref="J15:P19"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="15" xr:uid="{00000000-000C-0000-FFFF-FFFF09000000}" name="tabCriticitaBis" displayName="tabCriticitaBis" ref="J15:P19" totalsRowShown="0" headerRowDxfId="49" dataDxfId="47" headerRowBorderDxfId="48" tableBorderDxfId="46">
+  <autoFilter ref="J15:P19" xr:uid="{00000000-0009-0000-0100-00000F000000}"/>
   <tableColumns count="7">
-    <tableColumn id="1" name="Opera di presa" dataDxfId="18"/>
-[...5 lines deleted...]
-    <tableColumn id="6" name="Camere di manovra" dataDxfId="12"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0900-000001000000}" name="Opera di presa" dataDxfId="45"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0900-000002000000}" name="Canale e derivazioni a cielo aperto" dataDxfId="44"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0900-000007000000}" name="Canale e derivazioni interrati" dataDxfId="43"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0900-000003000000}" name="Pozzetti" dataDxfId="42"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0900-000004000000}" name="Vasche" dataDxfId="41"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0900-000005000000}" name="Condotte " dataDxfId="40"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0900-000006000000}" name="Camere di manovra" dataDxfId="39"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="tabAreeUrbane" displayName="tabAreeUrbane" ref="E40:E51" totalsRowShown="0">
-  <autoFilter ref="E40:E51"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF0A000000}" name="tabAreeUrbane" displayName="tabAreeUrbane" ref="E40:E51" totalsRowShown="0">
+  <autoFilter ref="E40:E51" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="1">
-    <tableColumn id="1" name="Percentuale" dataDxfId="11"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0A00-000001000000}" name="Percentuale" dataDxfId="38"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="tabEttari" displayName="tabEttari" ref="C14:C21" totalsRowShown="0">
-  <autoFilter ref="C14:C21"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF0B000000}" name="tabEttari" displayName="tabEttari" ref="C14:C21" totalsRowShown="0">
+  <autoFilter ref="C14:C21" xr:uid="{00000000-0009-0000-0100-000004000000}"/>
   <tableColumns count="1">
-    <tableColumn id="1" name="Ettari"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0B00-000001000000}" name="Ettari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table13.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="10" name="tabRilIrriguo" displayName="tabRilIrriguo" ref="B3:C11" totalsRowShown="0">
-  <autoFilter ref="B3:C11"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{00000000-000C-0000-FFFF-FFFF0C000000}" name="tabRilIrriguo" displayName="tabRilIrriguo" ref="B3:C11" totalsRowShown="0">
+  <autoFilter ref="B3:C11" xr:uid="{00000000-0009-0000-0100-00000A000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" name="RetIrriguo"/>
-    <tableColumn id="2" name="Peso" dataDxfId="10"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0C00-000001000000}" name="RetIrriguo"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0C00-000002000000}" name="Peso" dataDxfId="37"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table14.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="17" name="tabPesaturaValEspost" displayName="tabPesaturaValEspost" ref="H3:I7" totalsRowShown="0" dataDxfId="9" tableBorderDxfId="8">
-  <autoFilter ref="H3:I7"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{00000000-000C-0000-FFFF-FFFF0D000000}" name="tabPesaturaValEspost" displayName="tabPesaturaValEspost" ref="H3:I7" totalsRowShown="0" dataDxfId="36" tableBorderDxfId="35">
+  <autoFilter ref="H3:I7" xr:uid="{00000000-0009-0000-0100-000011000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" name="Tipologia" dataDxfId="7"/>
-    <tableColumn id="2" name="Peso" dataDxfId="6" dataCellStyle="Percentuale"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0D00-000001000000}" name="Tipologia" dataDxfId="34"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0D00-000002000000}" name="Peso" dataDxfId="33" dataCellStyle="Percentuale"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table15.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="16" name="tabRilCriticita" displayName="tabRilCriticita" ref="E3:F30" totalsRowShown="0" headerRowDxfId="5" dataDxfId="4">
-[...1 lines deleted...]
-  <sortState ref="E4:F30">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{00000000-000C-0000-FFFF-FFFF0E000000}" name="tabRilCriticita" displayName="tabRilCriticita" ref="E3:F30" totalsRowShown="0" headerRowDxfId="32" dataDxfId="31">
+  <autoFilter ref="E3:F30" xr:uid="{00000000-0009-0000-0100-000010000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="E4:F30">
     <sortCondition ref="E3:E30"/>
   </sortState>
   <tableColumns count="2">
-    <tableColumn id="1" name="Criticita" dataDxfId="3"/>
-    <tableColumn id="2" name="Peso" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0E00-000001000000}" name="Criticita" dataDxfId="30"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0E00-000002000000}" name="Peso" dataDxfId="29"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table16.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="19" name="tabRilColture" displayName="tabRilColture" ref="B16:C21" totalsRowShown="0">
-  <autoFilter ref="B16:C21"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="19" xr:uid="{00000000-000C-0000-FFFF-FFFF0F000000}" name="tabRilColture" displayName="tabRilColture" ref="B16:C21" totalsRowShown="0">
+  <autoFilter ref="B16:C21" xr:uid="{00000000-0009-0000-0100-000013000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" name="Coltura"/>
-    <tableColumn id="2" name="Peso" dataDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0F00-000001000000}" name="Coltura"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0F00-000002000000}" name="Peso" dataDxfId="28"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table17.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="20" name="tabRilArea" displayName="tabRilArea" ref="H13:I20" totalsRowShown="0">
-  <autoFilter ref="H13:I20"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="20" xr:uid="{00000000-000C-0000-FFFF-FFFF10000000}" name="tabRilArea" displayName="tabRilArea" ref="H13:I20" totalsRowShown="0">
+  <autoFilter ref="H13:I20" xr:uid="{00000000-0009-0000-0100-000014000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" name="Ettari"/>
-    <tableColumn id="2" name="Peso" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-1000-000001000000}" name="Ettari"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-1000-000002000000}" name="Peso" dataDxfId="27"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table18.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="18" xr:uid="{00000000-000C-0000-FFFF-FFFF11000000}" name="tabRilColture19" displayName="tabRilColture19" ref="B27:C32" totalsRowShown="0">
+  <autoFilter ref="B27:C32" xr:uid="{00000000-0009-0000-0100-000012000000}"/>
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-1100-000001000000}" name="Rischio "/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-1100-000002000000}" name="Peso" dataDxfId="26"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="tabAccessibilita" displayName="tabAccessibilita" ref="C2:C9" totalsRowShown="0">
-  <autoFilter ref="C2:C9"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="tabAccessibilita" displayName="tabAccessibilita" ref="C2:C9" totalsRowShown="0">
+  <autoFilter ref="C2:C9" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
   <tableColumns count="1">
-    <tableColumn id="1" name="Accessibilita"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Accessibilita"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="6" name="tabTipologia" displayName="tabTipologia" ref="E3:E5" totalsRowShown="0">
-  <autoFilter ref="E3:E5"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="tabTipologia" displayName="tabTipologia" ref="E3:E5" totalsRowShown="0">
+  <autoFilter ref="E3:E5" xr:uid="{00000000-0009-0000-0100-000006000000}"/>
   <tableColumns count="1">
-    <tableColumn id="1" name="Tipologia"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0200-000001000000}" name="Tipologia"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="7" name="tabRetIrriguo" displayName="tabRetIrriguo" ref="G3:H8" totalsRowShown="0">
-  <autoFilter ref="G3:H8"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{00000000-000C-0000-FFFF-FFFF03000000}" name="tabRetIrriguo" displayName="tabRetIrriguo" ref="G3:H8" totalsRowShown="0">
+  <autoFilter ref="G3:H8" xr:uid="{00000000-0009-0000-0100-000007000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" name="Scorrimento"/>
-    <tableColumn id="2" name="Pressione"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0300-000001000000}" name="Scorrimento"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0300-000002000000}" name="Pressione"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="8" name="tabOpIdraulica" displayName="tabOpIdraulica" ref="G12:H16" totalsRowShown="0" dataDxfId="38">
-  <autoFilter ref="G12:H16"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{00000000-000C-0000-FFFF-FFFF04000000}" name="tabOpIdraulica" displayName="tabOpIdraulica" ref="G12:H16" totalsRowShown="0" dataDxfId="65">
+  <autoFilter ref="G12:H16" xr:uid="{00000000-0009-0000-0100-000008000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" name="Scorrimento" dataDxfId="37"/>
-    <tableColumn id="2" name="Pressione" dataDxfId="36"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0400-000001000000}" name="Scorrimento" dataDxfId="64"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0400-000002000000}" name="Pressione" dataDxfId="63"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="9" name="tabOpIdraulicaBis" displayName="tabOpIdraulicaBis" ref="J3:P8" totalsRowShown="0" headerRowDxfId="35" dataDxfId="34">
-  <autoFilter ref="J3:P8"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{00000000-000C-0000-FFFF-FFFF05000000}" name="tabOpIdraulicaBis" displayName="tabOpIdraulicaBis" ref="J3:P8" totalsRowShown="0" headerRowDxfId="62" dataDxfId="61">
+  <autoFilter ref="J3:P8" xr:uid="{00000000-0009-0000-0100-000009000000}"/>
   <tableColumns count="7">
-    <tableColumn id="1" name="Opera di presa" dataDxfId="33"/>
-[...5 lines deleted...]
-    <tableColumn id="7" name="Camere di manovra" dataDxfId="27"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0500-000001000000}" name="Opera di presa" dataDxfId="60"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0500-000002000000}" name="Canale e derivazioni a cielo aperto" dataDxfId="59"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0500-000003000000}" name="Canale e derivazioni interrati" dataDxfId="58"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0500-000004000000}" name="Pozzetti" dataDxfId="57"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0500-000005000000}" name="Vasche" dataDxfId="56"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0500-000006000000}" name="Condotte " dataDxfId="55"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0500-000007000000}" name="Camere di manovra" dataDxfId="54"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="11" name="tabClassificazione" displayName="tabClassificazione" ref="E9:E13" totalsRowShown="0" dataDxfId="26">
-  <autoFilter ref="E9:E13"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{00000000-000C-0000-FFFF-FFFF06000000}" name="tabClassificazione" displayName="tabClassificazione" ref="E9:E14" totalsRowShown="0" dataDxfId="53">
+  <autoFilter ref="E9:E14" xr:uid="{00000000-0009-0000-0100-00000B000000}"/>
   <tableColumns count="1">
-    <tableColumn id="1" name="Classificazione" dataDxfId="25"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0600-000001000000}" name="Classificazione" dataDxfId="52"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="12" name="tabTempi" displayName="tabTempi" ref="E18:E25" totalsRowShown="0">
-  <autoFilter ref="E18:E25"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{00000000-000C-0000-FFFF-FFFF07000000}" name="tabTempi" displayName="tabTempi" ref="E18:E25" totalsRowShown="0">
+  <autoFilter ref="E18:E25" xr:uid="{00000000-0009-0000-0100-00000C000000}"/>
   <tableColumns count="1">
-    <tableColumn id="1" name="Tempo"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0700-000001000000}" name="Tempo"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="13" name="tabCosti" displayName="tabCosti" ref="E29:E36" totalsRowShown="0" dataDxfId="24">
-  <autoFilter ref="E29:E36"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{00000000-000C-0000-FFFF-FFFF08000000}" name="tabCosti" displayName="tabCosti" ref="E29:E36" totalsRowShown="0" dataDxfId="51">
+  <autoFilter ref="E29:E36" xr:uid="{00000000-0009-0000-0100-00000D000000}"/>
   <tableColumns count="1">
-    <tableColumn id="1" name="Costo" dataDxfId="23"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0800-000001000000}" name="Costo" dataDxfId="50"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -3463,1723 +3456,1688 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\..\Luca\Desktop\GESTIONE%20CRITICITA%20IDRAULICHE\DOCUMENTAZIONE%20FOTOGRAFICA\CRTICITA%201.jpg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\..\Luca\Desktop\GESTIONE%20CRITICITA%20IDRAULICHE\ESONDAZIONI\CRTITICITA%201.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../Luca/Desktop/GESTIONE%20CRITICITA%20IDRAULICHE/FRANE/CRITICITA%201%20F.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../Luca/Desktop/GESTIONE%20CRITICITA%20IDRAULICHE/ORTOFOTO/CRITICITA%201%20O.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../Luca/Desktop/GESTIONE%20CRITICITA%20IDRAULICHE/ORTOFOTO/CRITICITA%201%20O.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../Luca/Desktop/GESTIONE%20CRITICITA%20IDRAULICHE/CRT/CRITICITA%201%20CRT.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\RACCOLTA%20SCHEDE\NUOVE%20RICHIESTE\CHAMPDEPRAZ\SCHEDA%203\ART%2036.jpg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\ATTIVITA%202019\Luca\Desktop\GESTIONE%20CRITICITA%20IDRAULICHE\ORTOFOTO\CRITICITA%201%20O.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\RACCOLTA%20SCHEDE\NUOVE%20RICHIESTE\SAINT%20CHRISTOPHE\art%2035.jpg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\ATTIVITA%202019\Luca\Desktop\GESTIONE%20CRITICITA%20IDRAULICHE\ESONDAZIONI\CRTITICITA%201.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\ATTIVITA%202019\Luca\Desktop\GESTIONE%20CRITICITA%20IDRAULICHE\FRANE\CRITICITA%201%20F.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\RACCOLTA%20SCHEDE\NUOVE%20RICHIESTE\SAINT%20CHRISTOPHE\catasto.jpg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\RACCOLTA%20SCHEDE\NUOVE%20RICHIESTE\SAINT%20CHRISTOPHE\foto%20aerea%202018.jpg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\ATTIVITA%202019\Luca\Desktop\GESTIONE%20CRITICITA%20IDRAULICHE\ORTOFOTO\CRITICITA%201%20O.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\RACCOLTA%20SCHEDE\NUOVE%20RICHIESTE\SAINT%20CHRISTOPHE\corografia.jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table16.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table18.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table16.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O77"/>
+  <dimension ref="A1:O73"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A24" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="H33" sqref="H33"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="B58" sqref="B58:C58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.28515625" style="103"/>
+    <col min="1" max="1" width="9.28515625" style="98"/>
     <col min="2" max="2" width="20.5703125" style="12" customWidth="1"/>
     <col min="3" max="3" width="51.42578125" style="12" customWidth="1"/>
-    <col min="4" max="4" width="29.5703125" style="12" customWidth="1"/>
+    <col min="4" max="4" width="31" style="12" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.5703125" style="12" customWidth="1"/>
-    <col min="6" max="6" width="28" style="12" customWidth="1"/>
-    <col min="7" max="7" width="6.7109375" style="103" customWidth="1"/>
+    <col min="6" max="6" width="37" style="12" customWidth="1"/>
+    <col min="7" max="7" width="6.7109375" style="98" customWidth="1"/>
     <col min="8" max="8" width="22.28515625" style="12" customWidth="1"/>
     <col min="9" max="9" width="39.140625" style="12" customWidth="1"/>
     <col min="10" max="10" width="27.85546875" style="12" customWidth="1"/>
     <col min="11" max="11" width="37.7109375" style="12" customWidth="1"/>
     <col min="12" max="12" width="32" style="12" customWidth="1"/>
     <col min="13" max="13" width="30.140625" style="12" customWidth="1"/>
     <col min="14" max="14" width="40.140625" style="12" customWidth="1"/>
     <col min="15" max="15" width="30.140625" style="12" customWidth="1"/>
     <col min="16" max="16384" width="9.28515625" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="43" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="102"/>
+      <c r="A1" s="97"/>
       <c r="B1" s="44" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="C1" s="44" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="44" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="E1" s="44" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="F1" s="44" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="G1" s="102"/>
+        <v>198</v>
+      </c>
+      <c r="G1" s="97"/>
     </row>
     <row r="2" spans="1:9" ht="50.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="45">
-[...1 lines deleted...]
-        <v>1</v>
+      <c r="B2" s="45" t="s">
+        <v>253</v>
       </c>
       <c r="C2" s="46" t="str">
-        <f>UPPER(D8)</f>
-[...4 lines deleted...]
-        <v>CMF SAINT-CHRITSOPHE</v>
+        <f>D8</f>
+        <v>Allein</v>
+      </c>
+      <c r="D2" s="47">
+        <f>D9</f>
+        <v>0</v>
       </c>
       <c r="E2" s="48">
-        <f>B62</f>
-        <v>0.65675000000000017</v>
+        <f>B58</f>
+        <v>0.53812499999999985</v>
       </c>
       <c r="F2" s="49">
-        <f>D58</f>
-        <v>5000</v>
+        <f>D54</f>
+        <v>1000</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="93"/>
-[...3 lines deleted...]
-      <c r="F3" s="93"/>
+      <c r="B3" s="88"/>
+      <c r="C3" s="88"/>
+      <c r="D3" s="88"/>
+      <c r="E3" s="88"/>
+      <c r="F3" s="88"/>
     </row>
     <row r="4" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="110" t="s">
-        <v>171</v>
+      <c r="B4" s="118" t="s">
+        <v>166</v>
       </c>
       <c r="C4" s="50" t="s">
-        <v>172</v>
-[...5 lines deleted...]
-      <c r="F4" s="93"/>
+        <v>167</v>
+      </c>
+      <c r="D4" s="51" t="s">
+        <v>253</v>
+      </c>
+      <c r="E4" s="88"/>
+      <c r="F4" s="88"/>
     </row>
     <row r="5" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="111"/>
+      <c r="B5" s="119"/>
       <c r="C5" s="52" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D5" s="53" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-      <c r="F5" s="94"/>
+        <v>253</v>
+      </c>
+      <c r="E5" s="89"/>
+      <c r="F5" s="89"/>
     </row>
     <row r="6" spans="1:9" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="112"/>
+      <c r="B6" s="120"/>
       <c r="C6" s="54" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-      <c r="F6" s="94"/>
+        <v>168</v>
+      </c>
+      <c r="D6" s="55" t="s">
+        <v>253</v>
+      </c>
+      <c r="E6" s="89"/>
+      <c r="F6" s="89"/>
     </row>
     <row r="7" spans="1:9" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="93"/>
-[...3 lines deleted...]
-      <c r="F7" s="94"/>
+      <c r="B7" s="88"/>
+      <c r="C7" s="91"/>
+      <c r="D7" s="89"/>
+      <c r="E7" s="89"/>
+      <c r="F7" s="89"/>
     </row>
     <row r="8" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="110" t="s">
+      <c r="B8" s="118" t="s">
         <v>160</v>
       </c>
       <c r="C8" s="50" t="s">
         <v>0</v>
       </c>
       <c r="D8" s="56" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-      <c r="F8" s="95"/>
+        <v>16</v>
+      </c>
+      <c r="E8" s="90"/>
+      <c r="F8" s="90"/>
     </row>
     <row r="9" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="111"/>
+      <c r="B9" s="119"/>
       <c r="C9" s="52" t="s">
         <v>1</v>
       </c>
-      <c r="D9" s="57" t="s">
-[...6 lines deleted...]
-      <c r="B10" s="111"/>
+      <c r="D9" s="114"/>
+      <c r="E9" s="90"/>
+      <c r="F9" s="90"/>
+    </row>
+    <row r="10" spans="1:9" ht="17.25" x14ac:dyDescent="0.3">
+      <c r="B10" s="119"/>
       <c r="C10" s="52" t="s">
-        <v>223</v>
-[...5 lines deleted...]
-      <c r="F10" s="95"/>
+        <v>216</v>
+      </c>
+      <c r="D10" s="115" t="s">
+        <v>253</v>
+      </c>
+      <c r="E10" s="90"/>
+      <c r="F10" s="90"/>
     </row>
     <row r="11" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="111"/>
+      <c r="B11" s="119"/>
       <c r="C11" s="52" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="53" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-      <c r="F11" s="95"/>
+        <v>253</v>
+      </c>
+      <c r="E11" s="90"/>
+      <c r="F11" s="90"/>
     </row>
     <row r="12" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="111"/>
+      <c r="B12" s="119"/>
       <c r="C12" s="52" t="s">
         <v>3</v>
       </c>
-      <c r="D12" s="53" t="s">
-[...3 lines deleted...]
-      <c r="F12" s="95"/>
+      <c r="D12" s="57" t="s">
+        <v>253</v>
+      </c>
+      <c r="E12" s="90"/>
+      <c r="F12" s="90"/>
     </row>
     <row r="13" spans="1:9" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B13" s="112"/>
+      <c r="B13" s="120"/>
       <c r="C13" s="54" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="58" t="s">
         <v>154</v>
       </c>
-      <c r="E13" s="95"/>
-      <c r="F13" s="95"/>
+      <c r="E13" s="90"/>
+      <c r="F13" s="90"/>
     </row>
     <row r="14" spans="1:9" s="28" customFormat="1" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A14" s="103"/>
-[...5 lines deleted...]
-      <c r="G14" s="103"/>
+      <c r="A14" s="98"/>
+      <c r="B14" s="92"/>
+      <c r="C14" s="93"/>
+      <c r="D14" s="90"/>
+      <c r="E14" s="89"/>
+      <c r="F14" s="89"/>
+      <c r="G14" s="98"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
     </row>
     <row r="15" spans="1:9" s="28" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="103"/>
-[...7 lines deleted...]
-        <v>377599.01</v>
+      <c r="A15" s="98"/>
+      <c r="B15" s="118" t="s">
+        <v>179</v>
+      </c>
+      <c r="C15" s="131" t="s">
+        <v>200</v>
+      </c>
+      <c r="D15" s="59" t="s">
+        <v>253</v>
       </c>
       <c r="E15" s="60" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-      <c r="G15" s="103"/>
+        <v>194</v>
+      </c>
+      <c r="F15" s="89"/>
+      <c r="G15" s="98"/>
       <c r="H15" s="12"/>
       <c r="I15" s="12"/>
     </row>
     <row r="16" spans="1:9" s="28" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="103"/>
-[...3 lines deleted...]
-        <v>5066760.5</v>
+      <c r="A16" s="98"/>
+      <c r="B16" s="119"/>
+      <c r="C16" s="132"/>
+      <c r="D16" s="61" t="s">
+        <v>253</v>
       </c>
       <c r="E16" s="62" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-      <c r="G16" s="103"/>
+        <v>252</v>
+      </c>
+      <c r="F16" s="89"/>
+      <c r="G16" s="98"/>
       <c r="H16" s="12"/>
       <c r="I16" s="12"/>
     </row>
     <row r="17" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B17" s="111"/>
+      <c r="B17" s="119"/>
       <c r="C17" s="52" t="s">
-        <v>185</v>
-[...5 lines deleted...]
-      <c r="F17" s="94"/>
+        <v>180</v>
+      </c>
+      <c r="D17" s="133" t="s">
+        <v>253</v>
+      </c>
+      <c r="E17" s="134"/>
+      <c r="F17" s="89"/>
     </row>
     <row r="18" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B18" s="111"/>
+      <c r="B18" s="119"/>
       <c r="C18" s="52" t="s">
         <v>4</v>
       </c>
-      <c r="D18" s="121" t="s">
-[...3 lines deleted...]
-      <c r="F18" s="94"/>
+      <c r="D18" s="135" t="s">
+        <v>253</v>
+      </c>
+      <c r="E18" s="136"/>
+      <c r="F18" s="89"/>
     </row>
     <row r="19" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B19" s="111"/>
+      <c r="B19" s="119"/>
       <c r="C19" s="52" t="s">
-        <v>258</v>
-[...5 lines deleted...]
-      <c r="F19" s="94"/>
+        <v>249</v>
+      </c>
+      <c r="D19" s="135" t="s">
+        <v>253</v>
+      </c>
+      <c r="E19" s="136"/>
+      <c r="F19" s="89"/>
     </row>
     <row r="20" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B20" s="111"/>
+      <c r="B20" s="119"/>
       <c r="C20" s="52" t="s">
         <v>13</v>
       </c>
-      <c r="D20" s="115" t="s">
-[...3 lines deleted...]
-      <c r="F20" s="94"/>
+      <c r="D20" s="129" t="s">
+        <v>253</v>
+      </c>
+      <c r="E20" s="130"/>
+      <c r="F20" s="89"/>
     </row>
     <row r="21" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B21" s="111"/>
+      <c r="B21" s="119"/>
       <c r="C21" s="52" t="s">
         <v>14</v>
       </c>
-      <c r="D21" s="123" t="s">
-[...3 lines deleted...]
-      <c r="F21" s="94"/>
+      <c r="D21" s="129"/>
+      <c r="E21" s="130"/>
+      <c r="F21" s="89"/>
     </row>
     <row r="22" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B22" s="111"/>
+      <c r="B22" s="119"/>
       <c r="C22" s="52" t="s">
         <v>15</v>
       </c>
-      <c r="D22" s="143" t="s">
-[...3 lines deleted...]
-      <c r="F22" s="94"/>
+      <c r="D22" s="146" t="s">
+        <v>253</v>
+      </c>
+      <c r="E22" s="147"/>
+      <c r="F22" s="89"/>
     </row>
     <row r="23" spans="2:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B23" s="112"/>
+      <c r="B23" s="120"/>
       <c r="C23" s="54" t="s">
         <v>12</v>
       </c>
-      <c r="D23" s="129" t="s">
-[...3 lines deleted...]
-      <c r="F23" s="94"/>
+      <c r="D23" s="141"/>
+      <c r="E23" s="142"/>
+      <c r="F23" s="89"/>
     </row>
     <row r="24" spans="2:6" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B24" s="99"/>
-[...3 lines deleted...]
-      <c r="F24" s="94"/>
+      <c r="B24" s="94"/>
+      <c r="C24" s="91"/>
+      <c r="D24" s="89"/>
+      <c r="E24" s="89"/>
+      <c r="F24" s="89"/>
     </row>
     <row r="25" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B25" s="173" t="s">
+      <c r="B25" s="157" t="s">
         <v>97</v>
       </c>
       <c r="C25" s="50" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="63" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="F25" s="168"/>
+        <v>98</v>
+      </c>
+      <c r="E25" s="100"/>
+      <c r="F25" s="152"/>
     </row>
     <row r="26" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="174"/>
+      <c r="B26" s="158"/>
       <c r="C26" s="52" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="64" t="str">
         <f>D25</f>
-        <v>Pressione</v>
+        <v>Scorrimento</v>
       </c>
       <c r="E26" s="65" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="F26" s="169"/>
+        <v>108</v>
+      </c>
+      <c r="F26" s="153"/>
     </row>
     <row r="27" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B27" s="174"/>
+      <c r="B27" s="158"/>
       <c r="C27" s="52" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="64" t="str">
         <f>D26</f>
-        <v>Pressione</v>
+        <v>Scorrimento</v>
       </c>
       <c r="E27" s="65" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F27" s="66" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="28" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B28" s="174"/>
-[...36 lines deleted...]
-      <c r="C32" s="67" t="s">
+      <c r="B28" s="158"/>
+      <c r="C28" s="113" t="s">
+        <v>176</v>
+      </c>
+      <c r="D28" s="121" t="s">
         <v>253</v>
       </c>
-      <c r="D32" s="68">
-[...7 lines deleted...]
-      <c r="C33" s="69" t="s">
+      <c r="E28" s="121"/>
+      <c r="F28" s="122"/>
+    </row>
+    <row r="29" spans="2:6" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="158"/>
+      <c r="C29" s="178" t="s">
         <v>177</v>
       </c>
-      <c r="D33" s="70">
-[...7 lines deleted...]
-      <c r="B34" s="174"/>
+      <c r="D29" s="123" t="s">
+        <v>253</v>
+      </c>
+      <c r="E29" s="124"/>
+      <c r="F29" s="125"/>
+    </row>
+    <row r="30" spans="2:6" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="158"/>
+      <c r="C30" s="178"/>
+      <c r="D30" s="126"/>
+      <c r="E30" s="127"/>
+      <c r="F30" s="128"/>
+    </row>
+    <row r="31" spans="2:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="158"/>
+      <c r="C31" s="67" t="s">
+        <v>245</v>
+      </c>
+      <c r="D31" s="68">
+        <v>400</v>
+      </c>
+      <c r="E31" s="137"/>
+      <c r="F31" s="138"/>
+    </row>
+    <row r="32" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="158"/>
+      <c r="C32" s="69" t="s">
+        <v>172</v>
+      </c>
+      <c r="D32" s="70">
+        <v>0.6</v>
+      </c>
+      <c r="E32" s="137"/>
+      <c r="F32" s="138"/>
+    </row>
+    <row r="33" spans="1:15" s="29" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="99"/>
+      <c r="B33" s="158"/>
+      <c r="C33" s="52" t="s">
+        <v>173</v>
+      </c>
+      <c r="D33" s="71">
+        <v>0.1</v>
+      </c>
+      <c r="E33" s="137"/>
+      <c r="F33" s="138"/>
+      <c r="G33" s="99"/>
+    </row>
+    <row r="34" spans="1:15" s="29" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="99"/>
+      <c r="B34" s="158"/>
       <c r="C34" s="52" t="s">
+        <v>215</v>
+      </c>
+      <c r="D34" s="72">
+        <v>0.2</v>
+      </c>
+      <c r="E34" s="137"/>
+      <c r="F34" s="138"/>
+      <c r="G34" s="99"/>
+    </row>
+    <row r="35" spans="1:15" s="29" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="99"/>
+      <c r="B35" s="158"/>
+      <c r="C35" s="73" t="s">
+        <v>174</v>
+      </c>
+      <c r="D35" s="70">
+        <v>0</v>
+      </c>
+      <c r="E35" s="137"/>
+      <c r="F35" s="138"/>
+      <c r="G35" s="99"/>
+    </row>
+    <row r="36" spans="1:15" s="29" customFormat="1" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="99"/>
+      <c r="B36" s="159"/>
+      <c r="C36" s="74" t="s">
+        <v>243</v>
+      </c>
+      <c r="D36" s="75">
+        <v>0.1</v>
+      </c>
+      <c r="E36" s="139"/>
+      <c r="F36" s="140"/>
+      <c r="G36" s="99"/>
+    </row>
+    <row r="37" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="95"/>
+      <c r="C37" s="91"/>
+      <c r="D37" s="89"/>
+      <c r="E37" s="89"/>
+      <c r="F37" s="89"/>
+    </row>
+    <row r="38" spans="1:15" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="143" t="s">
         <v>178</v>
       </c>
-      <c r="D34" s="71">
-[...25 lines deleted...]
-      <c r="D36" s="70">
+      <c r="C38" s="106" t="s">
+        <v>9</v>
+      </c>
+      <c r="D38" s="76" t="str">
+        <f>D25</f>
+        <v>Scorrimento</v>
+      </c>
+      <c r="E38" s="77" t="str">
+        <f>E27</f>
+        <v>Pozzetti</v>
+      </c>
+      <c r="F38" s="78" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" ht="116.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="144"/>
+      <c r="C39" s="108" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" s="168" t="s">
+        <v>253</v>
+      </c>
+      <c r="E39" s="169"/>
+      <c r="F39" s="170"/>
+    </row>
+    <row r="40" spans="1:15" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B40" s="145"/>
+      <c r="C40" s="107" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" s="105">
+        <v>0.4</v>
+      </c>
+      <c r="E40" s="166"/>
+      <c r="F40" s="167"/>
+    </row>
+    <row r="41" spans="1:15" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="88"/>
+      <c r="C41" s="91"/>
+      <c r="D41" s="89"/>
+      <c r="E41" s="89"/>
+      <c r="F41" s="89"/>
+    </row>
+    <row r="42" spans="1:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B42" s="143" t="s">
+        <v>201</v>
+      </c>
+      <c r="C42" s="50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" s="194">
         <v>0</v>
       </c>
-      <c r="E36" s="125"/>
-[...6 lines deleted...]
-      <c r="C37" s="74" t="s">
+      <c r="E42" s="187"/>
+      <c r="F42" s="188"/>
+    </row>
+    <row r="43" spans="1:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="144"/>
+      <c r="C43" s="52" t="s">
+        <v>14</v>
+      </c>
+      <c r="D43" s="79">
+        <v>0</v>
+      </c>
+      <c r="E43" s="189"/>
+      <c r="F43" s="190"/>
+    </row>
+    <row r="44" spans="1:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="144"/>
+      <c r="C44" s="52" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" s="79">
+        <v>0</v>
+      </c>
+      <c r="E44" s="189"/>
+      <c r="F44" s="190"/>
+    </row>
+    <row r="45" spans="1:15" ht="17.25" x14ac:dyDescent="0.3">
+      <c r="B45" s="144"/>
+      <c r="C45" s="117" t="s">
+        <v>254</v>
+      </c>
+      <c r="D45" s="79">
+        <v>0</v>
+      </c>
+      <c r="E45" s="191"/>
+      <c r="F45" s="192"/>
+    </row>
+    <row r="46" spans="1:15" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="95"/>
+      <c r="C46" s="91"/>
+      <c r="D46" s="89"/>
+      <c r="E46" s="89"/>
+      <c r="F46" s="89"/>
+    </row>
+    <row r="47" spans="1:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="163" t="s">
         <v>251</v>
       </c>
-      <c r="D37" s="75">
+      <c r="C47" s="80" t="s">
+        <v>91</v>
+      </c>
+      <c r="D47" s="81">
+        <v>0.6</v>
+      </c>
+      <c r="E47" s="179"/>
+      <c r="F47" s="180"/>
+      <c r="I47" s="13"/>
+      <c r="J47" s="13"/>
+      <c r="K47" s="13"/>
+      <c r="L47" s="13"/>
+      <c r="M47" s="13"/>
+      <c r="N47" s="13"/>
+      <c r="O47" s="13"/>
+    </row>
+    <row r="48" spans="1:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B48" s="164"/>
+      <c r="C48" s="82" t="s">
+        <v>92</v>
+      </c>
+      <c r="D48" s="70">
         <v>0</v>
       </c>
-      <c r="E37" s="127"/>
-[...96 lines deleted...]
-      <c r="D46" s="83">
+      <c r="E48" s="181"/>
+      <c r="F48" s="182"/>
+      <c r="I48" s="13"/>
+      <c r="J48" s="13"/>
+      <c r="K48" s="13"/>
+      <c r="L48" s="13"/>
+      <c r="M48" s="13"/>
+      <c r="N48" s="13"/>
+      <c r="O48" s="13"/>
+    </row>
+    <row r="49" spans="2:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="164"/>
+      <c r="C49" s="82" t="s">
+        <v>93</v>
+      </c>
+      <c r="D49" s="70">
         <v>0</v>
       </c>
-      <c r="E46" s="161"/>
-[...43 lines deleted...]
-      <c r="I50" s="13"/>
+      <c r="E49" s="181"/>
+      <c r="F49" s="182"/>
+      <c r="I49" s="30"/>
+      <c r="J49" s="13"/>
+      <c r="K49" s="13"/>
+      <c r="L49" s="13"/>
+      <c r="M49" s="13"/>
+      <c r="N49" s="13"/>
+      <c r="O49" s="13"/>
+    </row>
+    <row r="50" spans="2:15" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="165"/>
+      <c r="C50" s="83" t="s">
+        <v>94</v>
+      </c>
+      <c r="D50" s="84">
+        <v>0.4</v>
+      </c>
+      <c r="E50" s="183"/>
+      <c r="F50" s="140"/>
+      <c r="G50" s="101"/>
+      <c r="I50" s="30"/>
       <c r="J50" s="13"/>
       <c r="K50" s="13"/>
       <c r="L50" s="13"/>
       <c r="M50" s="13"/>
       <c r="N50" s="13"/>
       <c r="O50" s="13"/>
     </row>
-    <row r="51" spans="2:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="I51" s="13"/>
+    <row r="51" spans="2:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="95"/>
+      <c r="C51" s="91"/>
+      <c r="D51" s="89"/>
+      <c r="E51" s="96"/>
+      <c r="F51" s="96"/>
+      <c r="G51" s="101"/>
+      <c r="H51" s="31"/>
+      <c r="I51" s="30"/>
       <c r="J51" s="13"/>
       <c r="K51" s="13"/>
       <c r="L51" s="13"/>
       <c r="M51" s="13"/>
       <c r="N51" s="13"/>
       <c r="O51" s="13"/>
     </row>
-    <row r="52" spans="2:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="F52" s="166"/>
+    <row r="52" spans="2:15" ht="68.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="154" t="s">
+        <v>95</v>
+      </c>
+      <c r="C52" s="112" t="s">
+        <v>10</v>
+      </c>
+      <c r="D52" s="160" t="s">
+        <v>253</v>
+      </c>
+      <c r="E52" s="161"/>
+      <c r="F52" s="162"/>
       <c r="I52" s="30"/>
       <c r="J52" s="13"/>
       <c r="K52" s="13"/>
       <c r="L52" s="13"/>
       <c r="M52" s="13"/>
       <c r="N52" s="13"/>
       <c r="O52" s="13"/>
     </row>
-    <row r="53" spans="2:15" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="G53" s="106"/>
+    <row r="53" spans="2:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B53" s="155"/>
+      <c r="C53" s="110" t="s">
+        <v>247</v>
+      </c>
+      <c r="D53" s="109" t="s">
+        <v>147</v>
+      </c>
+      <c r="E53" s="174"/>
+      <c r="F53" s="175"/>
       <c r="I53" s="30"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
       <c r="O53" s="13"/>
     </row>
-    <row r="54" spans="2:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="I54" s="30"/>
+    <row r="54" spans="2:15" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="156"/>
+      <c r="C54" s="111" t="s">
+        <v>163</v>
+      </c>
+      <c r="D54" s="85">
+        <v>1000</v>
+      </c>
+      <c r="E54" s="176"/>
+      <c r="F54" s="177"/>
+      <c r="I54" s="13"/>
       <c r="J54" s="13"/>
       <c r="K54" s="13"/>
       <c r="L54" s="13"/>
       <c r="M54" s="13"/>
       <c r="N54" s="13"/>
       <c r="O54" s="13"/>
     </row>
-    <row r="55" spans="2:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="I55" s="30"/>
+    <row r="55" spans="2:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B55" s="88"/>
+      <c r="C55" s="88"/>
+      <c r="D55" s="88"/>
+      <c r="E55" s="88"/>
+      <c r="F55" s="88"/>
+      <c r="I55" s="13"/>
       <c r="J55" s="13"/>
       <c r="K55" s="13"/>
       <c r="L55" s="13"/>
       <c r="M55" s="13"/>
       <c r="N55" s="13"/>
       <c r="O55" s="13"/>
     </row>
-    <row r="56" spans="2:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="I56" s="30"/>
+    <row r="56" spans="2:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B56" s="171" t="s">
+        <v>199</v>
+      </c>
+      <c r="C56" s="172"/>
+      <c r="D56" s="172"/>
+      <c r="E56" s="172"/>
+      <c r="F56" s="173"/>
+      <c r="I56" s="13"/>
       <c r="J56" s="13"/>
       <c r="K56" s="13"/>
       <c r="L56" s="13"/>
       <c r="M56" s="13"/>
       <c r="N56" s="13"/>
       <c r="O56" s="13"/>
     </row>
-    <row r="57" spans="2:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="I57" s="30"/>
+    <row r="57" spans="2:15" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B57" s="150" t="s">
+        <v>186</v>
+      </c>
+      <c r="C57" s="151"/>
+      <c r="D57" s="104" t="s">
+        <v>187</v>
+      </c>
+      <c r="E57" s="104" t="s">
+        <v>165</v>
+      </c>
+      <c r="F57" s="104" t="s">
+        <v>195</v>
+      </c>
+      <c r="I57" s="13"/>
       <c r="J57" s="13"/>
       <c r="K57" s="13"/>
       <c r="L57" s="13"/>
-      <c r="M57" s="13"/>
-[...15 lines deleted...]
-      <c r="K58" s="13"/>
+      <c r="M57" s="19"/>
+      <c r="N57" s="20"/>
+      <c r="O57" s="20"/>
+    </row>
+    <row r="58" spans="2:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="148">
+        <f>pesoRetIrriguo*pesoArea*pesoColture*pesoFunResidua/64</f>
+        <v>0.53812499999999985</v>
+      </c>
+      <c r="C58" s="149"/>
+      <c r="D58" s="86">
+        <f>(D42+D43+D44+D45)/16</f>
+        <v>0</v>
+      </c>
+      <c r="E58" s="86">
+        <f>SUMPRODUCT(D47:D50, tabPesaturaValEspost[Peso])</f>
+        <v>0.33999999999999997</v>
+      </c>
+      <c r="F58" s="87">
+        <f>D54</f>
+        <v>1000</v>
+      </c>
+      <c r="I58" s="20"/>
+      <c r="J58" s="20"/>
+      <c r="K58" s="20"/>
       <c r="L58" s="13"/>
-      <c r="M58" s="13"/>
+      <c r="M58" s="19"/>
       <c r="N58" s="13"/>
-      <c r="O58" s="13"/>
-[...6 lines deleted...]
-      <c r="F59" s="93"/>
+      <c r="O58" s="21"/>
+    </row>
+    <row r="59" spans="2:15" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="98"/>
+      <c r="C59" s="98"/>
+      <c r="D59" s="102"/>
+      <c r="E59" s="102"/>
+      <c r="F59" s="98"/>
       <c r="I59" s="13"/>
-      <c r="J59" s="13"/>
-      <c r="K59" s="13"/>
+      <c r="J59" s="32"/>
+      <c r="K59" s="20"/>
       <c r="L59" s="13"/>
-      <c r="M59" s="13"/>
+      <c r="M59" s="20"/>
       <c r="N59" s="13"/>
-      <c r="O59" s="13"/>
-[...8 lines deleted...]
-      <c r="F60" s="147"/>
+      <c r="O59" s="33"/>
+    </row>
+    <row r="60" spans="2:15" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="98"/>
+      <c r="C60" s="98"/>
+      <c r="D60" s="103"/>
+      <c r="E60" s="102"/>
+      <c r="F60" s="98"/>
       <c r="I60" s="13"/>
       <c r="J60" s="13"/>
-      <c r="K60" s="13"/>
+      <c r="K60" s="20"/>
       <c r="L60" s="13"/>
-      <c r="M60" s="13"/>
+      <c r="M60" s="20"/>
       <c r="N60" s="13"/>
-      <c r="O60" s="13"/>
-[...14 lines deleted...]
-      </c>
+      <c r="O60" s="21"/>
+    </row>
+    <row r="61" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="E61" s="34"/>
       <c r="I61" s="13"/>
       <c r="J61" s="13"/>
-      <c r="K61" s="13"/>
+      <c r="K61" s="20"/>
       <c r="L61" s="13"/>
-      <c r="M61" s="19"/>
-[...22 lines deleted...]
-      <c r="J62" s="20"/>
+      <c r="M61" s="20"/>
+      <c r="N61" s="13"/>
+      <c r="O61" s="13"/>
+    </row>
+    <row r="62" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="D62" s="35"/>
+      <c r="E62" s="31"/>
+      <c r="I62" s="13"/>
+      <c r="J62" s="13"/>
       <c r="K62" s="20"/>
       <c r="L62" s="13"/>
-      <c r="M62" s="19"/>
+      <c r="M62" s="20"/>
       <c r="N62" s="13"/>
-      <c r="O62" s="21"/>
-[...6 lines deleted...]
-      <c r="F63" s="103"/>
+      <c r="O62" s="13"/>
+    </row>
+    <row r="63" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B63" s="36"/>
+      <c r="D63" s="37"/>
       <c r="I63" s="13"/>
-      <c r="J63" s="32"/>
+      <c r="J63" s="13"/>
       <c r="K63" s="20"/>
       <c r="L63" s="13"/>
       <c r="M63" s="20"/>
       <c r="N63" s="13"/>
-      <c r="O63" s="33"/>
-[...6 lines deleted...]
-      <c r="F64" s="103"/>
+      <c r="O63" s="13"/>
+    </row>
+    <row r="64" spans="2:15" x14ac:dyDescent="0.25">
       <c r="I64" s="13"/>
       <c r="J64" s="13"/>
       <c r="K64" s="20"/>
       <c r="L64" s="13"/>
-      <c r="M64" s="20"/>
+      <c r="M64" s="13"/>
       <c r="N64" s="13"/>
-      <c r="O64" s="21"/>
+      <c r="O64" s="13"/>
     </row>
     <row r="65" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="E65" s="34"/>
       <c r="I65" s="13"/>
       <c r="J65" s="13"/>
-      <c r="K65" s="20"/>
+      <c r="K65" s="13"/>
       <c r="L65" s="13"/>
-      <c r="M65" s="20"/>
+      <c r="M65" s="13"/>
       <c r="N65" s="13"/>
       <c r="O65" s="13"/>
     </row>
     <row r="66" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="D66" s="35"/>
-      <c r="E66" s="31"/>
       <c r="I66" s="13"/>
       <c r="J66" s="13"/>
-      <c r="K66" s="20"/>
+      <c r="K66" s="13"/>
       <c r="L66" s="13"/>
-      <c r="M66" s="20"/>
+      <c r="M66" s="13"/>
       <c r="N66" s="13"/>
       <c r="O66" s="13"/>
     </row>
     <row r="67" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="B67" s="36"/>
-      <c r="D67" s="37"/>
       <c r="I67" s="13"/>
       <c r="J67" s="13"/>
-      <c r="K67" s="20"/>
+      <c r="K67" s="13"/>
       <c r="L67" s="13"/>
-      <c r="M67" s="20"/>
+      <c r="M67" s="13"/>
       <c r="N67" s="13"/>
       <c r="O67" s="13"/>
     </row>
     <row r="68" spans="2:15" x14ac:dyDescent="0.25">
       <c r="I68" s="13"/>
       <c r="J68" s="13"/>
-      <c r="K68" s="20"/>
+      <c r="K68" s="13"/>
       <c r="L68" s="13"/>
       <c r="M68" s="13"/>
       <c r="N68" s="13"/>
       <c r="O68" s="13"/>
     </row>
     <row r="69" spans="2:15" x14ac:dyDescent="0.25">
       <c r="I69" s="13"/>
       <c r="J69" s="13"/>
       <c r="K69" s="13"/>
       <c r="L69" s="13"/>
       <c r="M69" s="13"/>
       <c r="N69" s="13"/>
       <c r="O69" s="13"/>
     </row>
     <row r="70" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="I70" s="13"/>
-[...5 lines deleted...]
-      <c r="O70" s="13"/>
+      <c r="B70" s="36"/>
+      <c r="D70" s="35"/>
     </row>
     <row r="71" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="I71" s="13"/>
-[...5 lines deleted...]
-      <c r="O71" s="13"/>
+      <c r="B71" s="36"/>
     </row>
     <row r="72" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="I72" s="13"/>
-[...5 lines deleted...]
-      <c r="O72" s="13"/>
+      <c r="B72" s="36"/>
     </row>
     <row r="73" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="I73" s="13"/>
-[...18 lines deleted...]
-      <c r="B77" s="36"/>
+      <c r="B73" s="36"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <dataConsolidate/>
-  <mergeCells count="35">
-[...11 lines deleted...]
-    <mergeCell ref="E50:F53"/>
+  <mergeCells count="30">
+    <mergeCell ref="E42:F45"/>
+    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="B57:C57"/>
     <mergeCell ref="F25:F26"/>
-    <mergeCell ref="B55:B58"/>
-[...6 lines deleted...]
-    <mergeCell ref="E42:F42"/>
+    <mergeCell ref="B52:B54"/>
+    <mergeCell ref="B25:B36"/>
+    <mergeCell ref="D52:F52"/>
+    <mergeCell ref="B47:B50"/>
+    <mergeCell ref="E40:F40"/>
+    <mergeCell ref="D39:F39"/>
+    <mergeCell ref="B56:F56"/>
+    <mergeCell ref="E53:F54"/>
+    <mergeCell ref="B38:B40"/>
+    <mergeCell ref="C29:C30"/>
+    <mergeCell ref="E47:F50"/>
     <mergeCell ref="B4:B6"/>
-    <mergeCell ref="D28:F29"/>
-[...1 lines deleted...]
-    <mergeCell ref="D47:F48"/>
+    <mergeCell ref="D28:F28"/>
+    <mergeCell ref="D29:F30"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="C15:C16"/>
     <mergeCell ref="B15:B23"/>
     <mergeCell ref="B8:B13"/>
     <mergeCell ref="D17:E17"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="D21:E21"/>
-    <mergeCell ref="D40:F41"/>
-    <mergeCell ref="E32:F37"/>
+    <mergeCell ref="E31:F36"/>
     <mergeCell ref="D23:E23"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="B42:B45"/>
+    <mergeCell ref="D22:E22"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
-  <conditionalFormatting sqref="D44">
-    <cfRule type="cellIs" dxfId="63" priority="53" operator="equal">
+  <conditionalFormatting sqref="D42">
+    <cfRule type="cellIs" dxfId="25" priority="61" operator="equal">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="colorScale" priority="68">
+    <cfRule type="colorScale" priority="76">
       <colorScale>
         <cfvo type="num" val="1"/>
         <cfvo type="num" val="2"/>
-        <cfvo type="num" val="3"/>
+        <cfvo type="num" val="4"/>
         <color theme="9" tint="0.39997558519241921"/>
         <color theme="7" tint="0.59999389629810485"/>
-        <color rgb="FFFF7C80"/>
+        <color rgb="FFFF5050"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D50">
-    <cfRule type="dataBar" priority="61">
+  <conditionalFormatting sqref="D47">
+    <cfRule type="dataBar" priority="69">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color rgb="FFFF7C80"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{80C14B38-A722-480C-A8CB-36F8E9B616EF}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D45">
-[...30 lines deleted...]
-    <cfRule type="colorScale" priority="46">
+  <conditionalFormatting sqref="D58">
+    <cfRule type="colorScale" priority="54">
       <colorScale>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="0.5"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
         <color theme="7" tint="0.59999389629810485"/>
         <color rgb="FFFF5050"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E62">
-    <cfRule type="cellIs" dxfId="60" priority="41" operator="between">
+  <conditionalFormatting sqref="E58">
+    <cfRule type="cellIs" dxfId="24" priority="49" operator="between">
       <formula>0.5</formula>
       <formula>1</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="59" priority="42" operator="between">
+    <cfRule type="cellIs" dxfId="23" priority="50" operator="between">
       <formula>0.2</formula>
       <formula>0.5</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="58" priority="43" operator="between">
+    <cfRule type="cellIs" dxfId="22" priority="51" operator="between">
       <formula>0.05</formula>
       <formula>0.2</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="57" priority="44" operator="between">
+    <cfRule type="cellIs" dxfId="21" priority="52" operator="between">
       <formula>0</formula>
       <formula>0.05</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F62">
-    <cfRule type="cellIs" dxfId="56" priority="37" operator="greaterThan">
+  <conditionalFormatting sqref="F58">
+    <cfRule type="cellIs" dxfId="20" priority="45" operator="greaterThan">
       <formula>70001</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="55" priority="38" operator="between">
+    <cfRule type="cellIs" dxfId="19" priority="46" operator="between">
       <formula>20001</formula>
       <formula>70000</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="54" priority="39" operator="between">
+    <cfRule type="cellIs" dxfId="18" priority="47" operator="between">
       <formula>1000</formula>
       <formula>20000</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E26">
-    <cfRule type="expression" dxfId="53" priority="32">
+    <cfRule type="expression" dxfId="17" priority="40">
       <formula>IF(ISERROR(VLOOKUP(E26, INDIRECT("tabRetIrriguo["&amp;D26&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E27">
-    <cfRule type="expression" dxfId="52" priority="30">
+    <cfRule type="expression" dxfId="16" priority="38">
       <formula>IF(ISERROR(VLOOKUP(E27, INDIRECT("tabOpIdraulica["&amp;D27&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F27">
-    <cfRule type="expression" dxfId="51" priority="29">
+    <cfRule type="expression" dxfId="15" priority="37">
       <formula>IF(ISERROR(VLOOKUP(F27, INDIRECT("tabOpIdraulicaBis["&amp;E27&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F39">
-[...1 lines deleted...]
-      <formula>IF(ISERROR(VLOOKUP(F39, INDIRECT("tabCriticitaBis["&amp;E39&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
+  <conditionalFormatting sqref="F38">
+    <cfRule type="expression" dxfId="14" priority="36">
+      <formula>IF(ISERROR(VLOOKUP(F38, INDIRECT("tabCriticitaBis["&amp;E38&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B62">
-    <cfRule type="cellIs" dxfId="49" priority="24" operator="between">
+  <conditionalFormatting sqref="B58">
+    <cfRule type="cellIs" dxfId="13" priority="32" operator="between">
       <formula>0.6</formula>
       <formula>1</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="48" priority="25" operator="between">
+    <cfRule type="cellIs" dxfId="12" priority="33" operator="between">
       <formula>0.2</formula>
       <formula>0.6</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="47" priority="26" operator="between">
+    <cfRule type="cellIs" dxfId="11" priority="34" operator="between">
       <formula>0.05</formula>
       <formula>0.2</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="46" priority="27" operator="between">
+    <cfRule type="cellIs" dxfId="10" priority="35" operator="between">
       <formula>0</formula>
       <formula>0.05</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E2">
-    <cfRule type="cellIs" dxfId="45" priority="20" operator="between">
+    <cfRule type="cellIs" dxfId="9" priority="28" operator="between">
       <formula>0.6</formula>
       <formula>1</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="44" priority="21" operator="between">
+    <cfRule type="cellIs" dxfId="8" priority="29" operator="between">
       <formula>0.2</formula>
       <formula>0.6</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="43" priority="22" operator="between">
+    <cfRule type="cellIs" dxfId="7" priority="30" operator="between">
       <formula>0.05</formula>
       <formula>0.2</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="42" priority="23" operator="between">
+    <cfRule type="cellIs" dxfId="6" priority="31" operator="between">
       <formula>0</formula>
       <formula>0.05</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F2">
-    <cfRule type="cellIs" dxfId="41" priority="17" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="5" priority="25" operator="greaterThan">
       <formula>70001</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="40" priority="18" operator="between">
+    <cfRule type="cellIs" dxfId="4" priority="26" operator="between">
       <formula>20001</formula>
       <formula>70000</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="39" priority="19" operator="between">
+    <cfRule type="cellIs" dxfId="3" priority="27" operator="between">
       <formula>1000</formula>
       <formula>20000</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D42">
-    <cfRule type="dataBar" priority="16">
+  <conditionalFormatting sqref="D40">
+    <cfRule type="dataBar" priority="24">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{6F705226-F85A-42B8-B99C-46C75F131213}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D33">
-    <cfRule type="dataBar" priority="15">
+  <conditionalFormatting sqref="D32">
+    <cfRule type="dataBar" priority="23">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{5D8C12DA-AFA4-4E66-91B8-B085D98D3436}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D34">
-    <cfRule type="dataBar" priority="10">
+  <conditionalFormatting sqref="D33">
+    <cfRule type="dataBar" priority="18">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{4E797487-9D3D-405B-B466-BD503AB7120B}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D35">
-    <cfRule type="dataBar" priority="9">
+  <conditionalFormatting sqref="D34">
+    <cfRule type="dataBar" priority="17">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{E1BCB720-A044-4270-A5EC-43C6F5E6C83C}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D36">
-    <cfRule type="dataBar" priority="8">
+  <conditionalFormatting sqref="D35">
+    <cfRule type="dataBar" priority="16">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{0CC0C3A9-75DA-442D-958D-A7C49F3AA553}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D37">
-    <cfRule type="dataBar" priority="7">
+  <conditionalFormatting sqref="D36">
+    <cfRule type="dataBar" priority="15">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{FFFB9745-9D2E-4B27-B1CE-6FA9ACA4AB47}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D51">
-    <cfRule type="dataBar" priority="3">
+  <conditionalFormatting sqref="D48">
+    <cfRule type="dataBar" priority="11">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color rgb="FFFF7C80"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{F92467B9-D780-4D18-BD06-4FFAF1482F1F}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D52">
-    <cfRule type="dataBar" priority="2">
+  <conditionalFormatting sqref="D49">
+    <cfRule type="dataBar" priority="10">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color rgb="FFFF7C80"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{BFC84D63-7E88-438F-9701-FC8966DD03B7}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D53">
-    <cfRule type="dataBar" priority="1">
+  <conditionalFormatting sqref="D50">
+    <cfRule type="dataBar" priority="9">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color rgb="FFFF7C80"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{F96E1B41-6E79-4872-AE3D-3446402ED1D9}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="D43">
+    <cfRule type="cellIs" dxfId="2" priority="5" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="colorScale" priority="6">
+      <colorScale>
+        <cfvo type="num" val="1"/>
+        <cfvo type="num" val="2"/>
+        <cfvo type="num" val="4"/>
+        <color theme="9" tint="0.39997558519241921"/>
+        <color theme="7" tint="0.59999389629810485"/>
+        <color rgb="FFFF5050"/>
+      </colorScale>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D44">
+    <cfRule type="cellIs" dxfId="1" priority="3" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="colorScale" priority="4">
+      <colorScale>
+        <cfvo type="num" val="1"/>
+        <cfvo type="num" val="2"/>
+        <cfvo type="num" val="4"/>
+        <color theme="9" tint="0.39997558519241921"/>
+        <color theme="7" tint="0.59999389629810485"/>
+        <color rgb="FFFF5050"/>
+      </colorScale>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D45">
+    <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="colorScale" priority="2">
+      <colorScale>
+        <cfvo type="num" val="1"/>
+        <cfvo type="num" val="2"/>
+        <cfvo type="num" val="4"/>
+        <color theme="9" tint="0.39997558519241921"/>
+        <color theme="7" tint="0.59999389629810485"/>
+        <color rgb="FFFF5050"/>
+      </colorScale>
+    </cfRule>
+  </conditionalFormatting>
   <dataValidations count="14">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D8">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D8" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>INDIRECT("tabComuni[Comuni]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D25">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D25" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>INDIRECT("tabTipologia[Tipologia]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E26">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E26" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>INDIRECT("tabRetIrriguo["&amp;D26&amp;"]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E27">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E27" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>INDIRECT("tabOpIdraulica["&amp;D27&amp;"]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F27">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F27" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>INDIRECT("tabOpIdraulicaBis["&amp;E27&amp;"]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D44:D46">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D42:D45" xr:uid="{00000000-0002-0000-0000-000005000000}">
       <formula1>INDIRECT("tabClassificazione[Classificazione]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D57">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D53" xr:uid="{00000000-0002-0000-0000-000006000000}">
       <formula1>INDIRECT("tabTempi[Tempo]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D58">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D54" xr:uid="{00000000-0002-0000-0000-000007000000}">
       <formula1>INDIRECT("tabCosti[Costo]")</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="E39"/>
-[...1 lines deleted...]
-      <formula1>INDIRECT("tabCriticitaBis["&amp;E39&amp;"]")</formula1>
+    <dataValidation allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="E38" xr:uid="{00000000-0002-0000-0000-000008000000}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F38" xr:uid="{00000000-0002-0000-0000-000009000000}">
+      <formula1>INDIRECT("tabCriticitaBis["&amp;E38&amp;"]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D13">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D13" xr:uid="{00000000-0002-0000-0000-00000A000000}">
       <formula1>INDIRECT("tabAccessibilita[Accessibilita]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D33:D37 D42 D50:D53">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D32:D36 D40 D47:D50" xr:uid="{00000000-0002-0000-0000-00000B000000}">
       <formula1>INDIRECT("tabAreeUrbane[Percentuale]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D32">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D31" xr:uid="{00000000-0002-0000-0000-00000C000000}">
       <formula1>INDIRECT("tabEttari[Ettari]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="D39 D26:D27">
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="D38 D26:D27" xr:uid="{00000000-0002-0000-0000-00000D000000}">
       <formula1>INDIRECT("tabTipologia[Tipologia]")</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="D20" r:id="rId1"/>
-[...4 lines deleted...]
-    <hyperlink ref="D19" r:id="rId6" display="ORTOFOTO\CRITICITA 1 O.docx"/>
+    <hyperlink ref="D20" r:id="rId1" display="FRANE\CRITICITA 1 F.docx" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="D22" r:id="rId2" display="ESONDAZIONI\CRTITICITA 1.docx" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="D18" r:id="rId3" display="ORTOFOTO\CRITICITA 1 O.docx" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="D19" r:id="rId4" display="ORTOFOTO\CRITICITA 1 O.docx" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="D18:E18" r:id="rId5" display="foto aerea 2018" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="D19:E19" r:id="rId6" display=" " xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="D20:E20" r:id="rId7" display="art 35" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="D22:E22" r:id="rId8" display="6 - Terreni a rischio esondazione.doc" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="D17:E17" r:id="rId9" display=" " xr:uid="{00000000-0004-0000-0000-000008000000}"/>
   </hyperlinks>
   <pageMargins left="0.62992125984251968" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="52" orientation="portrait" r:id="rId7"/>
+  <pageSetup paperSize="9" scale="44" orientation="portrait" r:id="rId10"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{80C14B38-A722-480C-A8CB-36F8E9B616EF}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D50</xm:sqref>
+          <xm:sqref>D47</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{6F705226-F85A-42B8-B99C-46C75F131213}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D42</xm:sqref>
+          <xm:sqref>D40</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{5D8C12DA-AFA4-4E66-91B8-B085D98D3436}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D33</xm:sqref>
+          <xm:sqref>D32</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{4E797487-9D3D-405B-B466-BD503AB7120B}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D34</xm:sqref>
+          <xm:sqref>D33</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{E1BCB720-A044-4270-A5EC-43C6F5E6C83C}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D35</xm:sqref>
+          <xm:sqref>D34</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{0CC0C3A9-75DA-442D-958D-A7C49F3AA553}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D36</xm:sqref>
+          <xm:sqref>D35</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{FFFB9745-9D2E-4B27-B1CE-6FA9ACA4AB47}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D37</xm:sqref>
+          <xm:sqref>D36</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{F92467B9-D780-4D18-BD06-4FFAF1482F1F}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D51</xm:sqref>
+          <xm:sqref>D48</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{BFC84D63-7E88-438F-9701-FC8966DD03B7}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D52</xm:sqref>
+          <xm:sqref>D49</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{F96E1B41-6E79-4872-AE3D-3446402ED1D9}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D53</xm:sqref>
+          <xm:sqref>D50</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="iconSet" priority="65" id="{00000000-000E-0000-0000-000004000000}">
+          <x14:cfRule type="iconSet" priority="73" id="{00000000-000E-0000-0000-000004000000}">
             <x14:iconSet iconSet="4TrafficLights" custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>25</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>50</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>75</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="5Quarters" iconId="0"/>
               <x14:cfIcon iconSet="3TrafficLights1" iconId="2"/>
               <x14:cfIcon iconSet="3TrafficLights1" iconId="1"/>
               <x14:cfIcon iconSet="4RedToBlack" iconId="3"/>
             </x14:iconSet>
           </x14:cfRule>
-          <xm:sqref>S96</xm:sqref>
+          <xm:sqref>S92</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P76"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="H5" sqref="H5"/>
+    <sheetView topLeftCell="E1" workbookViewId="0">
+      <selection activeCell="K29" sqref="K29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.5703125" customWidth="1"/>
     <col min="3" max="3" width="23.5703125" customWidth="1"/>
     <col min="5" max="5" width="27.28515625" customWidth="1"/>
     <col min="7" max="7" width="38.28515625" customWidth="1"/>
     <col min="8" max="8" width="26.28515625" customWidth="1"/>
     <col min="10" max="10" width="30.42578125" customWidth="1"/>
     <col min="11" max="11" width="40.140625" customWidth="1"/>
     <col min="12" max="12" width="28.7109375" customWidth="1"/>
     <col min="13" max="13" width="34.85546875" customWidth="1"/>
     <col min="14" max="14" width="36.7109375" customWidth="1"/>
     <col min="15" max="15" width="28.28515625" customWidth="1"/>
     <col min="16" max="16" width="36.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C1" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="E1" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="G1" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="J1" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
     </row>
     <row r="2" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>90</v>
       </c>
       <c r="C2" t="s">
         <v>96</v>
       </c>
       <c r="E2" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="G2" s="176" t="s">
+      <c r="G2" s="184" t="s">
         <v>113</v>
       </c>
-      <c r="H2" s="176"/>
-      <c r="J2" s="176" t="s">
+      <c r="H2" s="184"/>
+      <c r="J2" s="184" t="s">
         <v>138</v>
       </c>
-      <c r="K2" s="176"/>
-[...4 lines deleted...]
-      <c r="P2" s="176"/>
+      <c r="K2" s="184"/>
+      <c r="L2" s="184"/>
+      <c r="M2" s="184"/>
+      <c r="N2" s="184"/>
+      <c r="O2" s="184"/>
+      <c r="P2" s="184"/>
     </row>
     <row r="3" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>153</v>
       </c>
       <c r="E3" t="s">
         <v>106</v>
       </c>
       <c r="G3" t="s">
         <v>98</v>
       </c>
       <c r="H3" t="s">
         <v>107</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>116</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>117</v>
       </c>
       <c r="L3" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="M3" s="1" t="s">
         <v>118</v>
       </c>
       <c r="N3" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O3" s="1" t="s">
         <v>120</v>
       </c>
       <c r="P3" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E4" t="s">
         <v>98</v>
       </c>
       <c r="G4" t="s">
         <v>116</v>
       </c>
       <c r="H4" t="s">
-        <v>265</v>
+        <v>250</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>99</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>103</v>
       </c>
       <c r="L4" s="1" t="s">
         <v>122</v>
       </c>
       <c r="M4" s="1" t="s">
         <v>126</v>
       </c>
       <c r="N4" s="1" t="s">
         <v>130</v>
       </c>
       <c r="O4" s="1" t="s">
         <v>133</v>
       </c>
       <c r="P4" s="1" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
@@ -5240,368 +5198,371 @@
       </c>
       <c r="L6" s="1" t="s">
         <v>124</v>
       </c>
       <c r="M6" s="1" t="s">
         <v>128</v>
       </c>
       <c r="N6" s="1" t="s">
         <v>131</v>
       </c>
       <c r="O6" s="1" t="s">
         <v>135</v>
       </c>
       <c r="P6" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E7" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="G7" t="s">
         <v>110</v>
       </c>
       <c r="H7" t="s">
         <v>110</v>
       </c>
       <c r="J7" s="1" t="s">
         <v>102</v>
       </c>
       <c r="K7" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="L7" s="1" t="s">
         <v>125</v>
       </c>
       <c r="M7" s="1" t="s">
         <v>129</v>
       </c>
       <c r="N7" s="1" t="s">
         <v>132</v>
       </c>
       <c r="O7" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="P7" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E8" s="22" t="s">
         <v>139</v>
       </c>
       <c r="H8" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="K8" s="1"/>
       <c r="L8" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
     </row>
     <row r="9" spans="1:16" ht="13.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E9" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="14.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="14">
         <v>0</v>
       </c>
       <c r="G10" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="E11" s="6">
         <v>1</v>
       </c>
-      <c r="G11" s="176" t="s">
+      <c r="G11" s="184" t="s">
         <v>115</v>
       </c>
-      <c r="H11" s="176"/>
+      <c r="H11" s="184"/>
     </row>
     <row r="12" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="E12" s="7">
         <v>2</v>
       </c>
       <c r="G12" t="s">
         <v>98</v>
       </c>
       <c r="H12" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="22" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="E13" s="8">
         <v>3</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>119</v>
       </c>
       <c r="J13" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>27</v>
       </c>
       <c r="C14" t="s">
-        <v>174</v>
+        <v>169</v>
+      </c>
+      <c r="E14" s="195">
+        <v>4</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>117</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="J14" s="177" t="s">
+      <c r="J14" s="185" t="s">
         <v>152</v>
       </c>
-      <c r="K14" s="177"/>
-[...3 lines deleted...]
-      <c r="O14" s="177"/>
+      <c r="K14" s="185"/>
+      <c r="L14" s="185"/>
+      <c r="M14" s="185"/>
+      <c r="N14" s="185"/>
+      <c r="O14" s="185"/>
     </row>
     <row r="15" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>121</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>116</v>
       </c>
       <c r="K15" s="3" t="s">
         <v>117</v>
       </c>
       <c r="L15" s="3" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="M15" s="3" t="s">
         <v>118</v>
       </c>
       <c r="N15" s="3" t="s">
         <v>119</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>120</v>
       </c>
       <c r="P15" s="4" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="C16">
         <v>5</v>
       </c>
       <c r="E16" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J16" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="K16" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="L16" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="M16" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="K16" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N16" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="O16" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="P16" s="1" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
         <v>30</v>
       </c>
       <c r="C17">
         <v>20</v>
       </c>
       <c r="E17" s="22" t="s">
         <v>141</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="N17" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="O17" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="P17" s="1" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="18" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
         <v>31</v>
       </c>
       <c r="C18">
         <v>50</v>
       </c>
       <c r="E18" t="s">
         <v>142</v>
       </c>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="J18" s="1" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="N18" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="O18" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="P18" s="1" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="C19">
         <v>100</v>
       </c>
       <c r="E19" t="s">
         <v>143</v>
       </c>
       <c r="G19" s="11"/>
       <c r="H19" s="11"/>
       <c r="J19" s="1" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="O19" s="1"/>
       <c r="P19" s="1" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
     </row>
     <row r="20" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
         <v>33</v>
       </c>
       <c r="C20">
         <v>200</v>
       </c>
       <c r="E20" t="s">
         <v>144</v>
       </c>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
     </row>
     <row r="21" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
         <v>34</v>
@@ -5647,152 +5608,152 @@
       <c r="G24" s="10"/>
       <c r="H24" s="10"/>
     </row>
     <row r="25" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
         <v>38</v>
       </c>
       <c r="C25" s="9"/>
       <c r="E25" t="s">
         <v>149</v>
       </c>
       <c r="H25" s="9"/>
     </row>
     <row r="26" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
         <v>39</v>
       </c>
       <c r="C26" s="9"/>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>40</v>
       </c>
       <c r="C27" s="9"/>
       <c r="E27" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>41</v>
       </c>
       <c r="E28" s="22" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>42</v>
       </c>
       <c r="E29" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>43</v>
       </c>
       <c r="E30" s="18">
         <v>1000</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>44</v>
       </c>
       <c r="E31" s="18">
         <v>5000</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>45</v>
       </c>
       <c r="E32" s="18">
         <v>10000</v>
       </c>
     </row>
-    <row r="33" spans="1:5" ht="14.45" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>46</v>
       </c>
       <c r="E33" s="18">
         <v>20000</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>47</v>
       </c>
       <c r="E34" s="18">
         <v>50000</v>
       </c>
     </row>
-    <row r="35" spans="1:5" ht="14.45" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>48</v>
       </c>
       <c r="E35" s="18">
         <v>100000</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>49</v>
       </c>
       <c r="E36" s="18">
         <v>500000</v>
       </c>
     </row>
-    <row r="37" spans="1:5" ht="14.45" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="38" spans="1:5" ht="14.45" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>51</v>
       </c>
       <c r="E38" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5" ht="14.45" x14ac:dyDescent="0.3">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>52</v>
       </c>
       <c r="E39" s="22" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>53</v>
       </c>
       <c r="E40" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>54</v>
       </c>
       <c r="E41" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>55</v>
       </c>
       <c r="E42" s="5">
         <v>0.1</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>56</v>
       </c>
       <c r="E43" s="5">
         <v>0.2</v>
       </c>
@@ -5992,530 +5953,576 @@
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="J2:P2"/>
     <mergeCell ref="J14:O14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <tableParts count="12">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
     <tablePart r:id="rId6"/>
     <tablePart r:id="rId7"/>
     <tablePart r:id="rId8"/>
     <tablePart r:id="rId9"/>
     <tablePart r:id="rId10"/>
     <tablePart r:id="rId11"/>
     <tablePart r:id="rId12"/>
     <tablePart r:id="rId13"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B1:I35"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J9" sqref="J9"/>
+      <selection activeCell="P25" sqref="P25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="26.5703125" customWidth="1"/>
     <col min="3" max="3" width="10.5703125" customWidth="1"/>
     <col min="5" max="5" width="36.28515625" customWidth="1"/>
     <col min="6" max="6" width="10.28515625" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" customWidth="1"/>
     <col min="9" max="9" width="15.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B1" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="C1" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="E1" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="F1" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="H1" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
     </row>
     <row r="2" spans="2:9" x14ac:dyDescent="0.3">
-      <c r="B2" s="176" t="s">
-[...10 lines deleted...]
-      <c r="I2" s="176"/>
+      <c r="B2" s="184" t="s">
+        <v>241</v>
+      </c>
+      <c r="C2" s="184"/>
+      <c r="E2" s="184" t="s">
+        <v>242</v>
+      </c>
+      <c r="F2" s="184"/>
+      <c r="H2" s="184" t="s">
+        <v>192</v>
+      </c>
+      <c r="I2" s="184"/>
     </row>
     <row r="3" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B3" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="C3" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="E3" s="9" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="F3" s="9" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="H3" t="s">
         <v>106</v>
       </c>
       <c r="I3" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
     </row>
     <row r="4" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B4" t="s">
         <v>116</v>
       </c>
       <c r="C4" s="38">
         <v>4</v>
       </c>
       <c r="E4" s="24" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="F4" s="39">
         <v>2</v>
       </c>
       <c r="H4" s="15" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="I4" s="40">
         <v>0.4</v>
       </c>
     </row>
     <row r="5" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B5" t="s">
         <v>108</v>
       </c>
       <c r="C5" s="38">
         <v>3.5</v>
       </c>
       <c r="E5" s="24" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="F5" s="39">
         <v>2</v>
       </c>
       <c r="H5" s="16" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="I5" s="41">
         <v>0.2</v>
       </c>
     </row>
     <row r="6" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B6" t="s">
         <v>109</v>
       </c>
       <c r="C6" s="38">
         <v>2</v>
       </c>
       <c r="E6" s="24" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="F6" s="39">
         <v>2</v>
       </c>
       <c r="H6" s="16" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="I6" s="41">
         <v>0.15</v>
       </c>
     </row>
     <row r="7" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B7" t="s">
         <v>110</v>
       </c>
       <c r="C7" s="38">
         <v>1</v>
       </c>
       <c r="E7" s="24" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="F7" s="39">
         <v>1</v>
       </c>
       <c r="H7" s="17" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="I7" s="42">
         <v>0.25</v>
       </c>
     </row>
     <row r="8" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B8" t="s">
-        <v>265</v>
+        <v>250</v>
       </c>
       <c r="C8" s="38">
         <v>4</v>
       </c>
       <c r="E8" s="25" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="F8" s="39">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B9" t="s">
         <v>111</v>
       </c>
       <c r="C9" s="38">
         <v>3</v>
       </c>
       <c r="E9" s="25" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="F9" s="39">
         <v>3</v>
       </c>
-      <c r="H9" s="178" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="178"/>
+      <c r="H9" s="186" t="s">
+        <v>193</v>
+      </c>
+      <c r="I9" s="186"/>
     </row>
     <row r="10" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B10" t="s">
         <v>112</v>
       </c>
       <c r="C10" s="38">
         <v>2</v>
       </c>
       <c r="E10" s="25" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="F10" s="39">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B11" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="C11" s="38">
         <v>2.5</v>
       </c>
       <c r="E11" s="25" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="F11" s="39">
         <v>3</v>
       </c>
     </row>
     <row r="12" spans="2:9" x14ac:dyDescent="0.3">
       <c r="E12" s="25" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="F12" s="39">
         <v>3</v>
       </c>
-      <c r="H12" s="176" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="176"/>
+      <c r="H12" s="184" t="s">
+        <v>244</v>
+      </c>
+      <c r="I12" s="184"/>
     </row>
     <row r="13" spans="2:9" x14ac:dyDescent="0.3">
       <c r="E13" s="25" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="F13" s="39">
         <v>2</v>
       </c>
       <c r="H13" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="I13" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
     </row>
     <row r="14" spans="2:9" x14ac:dyDescent="0.3">
       <c r="C14" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="E14" s="25" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="F14" s="39">
         <v>1</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" s="38">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="2:9" x14ac:dyDescent="0.3">
-      <c r="B15" s="176" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="176"/>
+      <c r="B15" s="184" t="s">
+        <v>257</v>
+      </c>
+      <c r="C15" s="184"/>
       <c r="E15" s="25" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="F15" s="39">
         <v>1</v>
       </c>
       <c r="H15">
         <v>5</v>
       </c>
       <c r="I15" s="38">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B16" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="C16" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="E16" s="25" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="F16" s="39">
         <v>2</v>
       </c>
       <c r="H16">
         <v>20</v>
       </c>
       <c r="I16" s="38">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B17" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C17" s="38">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E17" s="25" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="F17" s="39">
         <v>2</v>
       </c>
       <c r="H17">
         <v>50</v>
       </c>
       <c r="I17" s="38">
         <v>3.5</v>
       </c>
     </row>
     <row r="18" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B18" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="C18" s="38">
-        <v>3.5</v>
+        <v>4</v>
       </c>
       <c r="E18" s="25" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="F18" s="39">
         <v>3</v>
       </c>
       <c r="H18">
         <v>100</v>
       </c>
       <c r="I18" s="38">
         <v>3.7</v>
       </c>
     </row>
     <row r="19" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B19" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="C19" s="38">
         <v>3</v>
       </c>
       <c r="E19" s="25" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="F19" s="39">
         <v>2</v>
       </c>
       <c r="H19">
         <v>200</v>
       </c>
       <c r="I19" s="38">
         <v>3.9</v>
       </c>
     </row>
     <row r="20" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B20" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C20" s="38">
         <v>2</v>
       </c>
       <c r="E20" s="25" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="F20" s="39">
         <v>1</v>
       </c>
       <c r="H20">
         <v>400</v>
       </c>
       <c r="I20" s="38">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B21" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C21" s="38">
         <v>1</v>
       </c>
       <c r="E21" s="25" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="F21" s="39">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="2:9" x14ac:dyDescent="0.3">
       <c r="E22" s="25" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="F22" s="39">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="2:9" x14ac:dyDescent="0.3">
-      <c r="B23" s="178" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="178"/>
+      <c r="B23" s="186" t="s">
+        <v>193</v>
+      </c>
+      <c r="C23" s="186"/>
       <c r="E23" s="25" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="F23" s="39">
         <v>3</v>
       </c>
     </row>
     <row r="24" spans="2:9" x14ac:dyDescent="0.3">
       <c r="E24" s="25" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="F24" s="39">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="2:9" x14ac:dyDescent="0.3">
       <c r="E25" s="25" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="F25" s="39">
         <v>2</v>
       </c>
     </row>
-    <row r="26" spans="2:9" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B26" s="184" t="s">
+        <v>255</v>
+      </c>
+      <c r="C26" s="184"/>
       <c r="E26" s="25" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="F26" s="39">
         <v>2</v>
       </c>
     </row>
-    <row r="27" spans="2:9" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B27" t="s">
+        <v>258</v>
+      </c>
+      <c r="C27" t="s">
+        <v>184</v>
+      </c>
       <c r="E27" s="26" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="F27" s="39">
         <v>1</v>
       </c>
     </row>
-    <row r="28" spans="2:9" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B28" s="193">
+        <v>4</v>
+      </c>
+      <c r="C28" s="38">
+        <v>4</v>
+      </c>
       <c r="E28" s="26" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="F28" s="39">
         <v>2</v>
       </c>
     </row>
-    <row r="29" spans="2:9" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B29" s="116">
+        <v>3</v>
+      </c>
+      <c r="C29" s="38">
+        <v>3</v>
+      </c>
       <c r="E29" s="26" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="F29" s="39">
         <v>2</v>
       </c>
     </row>
-    <row r="30" spans="2:9" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B30" s="116">
+        <v>2</v>
+      </c>
+      <c r="C30" s="38">
+        <v>2</v>
+      </c>
       <c r="E30" s="26" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="F30" s="39">
         <v>1</v>
       </c>
     </row>
+    <row r="31" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B31" s="116">
+        <v>1</v>
+      </c>
+      <c r="C31" s="38">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B32" s="116">
+        <v>0</v>
+      </c>
+      <c r="C32" s="38">
+        <v>0</v>
+      </c>
+    </row>
     <row r="35" spans="7:7" x14ac:dyDescent="0.3">
       <c r="G35" s="23"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
-  <mergeCells count="7">
+  <mergeCells count="8">
+    <mergeCell ref="B2:C2"/>
+    <mergeCell ref="H2:I2"/>
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="B26:C26"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="H9:I9"/>
-    <mergeCell ref="B2:C2"/>
-[...1 lines deleted...]
-    <mergeCell ref="E2:F2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <tableParts count="5">
+  <tableParts count="6">
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
+    <tablePart r:id="rId6"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>SCHEDA CRITICITA</vt:lpstr>
       <vt:lpstr>TABELLE</vt:lpstr>
       <vt:lpstr>PESATURA</vt:lpstr>
     </vt:vector>