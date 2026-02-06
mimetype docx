--- v0 (2025-10-27)
+++ v1 (2026-02-06)
@@ -92,74 +92,74 @@
         </w:rPr>
         <w:t>167</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC03E0">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="00F72651">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC03E0">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FACB43D" w14:textId="78A7BD4D" w:rsidR="009F3B6C" w:rsidRPr="009F3B6C" w:rsidRDefault="003E3381" w:rsidP="003E3381">
+    <w:p w14:paraId="0FACB43D" w14:textId="6948897E" w:rsidR="009F3B6C" w:rsidRPr="009F3B6C" w:rsidRDefault="003E3381" w:rsidP="003E3381">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>– ANNO 202</w:t>
       </w:r>
-      <w:r w:rsidR="00482AF9">
+      <w:r w:rsidR="0030691D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00CC03E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3230B8B0" w14:textId="77777777" w:rsidR="00A725DC" w:rsidRPr="007301ED" w:rsidRDefault="00A725DC">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="6166" w:type="dxa"/>
@@ -438,58 +438,74 @@
     <w:p w14:paraId="68262980" w14:textId="77777777" w:rsidR="006F1877" w:rsidRPr="00B04865" w:rsidRDefault="006F1877" w:rsidP="006F1877">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="3960"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:line="520" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>codice fiscale ______</w:t>
       </w:r>
       <w:r w:rsidRPr="00B04865">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_______________________,  P.IV</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B04865">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A. _______________________</w:t>
+        <w:t>_,  P.IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. _______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B04865">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B12F18A" w14:textId="77777777" w:rsidR="006F1877" w:rsidRPr="00B04865" w:rsidRDefault="006F1877" w:rsidP="006F1877">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="3960"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:line="520" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
@@ -525,51 +541,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55B55183" w14:textId="77777777" w:rsidR="003E3381" w:rsidRDefault="008F7E56" w:rsidP="003E3381">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F7E56">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CHIEDE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7275EAF5" w14:textId="2C2EFD19" w:rsidR="00275261" w:rsidRPr="00275261" w:rsidRDefault="00275261" w:rsidP="00275261">
+    <w:p w14:paraId="7275EAF5" w14:textId="1E23438E" w:rsidR="00275261" w:rsidRPr="00275261" w:rsidRDefault="00275261" w:rsidP="00275261">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00275261">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>LA LIQUIDAZIONE DEL SALDO DEL CONTRIBUTO CONCESSO CON DELIBERAZIONE DELLA GIUNTA REGIONALE N</w:t>
       </w:r>
       <w:r w:rsidR="0017460B">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. ______</w:t>
       </w:r>
       <w:r w:rsidR="003E3381">
@@ -582,57 +598,57 @@
       </w:r>
       <w:r w:rsidRPr="00275261">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">IN DATA </w:t>
       </w:r>
       <w:r w:rsidR="0017460B">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="003E3381">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>___202</w:t>
       </w:r>
-      <w:r w:rsidR="00482AF9">
+      <w:r w:rsidR="0030691D">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00275261">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08294D77" w14:textId="5A5A3A2C" w:rsidR="00275261" w:rsidRPr="003F73A7" w:rsidRDefault="00275261" w:rsidP="00275261">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F73A7">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">AI SENSI </w:t>
       </w:r>
@@ -727,65 +743,51 @@
     <w:p w14:paraId="0C1F25B1" w14:textId="77777777" w:rsidR="00A725DC" w:rsidRPr="00D9233C" w:rsidRDefault="00A725DC" w:rsidP="008F7E56">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CE88870" w14:textId="5C7D2DBD" w:rsidR="006F1877" w:rsidRDefault="008F7E56" w:rsidP="006F1877">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A tal fine, </w:t>
       </w:r>
       <w:r w:rsidR="00211345">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della </w:t>
-[...13 lines deleted...]
-        <w:t>. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in</w:t>
+        <w:t>ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della l.r. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in</w:t>
       </w:r>
       <w:r w:rsidR="0003774F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> materia di falsità degli atti</w:t>
       </w:r>
       <w:r w:rsidR="00211345" w:rsidRPr="0003774F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14727CE3" w14:textId="77777777" w:rsidR="00275261" w:rsidRPr="00D9233C" w:rsidRDefault="00275261" w:rsidP="004863FF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AAF2A53" w14:textId="3D25722A" w:rsidR="0017460B" w:rsidRPr="00661EFE" w:rsidRDefault="0017460B" w:rsidP="00661EFE">
       <w:pPr>
@@ -1060,51 +1062,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C8C7E35" w14:textId="6A00295A" w:rsidR="00332232" w:rsidRPr="00332232" w:rsidRDefault="00332232" w:rsidP="00332232">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00332232">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Quietanza della documentazione di spe</w:t>
       </w:r>
       <w:r w:rsidR="00AB4013">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">sa di cui al punto precedente </w:t>
       </w:r>
       <w:r w:rsidR="00910830" w:rsidRPr="00D00949">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(c</w:t>
       </w:r>
       <w:r w:rsidRPr="00D00949">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00332232">
         <w:rPr>
@@ -1114,75 +1115,76 @@
         <w:t>, fino alla concorrenza dell’importo del</w:t>
       </w:r>
       <w:r w:rsidR="00AB4013">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> contributo regionale assegnato;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="214597C2" w14:textId="77777777" w:rsidR="006A0CB2" w:rsidRPr="00D9233C" w:rsidRDefault="006A0CB2" w:rsidP="00332232">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56589B33" w14:textId="48D32BFC" w:rsidR="006A0CB2" w:rsidRPr="006A0CB2" w:rsidRDefault="006A0CB2" w:rsidP="006A0CB2">
+    <w:p w14:paraId="56589B33" w14:textId="13BCAFCF" w:rsidR="006A0CB2" w:rsidRPr="006A0CB2" w:rsidRDefault="006A0CB2" w:rsidP="006A0CB2">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="006A0CB2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>otocopia  di un valido documento di identità del sottoscrittore</w:t>
+        <w:t>otocopia di un valido documento di identità del sottoscrittore</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5365D7D7" w14:textId="77777777" w:rsidR="00332232" w:rsidRDefault="00332232" w:rsidP="00332232">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E82115F" w14:textId="290D8231" w:rsidR="0017460B" w:rsidRPr="0033098B" w:rsidRDefault="00F77986" w:rsidP="0033098B">
@@ -1699,67 +1701,51 @@
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00426D8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
+        <w:t>di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del d.l. 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37BE8C4F" w14:textId="09817897" w:rsidR="006770BF" w:rsidRPr="00426D8C" w:rsidRDefault="0003774F" w:rsidP="006770BF">
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00426D8C">
         <w:rPr>
@@ -2225,74 +2211,50 @@
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F212887" w14:textId="77777777" w:rsidR="00807342" w:rsidRDefault="00807342" w:rsidP="00B674AA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63FA2D21" w14:textId="77777777" w:rsidR="0064095D" w:rsidRDefault="0064095D" w:rsidP="00B674AA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FA233AB" w14:textId="77777777" w:rsidR="0064095D" w:rsidRDefault="0064095D" w:rsidP="00B674AA">
-[...22 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2116323E" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00807342" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="400" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2322,115 +2284,51 @@
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TITOLARE DEL TRATTAMENTO DEI DATI E DATI DI CONTATTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63571FAD" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/</w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/Vallée d’Aoste, in persona del legale rappresentante pro tempore, con sede in Piazza Deffeyes, 1 – Aosta, contattabile all’indirizzo pec: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00807342">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>segretario_generale@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="206718F9" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00807342" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
@@ -2538,164 +2436,100 @@
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DATI DI CONTATTO DEL RESPONSABILE DELLA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EFA7DDA" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00807342" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
+        <w:t xml:space="preserve">Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/Vallée d’Aoste, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00807342">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>privacy@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (per i titolari di una casella di posta elettronica certificata) o PEI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="005243E3">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>privacy@regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/</w:t>
-[...31 lines deleted...]
-        <w:t>”.</w:t>
+        <w:t>con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/Vallée d’Aoste”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ABB19F1" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00807342" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>FINALITÀ DEL TRATTAMENTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26DF153C" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00C966C9" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:tabs>
@@ -2703,51 +2537,67 @@
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C966C9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">I dati forniti  sono trattati per consentire l’accesso al finanziamento regionale previsto dalla legge regionale  </w:t>
+        <w:t xml:space="preserve">I dati </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C966C9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>forniti  sono</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C966C9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trattati per consentire l’accesso al finanziamento regionale previsto dalla legge regionale  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573E5ABD" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00C966C9" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3014,139 +2864,91 @@
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DIRITTI DELL’INTERESSATO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E85C53D" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00807342" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/</w:t>
-[...31 lines deleted...]
-        <w:t>, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
+        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/Vallée d’Aoste, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CECAE77" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00807342" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RECLAMO AL GARANTE PER LA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EEE0E6E" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00807342" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
+        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto sal Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00807342">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.garanteprivacy.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DAC6DE6" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00807342" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
@@ -3160,58 +2962,74 @@
     </w:p>
     <w:p w14:paraId="7B00E585" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00807342" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La comunicazione di dati person</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ali riferiti ai soggetti terzi </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00807342">
+        <w:t xml:space="preserve">ali riferiti ai soggetti </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> è prevista dalla richiamata legge regionale; non si rende pertanto necessario, ai sensi di quanto previsto dall’articolo 14, paragrafo 5, lettera c) del Regolamento UE 2016/679, il rilascio di un’informativa ai predetti soggetti.</w:t>
+        <w:t xml:space="preserve">terzi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prevista dalla richiamata legge regionale; non si rende pertanto necessario, ai sensi di quanto previsto dall’articolo 14, paragrafo 5, lettera c) del Regolamento UE 2016/679, il rilascio di un’informativa ai predetti soggetti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C721EC4" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblInd w:w="-38" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3295"/>
         <w:gridCol w:w="3297"/>
         <w:gridCol w:w="3297"/>
@@ -3726,65 +3544,51 @@
         </w:rPr>
         <w:t>_____________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0546B708" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04E86103" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00211345" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della </w:t>
-[...13 lines deleted...]
-        <w:t>. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti</w:t>
+        <w:t>ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della l.r. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti</w:t>
       </w:r>
       <w:r w:rsidRPr="0003774F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61DE5EEB" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24AEB5AE" w14:textId="46142180" w:rsidR="006770BF" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -4266,51 +4070,87 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BF06F7F" w14:textId="77777777" w:rsidR="006770BF" w:rsidRPr="00A45B1C" w:rsidRDefault="006770BF" w:rsidP="006770BF">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31F25439" w14:textId="77777777" w:rsidR="006770BF" w:rsidRPr="00383CE5" w:rsidRDefault="006770BF" w:rsidP="006770BF">
+          <w:p w14:paraId="35A12A01" w14:textId="77777777" w:rsidR="006770BF" w:rsidRDefault="006770BF" w:rsidP="006770BF">
+            <w:pPr>
+              <w:pStyle w:val="Titolo"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49CCBCE6" w14:textId="77777777" w:rsidR="0030691D" w:rsidRDefault="0030691D" w:rsidP="006770BF">
+            <w:pPr>
+              <w:pStyle w:val="Titolo"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F50E3AE" w14:textId="77777777" w:rsidR="0030691D" w:rsidRDefault="0030691D" w:rsidP="006770BF">
+            <w:pPr>
+              <w:pStyle w:val="Titolo"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F9E9D2A" w14:textId="77777777" w:rsidR="0030691D" w:rsidRDefault="0030691D" w:rsidP="006770BF">
+            <w:pPr>
+              <w:pStyle w:val="Titolo"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31F25439" w14:textId="3D3B865E" w:rsidR="0030691D" w:rsidRPr="00383CE5" w:rsidRDefault="0030691D" w:rsidP="006770BF">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3895D690" w14:textId="77777777" w:rsidR="006770BF" w:rsidRDefault="006770BF" w:rsidP="006770BF">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
@@ -4372,51 +4212,50 @@
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1FE503FA" w14:textId="77777777" w:rsidR="006770BF" w:rsidRDefault="006770BF" w:rsidP="006770BF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA5819">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:highlight w:val="yellow"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36A68367" wp14:editId="2D0BC609">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-10160</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>53340</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="377825" cy="431800"/>
                   <wp:effectExtent l="0" t="0" r="3175" b="6350"/>
                   <wp:wrapSquare wrapText="bothSides"/>
                   <wp:docPr id="4" name="Immagine 4"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
@@ -4474,50 +4313,51 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> DEI GIUSTIFICATIVI DELLE SPESE </w:t>
             </w:r>
             <w:r w:rsidR="0064095D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">SOSTENUTE PER VITTO, ALLOGGIO E TRASPORTO </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BE9B762" w14:textId="23681DDE" w:rsidR="006770BF" w:rsidRPr="00B74D76" w:rsidRDefault="0064095D" w:rsidP="006770BF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00910830">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>del direttore di coro e dei</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> soli</w:t>
             </w:r>
             <w:r w:rsidRPr="00910830">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> coristi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34B42E7F" w14:textId="77777777" w:rsidR="006770BF" w:rsidRDefault="006770BF" w:rsidP="006770BF">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:jc w:val="center"/>
@@ -4610,65 +4450,51 @@
         </w:rPr>
         <w:t>_____________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12BE34FC" w14:textId="77777777" w:rsidR="007E45F6" w:rsidRDefault="007E45F6" w:rsidP="007E45F6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26036284" w14:textId="77777777" w:rsidR="007E45F6" w:rsidRPr="00211345" w:rsidRDefault="007E45F6" w:rsidP="007E45F6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della </w:t>
-[...13 lines deleted...]
-        <w:t>. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti</w:t>
+        <w:t>ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della l.r. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti</w:t>
       </w:r>
       <w:r w:rsidRPr="0003774F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE739EB" w14:textId="77777777" w:rsidR="007E45F6" w:rsidRDefault="007E45F6" w:rsidP="007E45F6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F077422" w14:textId="594D460B" w:rsidR="007E45F6" w:rsidRPr="0064095D" w:rsidRDefault="007E45F6" w:rsidP="0064095D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -4728,68 +4554,77 @@
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F867F6" w14:paraId="3420B9C4" w14:textId="77777777" w:rsidTr="00F867F6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10031" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="2E169A0D" w14:textId="5BE3CB91" w:rsidR="00F867F6" w:rsidRDefault="00F867F6" w:rsidP="0064095D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F867F6">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Spese di </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0064095D">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">VITTO </w:t>
             </w:r>
             <w:r w:rsidRPr="00F867F6">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0064095D" w:rsidRPr="00910830">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>del direttore di coro e dei</w:t>
+              <w:t>del</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0064095D" w:rsidRPr="00910830">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> direttore di coro e dei</w:t>
             </w:r>
             <w:r w:rsidR="0064095D">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> soli</w:t>
             </w:r>
             <w:r w:rsidR="0064095D" w:rsidRPr="00910830">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> coristi</w:t>
             </w:r>
             <w:r w:rsidR="0064095D" w:rsidRPr="00F867F6">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E45F6" w:rsidRPr="00D171D2" w14:paraId="3D0D1CC5" w14:textId="77777777" w:rsidTr="00661EFE">
@@ -6506,68 +6341,77 @@
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="006770BF" w14:paraId="7E1EEAD2" w14:textId="77777777" w:rsidTr="006770BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10031" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="755FFAA1" w14:textId="646A33AC" w:rsidR="006770BF" w:rsidRDefault="0064095D" w:rsidP="006770BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F867F6">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Spese di </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">TRASPORTO </w:t>
             </w:r>
             <w:r w:rsidRPr="00F867F6">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00910830">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>del direttore di coro e dei</w:t>
+              <w:t>del</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00910830">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> direttore di coro e dei</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> soli</w:t>
             </w:r>
             <w:r w:rsidRPr="00910830">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> coristi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E45F6" w:rsidRPr="00D171D2" w14:paraId="315B90B0" w14:textId="77777777" w:rsidTr="00661EFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44A9EF5A" w14:textId="77777777" w:rsidR="007E45F6" w:rsidRDefault="007E45F6" w:rsidP="00661EFE">
@@ -7743,457 +7587,424 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6B008EC5" w14:textId="77777777" w:rsidR="00E75270" w:rsidRDefault="00E75270">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="27E80302" w14:textId="77777777" w:rsidR="00E75270" w:rsidRDefault="00E75270">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Grigliatabella"/>
-      <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
+      <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="442" w:tblpY="1"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3453"/>
+      <w:gridCol w:w="2660"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00661EFE" w14:paraId="72660CAA" w14:textId="77777777" w:rsidTr="002648FC">
+    <w:tr w:rsidR="00661EFE" w14:paraId="72660CAA" w14:textId="77777777" w:rsidTr="0030691D">
       <w:trPr>
-        <w:trHeight w:val="1479"/>
+        <w:trHeight w:val="1697"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3453" w:type="dxa"/>
+          <w:tcW w:w="2660" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="28FF9D94" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="002648FC">
+        <w:p w14:paraId="28FF9D94" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRPr="0030691D" w:rsidRDefault="00661EFE" w:rsidP="0030691D">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:bookmarkStart w:id="0" w:name="_Hlk216858546"/>
+          <w:r w:rsidRPr="0030691D">
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Spazio riservato al protocollo</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="714D1061" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="002648FC">
+        <w:p w14:paraId="714D1061" w14:textId="32A73B4C" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="0030691D">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="347A3C5F" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="002648FC">
+        <w:p w14:paraId="347A3C5F" w14:textId="40445AFB" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="0030691D">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="506AC7FA" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="002648FC">
-[...74 lines deleted...]
-        <w:p w14:paraId="75199B41" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="002648FC">
+        <w:p w14:paraId="75199B41" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="0030691D">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="5000BFEE" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRPr="007301ED" w:rsidRDefault="00661EFE" w:rsidP="00481693">
+  <w:bookmarkEnd w:id="0"/>
+  <w:p w14:paraId="0E6C87A7" w14:textId="7503B4CA" w:rsidR="0030691D" w:rsidRPr="009262A2" w:rsidRDefault="0030691D" w:rsidP="0030691D">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="5387"/>
+        <w:tab w:val="left" w:pos="4253"/>
       </w:tabs>
-      <w:ind w:left="3828"/>
+      <w:ind w:left="4111" w:right="-568" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...13 lines deleted...]
-      <w:ind w:left="5387"/>
+    <w:r w:rsidRPr="0030691D">
       <w:rPr>
         <w:noProof/>
-      </w:rPr>
-[...3 lines deleted...]
-        <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="244C5A8B" wp14:editId="203A4D75">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="343685E8" wp14:editId="6D642198">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>2416810</wp:posOffset>
+            <wp:posOffset>1964187</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>215265</wp:posOffset>
+            <wp:posOffset>4770</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="3" name="Immagine 3"/>
+          <wp:docPr id="6" name="Immagine 6"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="731520" cy="835025"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00373A45">
-[...3 lines deleted...]
-      <w:t xml:space="preserve">Assessorato Beni e attività culturali, </w:t>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Regione autonoma Valle d’Aosta</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="47CFF623" w14:textId="0572CD0B" w:rsidR="00661EFE" w:rsidRPr="007301ED" w:rsidRDefault="00373A45" w:rsidP="00373A45">
+  <w:p w14:paraId="749CC404" w14:textId="655CC596" w:rsidR="0030691D" w:rsidRPr="009262A2" w:rsidRDefault="0030691D" w:rsidP="0030691D">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="5387"/>
+      <w:ind w:left="5670" w:firstLine="2"/>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Assessorato Istruzione, Cultura e Politiche </w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
-      </w:rPr>
-      <w:t>Sistema educativo e Politiche per le relazioni intergenerazionali</w:t>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">     </w:t>
+    </w:r>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Identitarie</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="10226D0B" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRPr="007301ED" w:rsidRDefault="00661EFE" w:rsidP="00481693">
+  <w:p w14:paraId="3D18D00E" w14:textId="77777777" w:rsidR="0030691D" w:rsidRPr="009262A2" w:rsidRDefault="0030691D" w:rsidP="0030691D">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:tabs>
-[...4 lines deleted...]
-      <w:ind w:left="5387"/>
+      <w:ind w:left="5672"/>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Assessorat de l’éducation, de la culture et des politiques</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> i</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>dentitaires</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7BF273A3" w14:textId="77777777" w:rsidR="0030691D" w:rsidRPr="009262A2" w:rsidRDefault="0030691D" w:rsidP="0030691D">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007301ED">
+    <w:r w:rsidRPr="009262A2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-      </w:rPr>
-      <w:t xml:space="preserve">Struttura </w:t>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Struttura attività culturali </w:t>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:t>attività culturali</w:t>
+  </w:p>
+  <w:p w14:paraId="1F4B2A28" w14:textId="77777777" w:rsidR="0030691D" w:rsidRPr="009262A2" w:rsidRDefault="0030691D" w:rsidP="0030691D">
+    <w:pPr>
+      <w:ind w:left="4111" w:right="-143" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Piazza </w:t>
     </w:r>
-    <w:r w:rsidRPr="007301ED">
-[...2 lines deleted...]
-        <w:bCs/>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Roncas  n.</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 1</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="219CF06A" w14:textId="77777777" w:rsidR="0030691D" w:rsidRPr="009262A2" w:rsidRDefault="0030691D" w:rsidP="0030691D">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">11100 AOSTA </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1CBFC89C" w14:textId="77777777" w:rsidR="0030691D" w:rsidRPr="009262A2" w:rsidRDefault="0030691D" w:rsidP="0030691D">
+    <w:pPr>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="009262A2">
+        <w:rPr>
+          <w:rStyle w:val="Collegamentoipertestuale"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>cultura@pec.regione.vda.it</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="13BDE7AF" w14:textId="1849EF4F" w:rsidR="00661EFE" w:rsidRPr="007301ED" w:rsidRDefault="00B86B7C" w:rsidP="00481693">
+  <w:p w14:paraId="047FC1B2" w14:textId="49BFBA11" w:rsidR="0030691D" w:rsidRDefault="0030691D" w:rsidP="0030691D">
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="5387" w:right="-143"/>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...6 lines deleted...]
-      <w:t>6</w:t>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Tel. +39 – 0165.274392</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="776DF040" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRPr="007301ED" w:rsidRDefault="00661EFE" w:rsidP="00481693">
+  <w:p w14:paraId="5B5205CD" w14:textId="77777777" w:rsidR="0030691D" w:rsidRDefault="0030691D" w:rsidP="0030691D">
     <w:pPr>
-      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-      <w:ind w:left="5387"/>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007301ED">
-[...1 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="4FA6B29F" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRPr="008C33D5" w:rsidRDefault="00482AF9" w:rsidP="00481693">
-[...32 lines deleted...]
-  <w:bookmarkEnd w:id="0"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00EC1748"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8E48562"/>
     <w:lvl w:ilvl="0" w:tplc="5394E406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -11060,57 +10871,57 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:val="bestFit" w:percent="179"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20483"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D0544"/>
     <w:rsid w:val="000008B9"/>
     <w:rsid w:val="00007357"/>
     <w:rsid w:val="0001155E"/>
     <w:rsid w:val="00012C68"/>
     <w:rsid w:val="00027D8B"/>
     <w:rsid w:val="0003774F"/>
     <w:rsid w:val="0004311B"/>
@@ -11141,50 +10952,51 @@
     <w:rsid w:val="001A3C03"/>
     <w:rsid w:val="001A46D6"/>
     <w:rsid w:val="001B70DF"/>
     <w:rsid w:val="001C459A"/>
     <w:rsid w:val="001E0208"/>
     <w:rsid w:val="001E42FE"/>
     <w:rsid w:val="001E44E1"/>
     <w:rsid w:val="001E6F9F"/>
     <w:rsid w:val="001E7462"/>
     <w:rsid w:val="001F02F0"/>
     <w:rsid w:val="00211345"/>
     <w:rsid w:val="00230A84"/>
     <w:rsid w:val="00242FCC"/>
     <w:rsid w:val="00251666"/>
     <w:rsid w:val="002527FF"/>
     <w:rsid w:val="002648FC"/>
     <w:rsid w:val="00275261"/>
     <w:rsid w:val="0028325C"/>
     <w:rsid w:val="00287F8B"/>
     <w:rsid w:val="00291EB2"/>
     <w:rsid w:val="0029571E"/>
     <w:rsid w:val="002A6CE3"/>
     <w:rsid w:val="002C7A3A"/>
     <w:rsid w:val="002C7CED"/>
     <w:rsid w:val="002F3DC5"/>
+    <w:rsid w:val="0030691D"/>
     <w:rsid w:val="00313B1D"/>
     <w:rsid w:val="00326398"/>
     <w:rsid w:val="0033098B"/>
     <w:rsid w:val="00332232"/>
     <w:rsid w:val="00336113"/>
     <w:rsid w:val="00373A45"/>
     <w:rsid w:val="00374282"/>
     <w:rsid w:val="003852BC"/>
     <w:rsid w:val="00392C1A"/>
     <w:rsid w:val="003937C7"/>
     <w:rsid w:val="003967E3"/>
     <w:rsid w:val="003B5AB2"/>
     <w:rsid w:val="003B5AC0"/>
     <w:rsid w:val="003E3381"/>
     <w:rsid w:val="003E34A2"/>
     <w:rsid w:val="003F0F50"/>
     <w:rsid w:val="003F73A7"/>
     <w:rsid w:val="00426D8C"/>
     <w:rsid w:val="004360CA"/>
     <w:rsid w:val="00440EDF"/>
     <w:rsid w:val="00452152"/>
     <w:rsid w:val="004767C8"/>
     <w:rsid w:val="00481693"/>
     <w:rsid w:val="00482AF9"/>
     <w:rsid w:val="004863FF"/>
@@ -11259,50 +11071,51 @@
     <w:rsid w:val="008F7E56"/>
     <w:rsid w:val="009000B9"/>
     <w:rsid w:val="0090430C"/>
     <w:rsid w:val="00910830"/>
     <w:rsid w:val="00910D5D"/>
     <w:rsid w:val="009241EF"/>
     <w:rsid w:val="00932D80"/>
     <w:rsid w:val="009437F7"/>
     <w:rsid w:val="00955EC9"/>
     <w:rsid w:val="009963E1"/>
     <w:rsid w:val="00997D16"/>
     <w:rsid w:val="009A7071"/>
     <w:rsid w:val="009B0A1D"/>
     <w:rsid w:val="009D0544"/>
     <w:rsid w:val="009F3B6C"/>
     <w:rsid w:val="00A22C95"/>
     <w:rsid w:val="00A23488"/>
     <w:rsid w:val="00A27F9C"/>
     <w:rsid w:val="00A322B1"/>
     <w:rsid w:val="00A41525"/>
     <w:rsid w:val="00A45B1C"/>
     <w:rsid w:val="00A47D66"/>
     <w:rsid w:val="00A53E77"/>
     <w:rsid w:val="00A54327"/>
     <w:rsid w:val="00A563AE"/>
+    <w:rsid w:val="00A64FFD"/>
     <w:rsid w:val="00A725DC"/>
     <w:rsid w:val="00A9371E"/>
     <w:rsid w:val="00AB4013"/>
     <w:rsid w:val="00AB6AC3"/>
     <w:rsid w:val="00AC0073"/>
     <w:rsid w:val="00AE1028"/>
     <w:rsid w:val="00AE294B"/>
     <w:rsid w:val="00AE5C2C"/>
     <w:rsid w:val="00AE66D8"/>
     <w:rsid w:val="00B05E42"/>
     <w:rsid w:val="00B27610"/>
     <w:rsid w:val="00B674AA"/>
     <w:rsid w:val="00B80462"/>
     <w:rsid w:val="00B80F0C"/>
     <w:rsid w:val="00B86B7C"/>
     <w:rsid w:val="00BC0653"/>
     <w:rsid w:val="00BC4D3E"/>
     <w:rsid w:val="00BC5991"/>
     <w:rsid w:val="00BC7A59"/>
     <w:rsid w:val="00BF7E42"/>
     <w:rsid w:val="00C02551"/>
     <w:rsid w:val="00C0497C"/>
     <w:rsid w:val="00C06573"/>
     <w:rsid w:val="00C15430"/>
     <w:rsid w:val="00C229AF"/>
@@ -11362,51 +11175,51 @@
     <w:rsid w:val="00F72651"/>
     <w:rsid w:val="00F75196"/>
     <w:rsid w:val="00F77986"/>
     <w:rsid w:val="00F85BAF"/>
     <w:rsid w:val="00F867F6"/>
     <w:rsid w:val="00FB7B10"/>
     <w:rsid w:val="00FB7B87"/>
     <w:rsid w:val="00FF49BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20483"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3F5CAE19"/>
   <w15:docId w15:val="{859F90D6-194E-43DA-B03E-F00A56DAB35C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
@@ -11496,94 +11309,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>