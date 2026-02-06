--- v0 (2025-10-27)
+++ v1 (2026-02-06)
@@ -121,74 +121,74 @@
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC03E0">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00F72651">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC03E0">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FACB43D" w14:textId="14807202" w:rsidR="009F3B6C" w:rsidRDefault="003E3381" w:rsidP="003E3381">
+    <w:p w14:paraId="0FACB43D" w14:textId="5F638A28" w:rsidR="009F3B6C" w:rsidRDefault="003E3381" w:rsidP="003E3381">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>– ANNO 202</w:t>
       </w:r>
-      <w:r w:rsidR="00F54138">
+      <w:r w:rsidR="00792FE1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00CC03E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3230B8B0" w14:textId="77777777" w:rsidR="00A725DC" w:rsidRPr="007301ED" w:rsidRDefault="00A725DC">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="6166" w:type="dxa"/>
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t>ENDICONTAZIONE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D7D5E3F" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00426D8C">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D954B8F" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00426D8C">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="552A83C9" w14:textId="5A356304" w:rsidR="00C15430" w:rsidRPr="0017460B" w:rsidRDefault="00313B1D" w:rsidP="00426D8C">
+    <w:p w14:paraId="552A83C9" w14:textId="156E9BCA" w:rsidR="00C15430" w:rsidRPr="0017460B" w:rsidRDefault="00313B1D" w:rsidP="00426D8C">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
       <w:r w:rsidR="008F7E56">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Oggetto: </w:t>
       </w:r>
       <w:r w:rsidR="008F7E56">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -314,55 +314,55 @@
       </w:r>
       <w:r w:rsidR="008E0FA1" w:rsidRPr="0017460B">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ione relativa al contributo per </w:t>
       </w:r>
       <w:r w:rsidR="00661EFE">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">manifestazioni di particolare rilevanza </w:t>
       </w:r>
       <w:r w:rsidR="003E3381" w:rsidRPr="0017460B">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>- anno</w:t>
       </w:r>
       <w:r w:rsidR="008E0FA1" w:rsidRPr="0017460B">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00F54138">
+      <w:r w:rsidR="00792FE1">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="008E0FA1" w:rsidRPr="0017460B">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C132EBE" w14:textId="0082AF1F" w:rsidR="009F3B6C" w:rsidRPr="003F73A7" w:rsidRDefault="006F1877" w:rsidP="00275261">
       <w:pPr>
         <w:pStyle w:val="Oggetto"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:caps w:val="0"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
@@ -488,58 +488,74 @@
     <w:p w14:paraId="68262980" w14:textId="77777777" w:rsidR="006F1877" w:rsidRPr="00B04865" w:rsidRDefault="006F1877" w:rsidP="006F1877">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="3960"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:line="520" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>codice fiscale ______</w:t>
       </w:r>
       <w:r w:rsidRPr="00B04865">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_______________________,  P.IV</w:t>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B04865">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_,  P.IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A. _______________________</w:t>
+        <w:t>A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. _______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B04865">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B12F18A" w14:textId="77777777" w:rsidR="006F1877" w:rsidRPr="00B04865" w:rsidRDefault="006F1877" w:rsidP="006F1877">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="3960"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:line="520" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
@@ -575,51 +591,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55B55183" w14:textId="77777777" w:rsidR="003E3381" w:rsidRDefault="008F7E56" w:rsidP="003E3381">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F7E56">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CHIEDE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7275EAF5" w14:textId="09ACA9CF" w:rsidR="00275261" w:rsidRPr="00275261" w:rsidRDefault="00275261" w:rsidP="00275261">
+    <w:p w14:paraId="7275EAF5" w14:textId="7DCEFE59" w:rsidR="00275261" w:rsidRPr="00275261" w:rsidRDefault="00275261" w:rsidP="00275261">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00275261">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>LA LIQUIDAZIONE DEL SALDO DEL CONTRIBUTO CONCESSO CON DELIBERAZIONE DELLA GIUNTA REGIONALE N</w:t>
       </w:r>
       <w:r w:rsidR="0017460B">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. ______</w:t>
       </w:r>
       <w:r w:rsidR="003E3381">
@@ -632,57 +648,57 @@
       </w:r>
       <w:r w:rsidRPr="00275261">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">IN DATA </w:t>
       </w:r>
       <w:r w:rsidR="0017460B">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="003E3381">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>___202</w:t>
       </w:r>
-      <w:r w:rsidR="00F54138">
+      <w:r w:rsidR="00792FE1">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00275261">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08294D77" w14:textId="6B754759" w:rsidR="00275261" w:rsidRPr="003F73A7" w:rsidRDefault="00275261" w:rsidP="00275261">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F73A7">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">AI SENSI </w:t>
       </w:r>
@@ -1069,52 +1085,59 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ED764BD" w14:textId="77777777" w:rsidR="00E51A5F" w:rsidRPr="00E51A5F" w:rsidRDefault="00E51A5F" w:rsidP="00E51A5F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E51A5F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>copia della documentazione contabile, costituita da regolari fatture, ricevute fiscali, scontrini fiscali parlanti (riportanti la Ragione sociale dell’acquirente o la Partita Iva), note per presta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51A5F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>copia della documentazione contabile, costituita da regolari fatture, ricevute fiscali, scontrini fiscali parlanti (riportanti la Ragione sociale dell’acquirente o la Partita Iva), note per prestazioni occasionali o altri documenti comunque idonei e conformi alla vigente normativa fiscale, relativa all’elenco di cui al punto precedente (C)</w:t>
+        <w:t>zioni occasionali o altri documenti comunque idonei e conformi alla vigente normativa fiscale, relativa all’elenco di cui al punto precedente (C)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7840722F" w14:textId="77777777" w:rsidR="00E51A5F" w:rsidRPr="00E51A5F" w:rsidRDefault="00E51A5F" w:rsidP="00E51A5F">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B6978DF" w14:textId="540968CC" w:rsidR="00E51A5F" w:rsidRPr="00E51A5F" w:rsidRDefault="00E51A5F" w:rsidP="00E51A5F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -2269,50 +2292,51 @@
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="400" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">INFORMATIVA AI SENSI DELL’ART. 13 DEL REGOLAMENTO UE 2016/679 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B92370F" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00807342" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TITOLARE DEL TRATTAMENTO DEI DATI E DATI DI CONTATTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63571FAD" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
@@ -2690,51 +2714,67 @@
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C966C9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">I dati forniti  sono trattati per consentire l’accesso al finanziamento regionale previsto dalla legge regionale  </w:t>
+        <w:t xml:space="preserve">I dati </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C966C9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>forniti  sono</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C966C9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trattati per consentire l’accesso al finanziamento regionale previsto dalla legge regionale  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573E5ABD" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00C966C9" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3429,51 +3469,63 @@
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383CE5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="441C35C3" w14:textId="77777777" w:rsidR="006770BF" w:rsidRDefault="006770BF" w:rsidP="00B674AA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C14B267" w14:textId="77777777" w:rsidR="006770BF" w:rsidRDefault="006770BF" w:rsidP="006770BF">
+    <w:p w14:paraId="7C14B267" w14:textId="090089CE" w:rsidR="006770BF" w:rsidRDefault="006770BF" w:rsidP="006770BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6237"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74B365D8" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRDefault="00792FE1" w:rsidP="006770BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9708" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
         <w:tblCellMar>
@@ -5740,51 +5792,87 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5A9B8719" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B9AB6F5" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
+    <w:p w14:paraId="1B9AB6F5" w14:textId="4DF42A6E" w:rsidR="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B0CAE94" w14:textId="20923DD5" w:rsidR="00D86695" w:rsidRDefault="00D86695" w:rsidP="00511066">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="255AD498" w14:textId="289A983F" w:rsidR="00D86695" w:rsidRDefault="00D86695" w:rsidP="00511066">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DCF783C" w14:textId="2B447D59" w:rsidR="00D86695" w:rsidRDefault="00D86695" w:rsidP="00511066">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D899A37" w14:textId="77777777" w:rsidR="00D86695" w:rsidRPr="00511066" w:rsidRDefault="00D86695" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1969858F" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10031" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -5814,50 +5902,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00358D67" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ENTRATE COMPLESSIVE CONSUNTIVATE RELATIVE ALL’INIZIATIVA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="217E62B7" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
@@ -5969,70 +6058,85 @@
               </w:rPr>
               <w:t>des</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Communes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, altro –  e relativo importo)</w:t>
+              <w:t xml:space="preserve">, altro </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00511066">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–  e</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00511066">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> relativo importo)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0ECEE684" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>____________________________________ € _________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="326E083B" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>____________________________________ € _________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B7D327D" w14:textId="77777777" w:rsidR="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:numPr>
@@ -6127,51 +6231,50 @@
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5273A607" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Fondazioni bancarie </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39B54923" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(specificare le singole Fondazioni bancarie e l’importo del singolo contributo)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AC3A172" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
@@ -6654,87 +6757,68 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">€ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E4600BE" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E9731F7" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0964D2BC" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
-[...18 lines deleted...]
-    <w:p w14:paraId="7BF52F77" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
+    <w:p w14:paraId="7BF52F77" w14:textId="0CBF7BF2" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511066">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>SALVO IL CASO DI IVA NON RECUPERABILE</w:t>
+        <w:t>LE SPESE E I RICAVI VANNO INDICATI AL NETTO DELL’IVA SALVO IL CASO DI IVA NON RECUPERABILE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="082AD8C7" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ECAF72C" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9851" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
@@ -7176,51 +7260,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5613F900" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5744658B" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F92DC00" w14:textId="77777777" w:rsidR="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
+    <w:p w14:paraId="4F92DC00" w14:textId="215710A6" w:rsidR="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2426697A" w14:textId="70A9377F" w:rsidR="00792FE1" w:rsidRDefault="00792FE1" w:rsidP="00511066">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26C2FC99" w14:textId="21613DFE" w:rsidR="00792FE1" w:rsidRDefault="00792FE1" w:rsidP="00511066">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A940CE5" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRDefault="00792FE1" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41315A97" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B89921E" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -10079,59 +10193,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data pagamento</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37512C7F" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">N.B.: In caso di spesa non ancora saldata, barrare la </w:t>
-[...7 lines deleted...]
-              <w:t>casella</w:t>
+              <w:t>N.B.: In caso di spesa non ancora saldata, barrare la casella</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00511066" w:rsidRPr="00511066" w14:paraId="385E8057" w14:textId="77777777" w:rsidTr="00083719">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F1FEB9D" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13762,222 +13868,199 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00585CD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Della spesa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AFDE34E" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRPr="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00585CD4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00585CD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(oggetto del documento)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3905FE54" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRPr="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00585CD4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00585CD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Tipologia documento</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35FAB1EF" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRPr="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00585CD4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00585CD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(fattura, ricevuta fiscale…)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D88FA5C" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRPr="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00585CD4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00585CD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Data del documento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AF981C6" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRPr="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00585CD4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00585CD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soggetto emettente </w:t>
-            </w:r>
+              <w:t>Soggetto emettente (fornitore)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F46791" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRPr="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00585CD4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00585CD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-          <w:p w14:paraId="10F46791" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRPr="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00585CD4">
+              <w:t>Importo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B35E8F7" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRPr="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00585CD4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00585CD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0B35E8F7" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRPr="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00585CD4">
+              <w:t>Data pagamento</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E37038E" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRPr="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00585CD4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00585CD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Data pagamento</w:t>
-[...25 lines deleted...]
-              <w:t>spesa non ancora saldata, barrare la casella</w:t>
+              <w:t>N.B.: In caso di spesa non ancora saldata, barrare la casella</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00585CD4" w:rsidRPr="00585CD4" w14:paraId="0F6F0D09" w14:textId="77777777" w:rsidTr="00083719">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26EC0C26" w14:textId="77777777" w:rsidR="00585CD4" w:rsidRPr="00585CD4" w:rsidRDefault="00585CD4" w:rsidP="00585CD4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -16090,63 +16173,87 @@
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C35F7C0" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D6E617C" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
+          <w:p w14:paraId="28A116E4" w14:textId="5FBABB6D" w:rsidR="00D86695" w:rsidRDefault="00D86695" w:rsidP="00511066">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3296D6C9" w14:textId="77777777" w:rsidR="00D86695" w:rsidRDefault="00D86695" w:rsidP="00511066">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5959C6F0" w14:textId="77777777" w:rsidR="00D86695" w:rsidRDefault="00D86695" w:rsidP="00511066">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D6E617C" w14:textId="19B53FB5" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511066">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>______________________</w:t>
+              <w:t>_____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00511066" w:rsidRPr="00511066" w14:paraId="156EC231" w14:textId="77777777" w:rsidTr="002F34D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15523660" w14:textId="77777777" w:rsidR="00511066" w:rsidRPr="00511066" w:rsidRDefault="00511066" w:rsidP="00511066">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511066">
@@ -16399,280 +16506,194 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6CAF17B5" w14:textId="77777777" w:rsidR="00BD742E" w:rsidRDefault="00BD742E">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2E90E93D" w14:textId="77777777" w:rsidR="00BD742E" w:rsidRDefault="00BD742E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Grigliatabella"/>
-      <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
+      <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="442" w:tblpY="1"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3453"/>
+      <w:gridCol w:w="2660"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00661EFE" w14:paraId="72660CAA" w14:textId="77777777" w:rsidTr="002648FC">
+    <w:tr w:rsidR="00792FE1" w14:paraId="15B63AE3" w14:textId="77777777" w:rsidTr="00DB09BC">
       <w:trPr>
-        <w:trHeight w:val="1479"/>
+        <w:trHeight w:val="1697"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3453" w:type="dxa"/>
+          <w:tcW w:w="2660" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="28FF9D94" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="002648FC">
+        <w:p w14:paraId="76AD7FE2" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRPr="0030691D" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:bookmarkStart w:id="0" w:name="_Hlk216858546"/>
+          <w:r w:rsidRPr="0030691D">
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Spazio riservato al protocollo</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="714D1061" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="002648FC">
+        <w:p w14:paraId="790FF756" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="347A3C5F" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="002648FC">
+        <w:p w14:paraId="7490905B" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="506AC7FA" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="002648FC">
-[...74 lines deleted...]
-        <w:p w14:paraId="75199B41" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRDefault="00661EFE" w:rsidP="002648FC">
+        <w:p w14:paraId="68FEE579" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="5000BFEE" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRPr="007301ED" w:rsidRDefault="00661EFE" w:rsidP="00481693">
+  <w:bookmarkEnd w:id="0"/>
+  <w:p w14:paraId="0AFDC779" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRPr="009262A2" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
-      <w:ind w:left="3828"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...16 lines deleted...]
-    <w:r w:rsidRPr="004241D8">
+    <w:r w:rsidRPr="0030691D">
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="244C5A8B" wp14:editId="203A4D75">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="407A5508" wp14:editId="301CEEA5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>2416810</wp:posOffset>
+            <wp:posOffset>2167890</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>215265</wp:posOffset>
+            <wp:posOffset>3810</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="3" name="Immagine 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
@@ -16681,154 +16702,232 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="731520" cy="835025"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00670499">
-      <w:t>Assessorato Beni e attività culturali, Sistema educativo e Politiche per le relazioni intergenerazionali</w:t>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Regione autonoma Valle d’Aosta</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="10226D0B" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRPr="007301ED" w:rsidRDefault="00661EFE" w:rsidP="00481693">
+  <w:p w14:paraId="44DA187E" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRPr="009262A2" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:tabs>
-[...4 lines deleted...]
-      <w:ind w:left="5387"/>
+      <w:ind w:left="5670" w:firstLine="2"/>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Assessorato Istruzione, Cultura e Politiche </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">     </w:t>
+    </w:r>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Identitarie</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7DEA61B3" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRPr="009262A2" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:ind w:left="5672"/>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Assessorat de l’éducation, de la culture et des politiques</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> i</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>dentitaires</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="23B31E9E" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRPr="009262A2" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007301ED">
+    <w:r w:rsidRPr="009262A2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Struttura </w:t>
+      <w:t xml:space="preserve">Struttura attività culturali </w:t>
     </w:r>
-    <w:r>
+  </w:p>
+  <w:p w14:paraId="29AA605A" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRPr="009262A2" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
+    <w:pPr>
+      <w:ind w:left="4111" w:right="-143" w:firstLine="1559"/>
       <w:rPr>
-        <w:b/>
-        <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>attività culturali</w:t>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Piazza </w:t>
     </w:r>
-    <w:r w:rsidRPr="007301ED">
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="009262A2">
       <w:rPr>
-        <w:b/>
-        <w:bCs/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Roncas</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> n. 1</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="083F2514" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRPr="009262A2" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">11100 AOSTA </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="797E3592" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRPr="009262A2" w:rsidRDefault="00D86695" w:rsidP="00792FE1">
+    <w:pPr>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidR="00792FE1" w:rsidRPr="009262A2">
+        <w:rPr>
+          <w:rStyle w:val="Collegamentoipertestuale"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>cultura@pec.regione.vda.it</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidR="00792FE1" w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="13BDE7AF" w14:textId="3E29D18D" w:rsidR="00661EFE" w:rsidRPr="007301ED" w:rsidRDefault="0094037A" w:rsidP="00481693">
+  <w:p w14:paraId="79DA22EA" w14:textId="2330240B" w:rsidR="00792FE1" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="5387" w:right="-143"/>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...6 lines deleted...]
-      <w:t>6</w:t>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Tel. +39 – 0165.274392</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="776DF040" w14:textId="77777777" w:rsidR="00661EFE" w:rsidRPr="007301ED" w:rsidRDefault="00661EFE" w:rsidP="00481693">
+  <w:p w14:paraId="08E38753" w14:textId="77777777" w:rsidR="00792FE1" w:rsidRPr="001E6546" w:rsidRDefault="00792FE1" w:rsidP="00792FE1">
     <w:pPr>
-      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...14 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="120"/>
-      <w:ind w:left="5387" w:right="-285"/>
-[...16 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
+        <w:sz w:val="10"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="0" w:name="_Hlk15465680"/>
   </w:p>
-  <w:bookmarkEnd w:id="0"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00EC1748"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8E48562"/>
     <w:lvl w:ilvl="0" w:tplc="5394E406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -19695,57 +19794,57 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:val="bestFit" w:percent="179"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D0544"/>
     <w:rsid w:val="000008B9"/>
     <w:rsid w:val="00007357"/>
     <w:rsid w:val="0001155E"/>
     <w:rsid w:val="00012C68"/>
     <w:rsid w:val="00027D8B"/>
     <w:rsid w:val="0003774F"/>
     <w:rsid w:val="0004311B"/>
@@ -19853,50 +19952,51 @@
     <w:rsid w:val="00666BA5"/>
     <w:rsid w:val="00670499"/>
     <w:rsid w:val="006770BF"/>
     <w:rsid w:val="00682C64"/>
     <w:rsid w:val="006961AF"/>
     <w:rsid w:val="006A0CB2"/>
     <w:rsid w:val="006C5FC5"/>
     <w:rsid w:val="006D16F1"/>
     <w:rsid w:val="006D411F"/>
     <w:rsid w:val="006E3F46"/>
     <w:rsid w:val="006E4790"/>
     <w:rsid w:val="006E79C0"/>
     <w:rsid w:val="006F10C3"/>
     <w:rsid w:val="006F1877"/>
     <w:rsid w:val="006F4155"/>
     <w:rsid w:val="007017C5"/>
     <w:rsid w:val="007067E1"/>
     <w:rsid w:val="00722438"/>
     <w:rsid w:val="007301ED"/>
     <w:rsid w:val="00742BE5"/>
     <w:rsid w:val="00766BD2"/>
     <w:rsid w:val="00772C60"/>
     <w:rsid w:val="007763AD"/>
     <w:rsid w:val="00776D9C"/>
     <w:rsid w:val="00786AB1"/>
+    <w:rsid w:val="00792FE1"/>
     <w:rsid w:val="007931D4"/>
     <w:rsid w:val="007B6624"/>
     <w:rsid w:val="007C4D2E"/>
     <w:rsid w:val="007D35B8"/>
     <w:rsid w:val="007D671C"/>
     <w:rsid w:val="007E3541"/>
     <w:rsid w:val="007E3B42"/>
     <w:rsid w:val="007E45F6"/>
     <w:rsid w:val="00807342"/>
     <w:rsid w:val="008407AA"/>
     <w:rsid w:val="008779F7"/>
     <w:rsid w:val="00880D84"/>
     <w:rsid w:val="008973A5"/>
     <w:rsid w:val="008A307F"/>
     <w:rsid w:val="008A388D"/>
     <w:rsid w:val="008B63F0"/>
     <w:rsid w:val="008B7A33"/>
     <w:rsid w:val="008C33D5"/>
     <w:rsid w:val="008C69C6"/>
     <w:rsid w:val="008D4E2B"/>
     <w:rsid w:val="008E0FA1"/>
     <w:rsid w:val="008F58C9"/>
     <w:rsid w:val="008F7E56"/>
     <w:rsid w:val="009000B9"/>
     <w:rsid w:val="0090430C"/>
@@ -19956,50 +20056,51 @@
     <w:rsid w:val="00C92E2C"/>
     <w:rsid w:val="00CA5819"/>
     <w:rsid w:val="00CC03E0"/>
     <w:rsid w:val="00CC3262"/>
     <w:rsid w:val="00CC39D2"/>
     <w:rsid w:val="00CD39CE"/>
     <w:rsid w:val="00CE4646"/>
     <w:rsid w:val="00CF5BAB"/>
     <w:rsid w:val="00D00949"/>
     <w:rsid w:val="00D0281E"/>
     <w:rsid w:val="00D049F3"/>
     <w:rsid w:val="00D13581"/>
     <w:rsid w:val="00D138A4"/>
     <w:rsid w:val="00D151E4"/>
     <w:rsid w:val="00D2038E"/>
     <w:rsid w:val="00D20421"/>
     <w:rsid w:val="00D23F20"/>
     <w:rsid w:val="00D33629"/>
     <w:rsid w:val="00D3493B"/>
     <w:rsid w:val="00D42B7E"/>
     <w:rsid w:val="00D452F2"/>
     <w:rsid w:val="00D45B20"/>
     <w:rsid w:val="00D50F15"/>
     <w:rsid w:val="00D6230F"/>
     <w:rsid w:val="00D63787"/>
+    <w:rsid w:val="00D86695"/>
     <w:rsid w:val="00D9233C"/>
     <w:rsid w:val="00DA0A35"/>
     <w:rsid w:val="00DA736A"/>
     <w:rsid w:val="00DC189F"/>
     <w:rsid w:val="00DF01EB"/>
     <w:rsid w:val="00DF0465"/>
     <w:rsid w:val="00DF070A"/>
     <w:rsid w:val="00E314B0"/>
     <w:rsid w:val="00E41312"/>
     <w:rsid w:val="00E51A5F"/>
     <w:rsid w:val="00E56306"/>
     <w:rsid w:val="00E615AE"/>
     <w:rsid w:val="00E63CB5"/>
     <w:rsid w:val="00E75270"/>
     <w:rsid w:val="00E82E42"/>
     <w:rsid w:val="00E84FE9"/>
     <w:rsid w:val="00E870A8"/>
     <w:rsid w:val="00EA4421"/>
     <w:rsid w:val="00EA4E79"/>
     <w:rsid w:val="00EB036E"/>
     <w:rsid w:val="00EE60B4"/>
     <w:rsid w:val="00EE67CE"/>
     <w:rsid w:val="00EF013D"/>
     <w:rsid w:val="00F0482C"/>
     <w:rsid w:val="00F15B4A"/>
@@ -20010,51 +20111,51 @@
     <w:rsid w:val="00F75196"/>
     <w:rsid w:val="00F77986"/>
     <w:rsid w:val="00F85BAF"/>
     <w:rsid w:val="00F867F6"/>
     <w:rsid w:val="00FB7B10"/>
     <w:rsid w:val="00FB7B87"/>
     <w:rsid w:val="00FF49BF"/>
     <w:rsid w:val="00FF742E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3F5CAE19"/>
   <w15:docId w15:val="{1567EC4B-D63A-4339-9BEF-BB68C6F3C31C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
@@ -21213,75 +21314,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{525A2F2F-7EAA-4E78-A091-78EFBDDBBA89}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2445</Words>
-  <Characters>13939</Characters>
+  <Words>2446</Words>
+  <Characters>13947</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>116</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ALL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16352</CharactersWithSpaces>
+  <CharactersWithSpaces>16361</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ALL</dc:title>
   <dc:creator>regione lombardia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="PublishingExpirationDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="PublishingStartDate">
     <vt:lpwstr/>