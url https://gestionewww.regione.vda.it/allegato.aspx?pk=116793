--- v0 (2025-10-27)
+++ v1 (2026-02-06)
@@ -1,61 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7ECAEB0D" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRDefault="00DB0A2C"/>
-    <w:p w14:paraId="49A83E85" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRDefault="00DB0A2C"/>
+    <w:p w14:paraId="49A83E85" w14:textId="2263ABF8" w:rsidR="00DB0A2C" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6115"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64C903C3" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6115"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4640" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4640"/>
       </w:tblGrid>
       <w:tr w:rsidR="00742BE5" w:rsidRPr="007301ED" w14:paraId="1F0EB747" w14:textId="77777777" w:rsidTr="00DD7963">
         <w:trPr>
           <w:jc w:val="center"/>
@@ -84,75 +96,76 @@
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>MODULO</w:t>
             </w:r>
             <w:r w:rsidR="001E6546">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> DI DOMANDA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1299D8B7" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRDefault="00A53E77" w:rsidP="008C33D5">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="331BA79E" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRPr="007301ED" w:rsidRDefault="00DB0A2C" w:rsidP="008C33D5">
-[...8 lines deleted...]
-    <w:p w14:paraId="46FA28A6" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRDefault="00DB0A2C" w:rsidP="008E7890">
+    <w:p w14:paraId="114435D7" w14:textId="12449CF2" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="008E7890">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05F63064" w14:textId="2D0F3746" w:rsidR="00A53E77" w:rsidRDefault="004360CA" w:rsidP="008E7890">
+    <w:p w14:paraId="6D45AB54" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="008E7890">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05F63064" w14:textId="00D225EB" w:rsidR="00A53E77" w:rsidRDefault="004360CA" w:rsidP="008E7890">
+      <w:pPr>
+        <w:pStyle w:val="Titolo"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C33D5">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Oggetto: </w:t>
       </w:r>
       <w:r w:rsidRPr="008C33D5">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008E7890">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DOMANDA DI </w:t>
       </w:r>
       <w:r w:rsidR="006F135F">
         <w:rPr>
@@ -179,73 +192,108 @@
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ilevanza finalizzate a tutelare</w:t>
       </w:r>
       <w:r w:rsidR="00543CF2">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> e salvaguardare tradizioni folcloristiche e del canto popolare</w:t>
       </w:r>
       <w:r w:rsidR="006F135F">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, ai sensi dell’art. 4, comma 1, lettera D)</w:t>
       </w:r>
       <w:r w:rsidR="006F135F" w:rsidRPr="008E7890">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> della l.r. 20 agosto 1993, n. 69</w:t>
+        <w:t xml:space="preserve"> della </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006F135F" w:rsidRPr="008E7890">
+        <w:rPr>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>l.r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006F135F" w:rsidRPr="008E7890">
+        <w:rPr>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. 20 agosto 1993, n. 69</w:t>
       </w:r>
       <w:r w:rsidR="00D42A56">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – ann</w:t>
+        <w:t xml:space="preserve"> – anno 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A50B11">
+      <w:r w:rsidR="00BE0849">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>o 2025.</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00543CF2">
+        <w:rPr>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50AB15C3" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRDefault="00DB0A2C" w:rsidP="008E7890">
+    <w:p w14:paraId="19054D50" w14:textId="24CAB74B" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="008E7890">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE682CE" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="008E7890">
+      <w:pPr>
+        <w:pStyle w:val="Titolo"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E6EC4D6" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A53E77">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10103" w:type="dxa"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -381,52 +429,62 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C7D4C12" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>nato/a a</w:t>
-            </w:r>
+              <w:t xml:space="preserve">nato/a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007301ED">
+              <w:rPr>
+                <w:w w:val="90"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DDC248E" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A53E77" w:rsidRPr="007301ED" w14:paraId="662BDA6C" w14:textId="77777777" w:rsidTr="009D2942">
@@ -883,51 +941,59 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CE42BBF" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="2A546B8F" w14:textId="77777777" w:rsidR="00481693" w:rsidRDefault="00481693" w:rsidP="00A53E77">
+    <w:p w14:paraId="2A546B8F" w14:textId="1934C20D" w:rsidR="00481693" w:rsidRDefault="00481693" w:rsidP="00A53E77">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18051C74" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00A53E77">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03AF1363" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRDefault="00DB0A2C" w:rsidP="00A53E77">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E87668C" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRPr="00DB0A2C" w:rsidRDefault="00DB0A2C" w:rsidP="00A53E77">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -1163,52 +1229,62 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7966" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="300AE920" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00007357" w:rsidP="0055600A">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>C.F._________________________________________  P.</w:t>
-            </w:r>
+              <w:t>C.F.________________________________________</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="90"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>_  P.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00DB0A2C">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>IVA. _________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="3927D051" w14:textId="77777777" w:rsidTr="00C966C9">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2172,91 +2248,123 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Telefono</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A98C5EB" w14:textId="77777777" w:rsidR="00481693" w:rsidRDefault="00481693" w:rsidP="00A53E77">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11EDA848" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRDefault="00DB0A2C" w:rsidP="00A53E77">
+    <w:p w14:paraId="5889F46B" w14:textId="0EA2324D" w:rsidR="00DB0A2C" w:rsidRDefault="00DB0A2C" w:rsidP="00A53E77">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="655D98D0" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRDefault="00DB0A2C" w:rsidP="00A53E77">
+    <w:p w14:paraId="7F705B02" w14:textId="14604DEC" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00A53E77">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52BC486A" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRDefault="00DB0A2C" w:rsidP="00A53E77">
+    <w:p w14:paraId="4D9A0351" w14:textId="287E1730" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00A53E77">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C32F715" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRDefault="00DB0A2C" w:rsidP="00A53E77">
+    <w:p w14:paraId="084C6156" w14:textId="753ECBFF" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00A53E77">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A3D9BAC" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRDefault="00DB0A2C" w:rsidP="00A53E77">
+    <w:p w14:paraId="0524F8D7" w14:textId="766B05AD" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00A53E77">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5889F46B" w14:textId="77777777" w:rsidR="00DB0A2C" w:rsidRPr="00DB0A2C" w:rsidRDefault="00DB0A2C" w:rsidP="00A53E77">
+    <w:p w14:paraId="02C5B92F" w14:textId="765DF2F3" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00A53E77">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D3E3AEF" w14:textId="2767A789" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00A53E77">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E92FBE6" w14:textId="77D68B2E" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00A53E77">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CA661BD" w14:textId="16007D95" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00A53E77">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BDE8297" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRPr="00DB0A2C" w:rsidRDefault="00BE0849" w:rsidP="00A53E77">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10103" w:type="dxa"/>
         <w:tblInd w:w="103" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1468"/>
         <w:gridCol w:w="8635"/>
       </w:tblGrid>
@@ -2266,51 +2374,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F728C08" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00A00416">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Quadro C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2872DC9C" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2573,52 +2680,57 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C634EB0" w14:textId="77777777" w:rsidR="00543CF2" w:rsidRPr="007301ED" w:rsidRDefault="00543CF2" w:rsidP="00DB0A2C">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:sym w:font="Webdings" w:char="F063"/>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> Scrittura privava semplice in data ____________________ .</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> Scrittura privava semplice in data ___________________</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>_ .</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="68CE8E80" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="75F552FA" w14:textId="77777777" w:rsidR="00D17993" w:rsidRDefault="00D17993" w:rsidP="001E44E1">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F7D2F0A" w14:textId="77777777" w:rsidR="00CD2A9F" w:rsidRDefault="00CD2A9F" w:rsidP="001E44E1">
       <w:pPr>
@@ -3216,51 +3328,65 @@
     <w:p w14:paraId="1E143187" w14:textId="77777777" w:rsidR="00765C9F" w:rsidRDefault="00765C9F" w:rsidP="00CD2A9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="98"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07BCD573" w14:textId="77777777" w:rsidR="00765C9F" w:rsidRDefault="001E6546" w:rsidP="00C966C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A tal fine, ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della l.r. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti:</w:t>
+        <w:t xml:space="preserve">A tal fine, ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l.r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7255423D" w14:textId="77777777" w:rsidR="00757D29" w:rsidRPr="00C966C9" w:rsidRDefault="00757D29" w:rsidP="00C966C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BDB1778" w14:textId="77777777" w:rsidR="002C7CED" w:rsidRPr="002C7CED" w:rsidRDefault="002C7CED" w:rsidP="006A7BAC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F20336E" w14:textId="77777777" w:rsidR="00757D29" w:rsidRPr="00765C9F" w:rsidRDefault="00682C64" w:rsidP="009360B8">
       <w:pPr>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
@@ -3618,51 +3744,59 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007301ED">
         <w:t xml:space="preserve">di essere consapevole </w:t>
       </w:r>
       <w:r>
         <w:t>delle responsabilità anche penali derivanti dal rilascio di dichiarazioni mendaci e della conseguente decadenza dai benefici concessi sulla base di una dichiarazione non veritiera ai sensi degli articoli 46 e 47 del D.P.R. 445/2000 e del contestuale obbligo di restituzione di un importo pari all’aiuto indebitamente ottenuto, oltre agli interessi calcolati nella misura legale decorrenti dalla data di erogazione;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01C81883" w14:textId="77777777" w:rsidR="00C032AA" w:rsidRDefault="00C032AA" w:rsidP="001F33D9">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del d.l. 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
+        <w:t xml:space="preserve">di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>d.l.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74611694" w14:textId="77777777" w:rsidR="00C032AA" w:rsidRDefault="00C032AA" w:rsidP="001F33D9">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>di prendere atto che, in caso di concessione del contributo, la</w:t>
       </w:r>
       <w:r w:rsidR="00A95C11">
         <w:t xml:space="preserve"> denominazione dell’ente </w:t>
       </w:r>
       <w:r w:rsidR="00E069EF">
         <w:t>beneficiario</w:t>
@@ -3709,99 +3843,89 @@
         <w:t xml:space="preserve">ai sensi dell’articolo 13 del Regolamento generale UE 2016/679 sulla protezione dei dati </w:t>
       </w:r>
       <w:r w:rsidRPr="002D48F4">
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(in calce al presente Modulo) e di autorizzare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’Amministrazione concedente al trattamento e all’elaborazione dei dati forniti con la domanda di contributo, per finalità gestionali e statistiche, anche mediante l’ausilio di mezzi elettronici o automatizzati, nel rispetto della sicurezza e della riservatezza;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="264AFB57" w14:textId="77777777" w:rsidR="00A95C11" w:rsidRDefault="00A95C11" w:rsidP="00B72487">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="259906FB" w14:textId="77777777" w:rsidR="0095096E" w:rsidRDefault="0095096E" w:rsidP="00B72487">
-[...9 lines deleted...]
-    <w:p w14:paraId="7AADA4DF" w14:textId="77777777" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="00B72487">
+    <w:p w14:paraId="7AADA4DF" w14:textId="12CAAE28" w:rsidR="001D5953" w:rsidRDefault="001D5953" w:rsidP="00B72487">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D0281E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r w:rsidR="00F76126">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>, inoltre</w:t>
       </w:r>
       <w:r w:rsidRPr="00D0281E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="729AE91B" w14:textId="77777777" w:rsidR="00B72487" w:rsidRPr="00765C9F" w:rsidRDefault="00B72487" w:rsidP="00B72487">
+    <w:p w14:paraId="0487EEAE" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00B72487">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="9103"/>
       </w:tblGrid>
       <w:tr w:rsidR="001A3C03" w14:paraId="4BFEA3BB" w14:textId="77777777" w:rsidTr="000C4E94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3BEDB8CE" w14:textId="77777777" w:rsidR="001A3C03" w:rsidRPr="000C4E94" w:rsidRDefault="009000B9" w:rsidP="009000B9">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
             </w:pPr>
@@ -4178,125 +4302,141 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="688DE00F" w14:textId="77777777" w:rsidR="00A95C11" w:rsidRPr="00BF7E42" w:rsidRDefault="00A95C11" w:rsidP="006B08E5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(barrare con X una delle 2 opzioni indicate di seguito)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25D98D99" w14:textId="77777777" w:rsidR="00A95C11" w:rsidRPr="00BF7E42" w:rsidRDefault="00A95C11" w:rsidP="00664D05">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="459" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00664D05">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
+              <w:t>È</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BF7E42">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2619DA82" w14:textId="77777777" w:rsidR="00A95C11" w:rsidRPr="00BF7E42" w:rsidRDefault="00A95C11" w:rsidP="00664D05">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>oppure</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48E08258" w14:textId="77777777" w:rsidR="00A95C11" w:rsidRDefault="00A95C11" w:rsidP="00664D05">
             <w:pPr>
               <w:ind w:left="459" w:hanging="425"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00664D05">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">NON È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
+              <w:t>NON</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BF7E42">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67F550FE" w14:textId="77777777" w:rsidR="00664D05" w:rsidRDefault="00664D05" w:rsidP="006B08E5">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4931171C" w14:textId="77777777" w:rsidR="00A95C11" w:rsidRPr="00666BA5" w:rsidRDefault="00A95C11" w:rsidP="006B08E5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e che la stessa e</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
@@ -4464,231 +4604,230 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7ECEC8D1" w14:textId="77777777" w:rsidR="0095096E" w:rsidRDefault="0095096E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">NON È SOGGETTO all’assolvimento dell’imposta di bollo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>(indicare il motivo  dell’esenzione con la precisazione della relativa norma di legge)</w:t>
+              <w:t xml:space="preserve">(indicare il </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>motivo  dell’esenzione</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> con la precisazione della relativa norma di legge)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>_______________________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F99FE52" w14:textId="77777777" w:rsidR="00C966C9" w:rsidRDefault="00C966C9" w:rsidP="00B72487">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51BE971C" w14:textId="77777777" w:rsidR="0095096E" w:rsidRDefault="0095096E" w:rsidP="000A451E">
+    <w:p w14:paraId="17B7E8D0" w14:textId="17215CAB" w:rsidR="00B72487" w:rsidRDefault="00B72487" w:rsidP="000A451E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...13 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00D0281E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r w:rsidR="00F76126">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>, altresì</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056B2CA9" w14:textId="77777777" w:rsidR="00B72487" w:rsidRPr="00B72487" w:rsidRDefault="00B72487" w:rsidP="00B72487">
+    <w:p w14:paraId="056B2CA9" w14:textId="6DDC3AE3" w:rsidR="00B72487" w:rsidRPr="00B72487" w:rsidRDefault="00B72487" w:rsidP="00B72487">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">che il soggetto proponente si  assume </w:t>
+        <w:t xml:space="preserve">che il soggetto proponente si assume </w:t>
       </w:r>
       <w:r w:rsidRPr="00B72487">
         <w:t>la completa responsabilità della realizzazione delle attività programmate, operando pertanto in completa autonomia e secondo le norme di legge vigenti, manlevando la Regione autonoma Valle d’Aosta da qualsiasi responsabilità per eventuali danni riconducibili ad attività direttamente, o indirettamente, connesse alle attività programmate;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B9D129A" w14:textId="77777777" w:rsidR="00B72487" w:rsidRDefault="00B72487" w:rsidP="00B72487">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53DF9B86" w14:textId="77777777" w:rsidR="00765C9F" w:rsidRPr="00B04865" w:rsidRDefault="00765C9F" w:rsidP="00B72487">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="445E4E01" w14:textId="77777777" w:rsidR="00B72487" w:rsidRDefault="00B72487" w:rsidP="000A451E">
       <w:pPr>
         <w:ind w:left="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A7BAC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SI IMPEGNA, ad ogni effetto di legge, a</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E34C89" w14:textId="77777777" w:rsidR="00765C9F" w:rsidRPr="00B72487" w:rsidRDefault="00765C9F" w:rsidP="000A451E">
-[...10 lines deleted...]
-    <w:p w14:paraId="5AFC0B3F" w14:textId="77777777" w:rsidR="00B72487" w:rsidRPr="00B04865" w:rsidRDefault="00B72487" w:rsidP="00B72487">
+    <w:p w14:paraId="5AFC0B3F" w14:textId="18900A76" w:rsidR="00B72487" w:rsidRPr="00BE0849" w:rsidRDefault="00B72487" w:rsidP="00B72487">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B04865">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t xml:space="preserve">garantire che ogni eventuale variazione apportata all’atto costitutivo e/o allo statuto del Soggetto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>proponente</w:t>
       </w:r>
       <w:r w:rsidRPr="00B04865">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o riferita alla nomina e/o ai poteri del sottoscrittore del presente atto sopra indicati, sarà tempestivamente comunicata all’Amministrazione regionale al fine di un adeguato puntuale aggiornamento dei dati;</w:t>
+        <w:t xml:space="preserve"> o riferita alla nomina e/o ai poteri del sottoscrittore del presente atto sopra indicati, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B04865">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>sarà tempestivamente comunicata all’Amministrazione regionale al fine di un adeguato puntuale aggiornamento dei dati;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124843E2" w14:textId="77777777" w:rsidR="00B72487" w:rsidRDefault="00B72487" w:rsidP="00B72487">
-[...4 lines deleted...]
-          <w:sz w:val="32"/>
+    <w:p w14:paraId="68EE0D08" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRPr="00B04865" w:rsidRDefault="00BE0849" w:rsidP="00B72487">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="357"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79610054" w14:textId="77777777" w:rsidR="000C4E94" w:rsidRPr="006A7BAC" w:rsidRDefault="001E0208" w:rsidP="000C4E94">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A7BAC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">RIVOLGE ISTANZA </w:t>
       </w:r>
     </w:p>
@@ -4771,58 +4910,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000C7805">
+            <w:r w:rsidR="0066007F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000C7805">
+            <w:r w:rsidR="0066007F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> Conto corrente bancario</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4855,58 +4994,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000C7805">
+            <w:r w:rsidR="0066007F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000C7805">
+            <w:r w:rsidR="0066007F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
@@ -6992,136 +7131,243 @@
     </w:p>
     <w:p w14:paraId="4258C969" w14:textId="77777777" w:rsidR="006A7BAC" w:rsidRDefault="006A7BAC" w:rsidP="00B84CAC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="633392F7" w14:textId="417749D6" w:rsidR="009360B8" w:rsidRDefault="009360B8" w:rsidP="00B84CAC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="185862CC" w14:textId="11D2ED9A" w:rsidR="005303F9" w:rsidRDefault="005303F9" w:rsidP="00B84CAC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63F1D6FA" w14:textId="77777777" w:rsidR="005303F9" w:rsidRDefault="005303F9" w:rsidP="00B84CAC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C99F50E" w14:textId="77777777" w:rsidR="009360B8" w:rsidRDefault="009360B8" w:rsidP="00B84CAC">
-[...11 lines deleted...]
-    <w:p w14:paraId="44129CD3" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
+    <w:p w14:paraId="787D1D86" w14:textId="77777777" w:rsidR="0066007F" w:rsidRDefault="0066007F" w:rsidP="000A451E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="400" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00807342">
+    </w:p>
+    <w:p w14:paraId="7BF20BB5" w14:textId="77777777" w:rsidR="0066007F" w:rsidRDefault="0066007F" w:rsidP="000A451E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="2304"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3744"/>
+          <w:tab w:val="left" w:pos="4464"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5904"/>
+          <w:tab w:val="left" w:pos="6624"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="400" w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44129CD3" w14:textId="72E2A572" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="2304"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3744"/>
+          <w:tab w:val="left" w:pos="4464"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5904"/>
+          <w:tab w:val="left" w:pos="6624"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="400" w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">INFORMATIVA AI SENSI DELL’ART. 13 DEL REGOLAMENTO UE 2016/679 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="191735F4" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TITOLARE DEL TRATTAMENTO DEI DATI E DATI DI CONTATTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A7D8950" w14:textId="77777777" w:rsidR="000A451E" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/Vallée d’Aoste, in persona del legale rappresentante pro tempore, con sede in Piazza Deffeyes, 1 – Aosta, contattabile all’indirizzo pec: </w:t>
+        <w:t>Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vallée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aoste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in persona del legale rappresentante pro tempore, con sede in Piazza </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Deffeyes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1 – Aosta, contattabile all’indirizzo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00807342">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>segretario_generale@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D099A54" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
@@ -7243,100 +7489,164 @@
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DATI DI CONTATTO DEL RESPONSABILE DELLA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B5D70D3" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/Vallée d’Aoste, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
+        <w:t>Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vallée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aoste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00807342">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>privacy@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (per i titolari di una casella di posta elettronica certificata) o PEI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="005243E3">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>privacy@regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/Vallée d’Aoste”.</w:t>
+        <w:t>con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vallée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aoste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ABE2E8F" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>FINALITÀ DEL TRATTAMENTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D0D10F8" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C966C9" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:tabs>
@@ -7697,91 +8007,139 @@
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DIRITTI DELL’INTERESSATO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4002DEFA" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/Vallée d’Aoste, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
+        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vallée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aoste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="493103EC" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RECLAMO AL GARANTE PER LA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78704C2C" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto sal Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
+        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00807342">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00807342">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.garanteprivacy.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07273337" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
@@ -10048,124 +10406,50 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="581029D8" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRPr="0073138A" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="67B09DFE" w14:textId="77777777" w:rsidTr="005F6DBE">
-[...72 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="306A6350" w14:textId="77777777" w:rsidTr="005F6DBE">
         <w:trPr>
           <w:trHeight w:val="89"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8009" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DAA1713" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRPr="004540EA" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
@@ -10370,124 +10654,50 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C4388A5" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRPr="0073138A" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="7D4882A3" w14:textId="77777777" w:rsidTr="005F6DBE">
-[...72 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="7EFDD752" w14:textId="77777777" w:rsidTr="005F6DBE">
         <w:trPr>
           <w:trHeight w:val="131"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8009" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="61C8AAA3" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
@@ -10719,680 +10929,525 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D907A0E" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRPr="0073138A" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="4D7E803F" w14:textId="77777777" w:rsidTr="005F6DBE">
+      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="7CA791DA" w14:textId="77777777" w:rsidTr="005F6DBE">
         <w:trPr>
-          <w:trHeight w:val="129"/>
+          <w:trHeight w:val="624"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8009" w:type="dxa"/>
-            <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C7F5B9E" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+          <w:p w14:paraId="090AD66B" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Spese per cachet artistici</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CEA8F0A" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRPr="0073138A" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+          <w:p w14:paraId="7FD07F10" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="7CA791DA" w14:textId="77777777" w:rsidTr="005F6DBE">
+      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="4F71C699" w14:textId="77777777" w:rsidTr="005F6DBE">
         <w:trPr>
           <w:trHeight w:val="624"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8009" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="090AD66B" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+          <w:p w14:paraId="439360F1" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Spese per cachet artistici</w:t>
+              <w:t xml:space="preserve">Spese di ospitalità (alloggio – vitto – trasporto) riferite alle personalità artistiche </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07FAC410" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">o a relatori/esperti </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FD07F10" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+          <w:p w14:paraId="3A404A5E" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="4F71C699" w14:textId="77777777" w:rsidTr="005F6DBE">
+      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="49AB5EB9" w14:textId="77777777" w:rsidTr="005F6DBE">
         <w:trPr>
           <w:trHeight w:val="624"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8009" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="439360F1" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+          <w:p w14:paraId="5ADCBC3D" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spese di ospitalità (alloggio – vitto – trasporto) riferite alle personalità artistiche </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">o a relatori/esperti </w:t>
+              <w:t>Spese di vitto e trasporto a favore dei volontari impegnati nell’iniziativa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A404A5E" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+          <w:p w14:paraId="612E5623" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="49AB5EB9" w14:textId="77777777" w:rsidTr="005F6DBE">
+      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="08AD027B" w14:textId="77777777" w:rsidTr="005F6DBE">
         <w:trPr>
           <w:trHeight w:val="624"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8009" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5ADCBC3D" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+          <w:p w14:paraId="4E5DA929" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Spese di vitto e trasporto a favore dei volontari impegnati nell’iniziativa</w:t>
+              <w:t>Premi consistenti in beni materiali aventi carattere simbolico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="612E5623" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+          <w:p w14:paraId="7A2F6E72" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="08AD027B" w14:textId="77777777" w:rsidTr="005F6DBE">
+      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="09C416D8" w14:textId="77777777" w:rsidTr="005F6DBE">
         <w:trPr>
           <w:trHeight w:val="624"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8009" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E5DA929" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+          <w:p w14:paraId="7044CDEC" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Premi consistenti in beni materiali aventi carattere simbolico</w:t>
+              <w:t>Spese per la promozione dell’iniziativa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A2F6E72" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+          <w:p w14:paraId="1A9CBB24" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="09C416D8" w14:textId="77777777" w:rsidTr="005F6DBE">
+      <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="2FC23ABD" w14:textId="77777777" w:rsidTr="005F6DBE">
         <w:trPr>
           <w:trHeight w:val="624"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8009" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7044CDEC" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
+          <w:p w14:paraId="42AD09E0" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Spese per la promozione dell’iniziativa</w:t>
+              <w:t>Tassa di occupazione del suolo pubblico e per le affissioni</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9CBB24" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
-[...78 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="0360B311" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
-            <w:pPr>
-[...79 lines deleted...]
-          <w:p w14:paraId="3F648C61" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F33F48" w:rsidRPr="0073138A" w14:paraId="06134613" w14:textId="77777777" w:rsidTr="005F6DBE">
         <w:trPr>
           <w:trHeight w:val="624"/>
@@ -11647,50 +11702,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1BECDCC7" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRPr="0073138A" w:rsidRDefault="00F33F48" w:rsidP="005F6DBE">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ENTRATE</w:t>
             </w:r>
             <w:r w:rsidRPr="0073138A">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> COMPLESSIV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="0073138A">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
@@ -11839,85 +11895,146 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17A0C">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(specificare </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Ente – </w:t>
             </w:r>
             <w:r w:rsidRPr="00B8259F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Consiglio regionale, Comune, Unité des Commune</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Consiglio regionale, Comune, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B8259F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>s</w:t>
-            </w:r>
+              <w:t>Unité</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B8259F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B8259F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>des</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B8259F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B8259F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Commune</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B8259F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">, altro </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="00C17A0C">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> e relativo importo)</w:t>
+              <w:t xml:space="preserve"> e</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C17A0C">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> relativo importo)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B8ABEC5" w14:textId="77777777" w:rsidR="00F33F48" w:rsidRPr="00D911B3" w:rsidRDefault="00F33F48" w:rsidP="00F33F48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D911B3">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -13443,56 +13560,52 @@
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383CE5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EF637F4" w14:textId="77777777" w:rsidR="000A451E" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000A451E" w:rsidSect="001E6546">
-      <w:headerReference w:type="even" r:id="rId13"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="529" w:right="1134" w:bottom="426" w:left="1134" w:header="426" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="17BBC4D1" w14:textId="77777777" w:rsidR="00F466CD" w:rsidRDefault="00F466CD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7FE50280" w14:textId="77777777" w:rsidR="00F466CD" w:rsidRDefault="00F466CD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -13540,490 +13653,507 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="@Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="641315704"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="39AFBF39" w14:textId="77777777" w:rsidR="00B72487" w:rsidRDefault="00B72487">
         <w:pPr>
           <w:pStyle w:val="Pidipagina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00D42C2D">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2647B93D" w14:textId="77777777" w:rsidR="006A7BAC" w:rsidRDefault="006A7BAC">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="36CD4EB4" w14:textId="77777777" w:rsidR="00F466CD" w:rsidRDefault="00F466CD">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2B2C4AB0" w14:textId="77777777" w:rsidR="00F466CD" w:rsidRDefault="00F466CD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2AE04774" w14:textId="77777777" w:rsidR="000C7805" w:rsidRDefault="000C7805">
-[...18 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Grigliatabella"/>
-      <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
+      <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="442" w:tblpY="1"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3453"/>
+      <w:gridCol w:w="2660"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002648FC" w14:paraId="1D39E2FD" w14:textId="77777777" w:rsidTr="002648FC">
+    <w:tr w:rsidR="00BE0849" w14:paraId="5F668FB0" w14:textId="77777777" w:rsidTr="00DB09BC">
       <w:trPr>
-        <w:trHeight w:val="1479"/>
+        <w:trHeight w:val="1697"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3453" w:type="dxa"/>
+          <w:tcW w:w="2660" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="396D94AE" w14:textId="77777777" w:rsidR="002648FC" w:rsidRDefault="002648FC" w:rsidP="002648FC">
+        <w:p w14:paraId="2A800ECD" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRPr="0030691D" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:bookmarkStart w:id="1" w:name="_Hlk216858546"/>
+          <w:bookmarkStart w:id="2" w:name="_Hlk216860297"/>
+          <w:bookmarkStart w:id="3" w:name="_Hlk216860298"/>
+          <w:bookmarkStart w:id="4" w:name="_Hlk216860299"/>
+          <w:bookmarkStart w:id="5" w:name="_Hlk216860300"/>
+          <w:r w:rsidRPr="0030691D">
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Spazio riservato al protocollo</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3BEDAA9B" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRDefault="008C33D5" w:rsidP="002648FC">
+        <w:p w14:paraId="0DC4A64B" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="27B6DC85" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRDefault="008C33D5" w:rsidP="002648FC">
+        <w:p w14:paraId="4C2C3A3A" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="2D36967C" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRDefault="008C33D5" w:rsidP="002648FC">
-[...74 lines deleted...]
-        <w:p w14:paraId="024E9F17" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRDefault="008C33D5" w:rsidP="002648FC">
+        <w:p w14:paraId="57C298A3" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="50C5CF24" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="00481693">
+  <w:bookmarkEnd w:id="1"/>
+  <w:p w14:paraId="1FB78600" w14:textId="14E9BA74" w:rsidR="00BE0849" w:rsidRPr="009262A2" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
-      <w:ind w:left="3828"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-      <w:tab/>
+    <w:r w:rsidRPr="0030691D">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4989D853" wp14:editId="2F3E24F5">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>2167890</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>3810</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="731520" cy="835025"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="3" name="Immagine 3"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="731520" cy="835025"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="007301ED">
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
       <w:t>Regione autonoma Valle d’Aosta</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4FA870A5" w14:textId="77777777" w:rsidR="00D42C2D" w:rsidRDefault="00D42C2D" w:rsidP="001E6546">
+  <w:p w14:paraId="5E9C703C" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRPr="009262A2" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="5387"/>
+      <w:ind w:left="5670" w:firstLine="2"/>
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D42C2D">
+    <w:r w:rsidRPr="009262A2">
       <w:rPr>
         <w:noProof/>
-      </w:rPr>
-      <w:t>Assessorato Beni e attività culturali, Sistema educativo e Politiche per le relazioni intergenerazionali</w:t>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Assessorato Istruzione, Cultura e Politiche </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">     </w:t>
+    </w:r>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Identitarie</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0BF6383F" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="001E6546">
+  <w:p w14:paraId="328A9D84" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRPr="009262A2" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="5387"/>
+      <w:ind w:left="5672"/>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Assessorat de l’éducation, de la culture et des politiques</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> i</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>dentitaires</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0AC9A421" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRPr="009262A2" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007301ED">
+    <w:r w:rsidRPr="009262A2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-      </w:rPr>
-      <w:t xml:space="preserve">Struttura </w:t>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Struttura attività culturali </w:t>
     </w:r>
-    <w:r w:rsidR="00144973">
-[...4 lines deleted...]
-      <w:t>attività culturali</w:t>
+  </w:p>
+  <w:p w14:paraId="74AA2AED" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRPr="009262A2" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
+    <w:pPr>
+      <w:ind w:left="4111" w:right="-143" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Piazza </w:t>
     </w:r>
-    <w:r w:rsidRPr="007301ED">
-[...2 lines deleted...]
-        <w:bCs/>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Roncas</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> n. 1</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3F3DB4FE" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRPr="009262A2" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">11100 AOSTA </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3D554785" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRPr="009262A2" w:rsidRDefault="0066007F" w:rsidP="00BE0849">
+    <w:pPr>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidR="00BE0849" w:rsidRPr="009262A2">
+        <w:rPr>
+          <w:rStyle w:val="Collegamentoipertestuale"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>cultura@pec.regione.vda.it</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidR="00BE0849" w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7FD8753E" w14:textId="4043714D" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="000C7805" w:rsidP="001E6546">
+  <w:p w14:paraId="0BA58B97" w14:textId="77777777" w:rsidR="00BE0849" w:rsidRPr="001E6546" w:rsidRDefault="00BE0849" w:rsidP="00BE0849">
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="5387" w:right="-143"/>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
+      <w:rPr>
+        <w:b/>
+        <w:smallCaps/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-      <w:t>Piazza Roncas, 3</w:t>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Tel. +39 – 0165.274392</w:t>
     </w:r>
-  </w:p>
-[...45 lines deleted...]
-    </w:r>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A86713D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E0E7F26"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -18936,224 +19066,224 @@
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="43">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:val="bestFit" w:percent="179"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D0544"/>
     <w:rsid w:val="000008B9"/>
     <w:rsid w:val="00007357"/>
     <w:rsid w:val="00012C68"/>
     <w:rsid w:val="00027D8B"/>
     <w:rsid w:val="0007271B"/>
     <w:rsid w:val="0007328D"/>
     <w:rsid w:val="00077B51"/>
     <w:rsid w:val="00081B65"/>
     <w:rsid w:val="00094F59"/>
     <w:rsid w:val="000A451E"/>
     <w:rsid w:val="000C4E94"/>
-    <w:rsid w:val="000C7805"/>
     <w:rsid w:val="000E19A7"/>
     <w:rsid w:val="000E2DEC"/>
     <w:rsid w:val="001048A6"/>
     <w:rsid w:val="00124E6C"/>
     <w:rsid w:val="00124F8C"/>
     <w:rsid w:val="0014134C"/>
     <w:rsid w:val="00143942"/>
     <w:rsid w:val="00143952"/>
     <w:rsid w:val="00144973"/>
     <w:rsid w:val="00155CFF"/>
     <w:rsid w:val="00165F9A"/>
     <w:rsid w:val="00182C73"/>
     <w:rsid w:val="001913D7"/>
     <w:rsid w:val="00193FFD"/>
     <w:rsid w:val="0019517D"/>
     <w:rsid w:val="001A3C03"/>
     <w:rsid w:val="001A46D6"/>
     <w:rsid w:val="001C459A"/>
     <w:rsid w:val="001D5953"/>
     <w:rsid w:val="001E0208"/>
     <w:rsid w:val="001E44E1"/>
     <w:rsid w:val="001E6546"/>
     <w:rsid w:val="001E6F9F"/>
     <w:rsid w:val="001E7462"/>
     <w:rsid w:val="001F02F0"/>
     <w:rsid w:val="001F33D9"/>
     <w:rsid w:val="00230A84"/>
     <w:rsid w:val="002317F2"/>
-    <w:rsid w:val="00236270"/>
     <w:rsid w:val="00241845"/>
     <w:rsid w:val="00242FCC"/>
     <w:rsid w:val="00251666"/>
     <w:rsid w:val="0025575D"/>
     <w:rsid w:val="002648FC"/>
     <w:rsid w:val="00287F8B"/>
     <w:rsid w:val="0029571E"/>
     <w:rsid w:val="002A1DF3"/>
     <w:rsid w:val="002A305E"/>
     <w:rsid w:val="002C141A"/>
     <w:rsid w:val="002C7CED"/>
     <w:rsid w:val="002F3DC5"/>
     <w:rsid w:val="00325356"/>
     <w:rsid w:val="00326398"/>
     <w:rsid w:val="003852BC"/>
     <w:rsid w:val="00392C1A"/>
     <w:rsid w:val="003937C7"/>
     <w:rsid w:val="003967E3"/>
     <w:rsid w:val="003A3EB5"/>
     <w:rsid w:val="003B5AB2"/>
     <w:rsid w:val="003B5AC0"/>
     <w:rsid w:val="003C6A31"/>
     <w:rsid w:val="003E34A2"/>
     <w:rsid w:val="003F0F50"/>
     <w:rsid w:val="004256C7"/>
     <w:rsid w:val="004360CA"/>
     <w:rsid w:val="00440EDF"/>
     <w:rsid w:val="00452152"/>
     <w:rsid w:val="00456F86"/>
     <w:rsid w:val="00481693"/>
     <w:rsid w:val="005051C4"/>
     <w:rsid w:val="00514DA9"/>
     <w:rsid w:val="00527044"/>
     <w:rsid w:val="005303F9"/>
     <w:rsid w:val="005424FF"/>
     <w:rsid w:val="00543CF2"/>
     <w:rsid w:val="005A681B"/>
     <w:rsid w:val="005F1259"/>
     <w:rsid w:val="005F764A"/>
     <w:rsid w:val="006353EF"/>
     <w:rsid w:val="00646EF4"/>
     <w:rsid w:val="00647C04"/>
+    <w:rsid w:val="0066007F"/>
     <w:rsid w:val="006633E4"/>
     <w:rsid w:val="00664D05"/>
     <w:rsid w:val="00666BA5"/>
     <w:rsid w:val="00682C64"/>
-    <w:rsid w:val="006A2F8D"/>
     <w:rsid w:val="006A35BA"/>
     <w:rsid w:val="006A7BAC"/>
     <w:rsid w:val="006B31A0"/>
     <w:rsid w:val="006C505A"/>
     <w:rsid w:val="006D25A6"/>
     <w:rsid w:val="006D411F"/>
     <w:rsid w:val="006F135F"/>
     <w:rsid w:val="007067E1"/>
     <w:rsid w:val="00722438"/>
     <w:rsid w:val="00730179"/>
     <w:rsid w:val="007301ED"/>
     <w:rsid w:val="00734B1D"/>
     <w:rsid w:val="00742BE5"/>
     <w:rsid w:val="00757D29"/>
     <w:rsid w:val="00765C9F"/>
     <w:rsid w:val="00766BD2"/>
     <w:rsid w:val="00772C60"/>
     <w:rsid w:val="007763AD"/>
     <w:rsid w:val="00786AB1"/>
     <w:rsid w:val="007B6624"/>
     <w:rsid w:val="007D35B8"/>
     <w:rsid w:val="007D671C"/>
     <w:rsid w:val="007E3541"/>
     <w:rsid w:val="0087204D"/>
     <w:rsid w:val="008779F7"/>
     <w:rsid w:val="00880D84"/>
     <w:rsid w:val="008B63F0"/>
     <w:rsid w:val="008C33D5"/>
     <w:rsid w:val="008C69C6"/>
     <w:rsid w:val="008E150E"/>
     <w:rsid w:val="008E7890"/>
     <w:rsid w:val="008F58C9"/>
     <w:rsid w:val="009000B9"/>
     <w:rsid w:val="0090430C"/>
     <w:rsid w:val="00910D5D"/>
     <w:rsid w:val="00912820"/>
     <w:rsid w:val="009241EF"/>
     <w:rsid w:val="00932D80"/>
     <w:rsid w:val="009360B8"/>
     <w:rsid w:val="009437F7"/>
     <w:rsid w:val="0095096E"/>
     <w:rsid w:val="00955EC9"/>
     <w:rsid w:val="00985874"/>
     <w:rsid w:val="009A7071"/>
     <w:rsid w:val="009D0544"/>
     <w:rsid w:val="009D2942"/>
     <w:rsid w:val="00A174A9"/>
     <w:rsid w:val="00A322B1"/>
     <w:rsid w:val="00A47D66"/>
-    <w:rsid w:val="00A50B11"/>
     <w:rsid w:val="00A53E77"/>
     <w:rsid w:val="00A95C11"/>
     <w:rsid w:val="00AB6AC3"/>
     <w:rsid w:val="00AE1028"/>
+    <w:rsid w:val="00AE133A"/>
     <w:rsid w:val="00AE5C2C"/>
     <w:rsid w:val="00B27610"/>
     <w:rsid w:val="00B6462B"/>
     <w:rsid w:val="00B72487"/>
     <w:rsid w:val="00B80462"/>
     <w:rsid w:val="00B84CAC"/>
     <w:rsid w:val="00BC7A59"/>
+    <w:rsid w:val="00BE0849"/>
     <w:rsid w:val="00C02551"/>
     <w:rsid w:val="00C032AA"/>
     <w:rsid w:val="00C229AF"/>
     <w:rsid w:val="00C65830"/>
     <w:rsid w:val="00C76D37"/>
     <w:rsid w:val="00C966C9"/>
     <w:rsid w:val="00CC3262"/>
     <w:rsid w:val="00CC39D2"/>
     <w:rsid w:val="00CD2A9F"/>
     <w:rsid w:val="00CD39CE"/>
     <w:rsid w:val="00D0281E"/>
     <w:rsid w:val="00D138A4"/>
     <w:rsid w:val="00D16FE3"/>
     <w:rsid w:val="00D17993"/>
     <w:rsid w:val="00D23DE3"/>
     <w:rsid w:val="00D23F20"/>
     <w:rsid w:val="00D33629"/>
     <w:rsid w:val="00D42A56"/>
     <w:rsid w:val="00D42C2D"/>
     <w:rsid w:val="00D452F2"/>
     <w:rsid w:val="00DB0A2C"/>
     <w:rsid w:val="00DC3748"/>
     <w:rsid w:val="00DC6921"/>
     <w:rsid w:val="00DD7963"/>
     <w:rsid w:val="00DF070A"/>
@@ -20058,55 +20188,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2025666554">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.vda.it" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.garanteprivacy.it" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@regione.vda.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segretario_generale@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.vda.it" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.garanteprivacy.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@regione.vda.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segretario_generale@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cultura@pec.regione.vda.it" TargetMode="External"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cultura@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -20370,76 +20500,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E8603CB-F35A-49A7-A84D-83269C89C787}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>13528</Characters>
+  <Pages>9</Pages>
+  <Words>2370</Words>
+  <Characters>13514</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>112</Lines>
   <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ALL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15870</CharactersWithSpaces>
+  <CharactersWithSpaces>15853</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ALL</dc:title>
   <dc:creator>regione lombardia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="PublishingExpirationDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="PublishingStartDate">
     <vt:lpwstr/>