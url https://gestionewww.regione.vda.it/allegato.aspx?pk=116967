--- v0 (2025-10-07)
+++ v1 (2026-02-06)
@@ -81,69 +81,60 @@
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>MODULO</w:t>
             </w:r>
             <w:r w:rsidR="001E6546">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> DI DOMANDA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="113E0A6E" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRDefault="00A53E77" w:rsidP="008C33D5">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1422EB5D" w14:textId="77777777" w:rsidR="00EE1C6B" w:rsidRDefault="00EE1C6B" w:rsidP="008C33D5">
+    <w:p w14:paraId="1AAC1A9D" w14:textId="77777777" w:rsidR="00EE1C6B" w:rsidRPr="007301ED" w:rsidRDefault="00EE1C6B" w:rsidP="008C33D5">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AAC1A9D" w14:textId="77777777" w:rsidR="00EE1C6B" w:rsidRPr="007301ED" w:rsidRDefault="00EE1C6B" w:rsidP="008C33D5">
-[...8 lines deleted...]
-    <w:p w14:paraId="5785CBFB" w14:textId="50DDD382" w:rsidR="00A53E77" w:rsidRPr="008E7890" w:rsidRDefault="004360CA" w:rsidP="008E7890">
+    <w:p w14:paraId="5785CBFB" w14:textId="627D5458" w:rsidR="00A53E77" w:rsidRPr="008E7890" w:rsidRDefault="004360CA" w:rsidP="008E7890">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C33D5">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Oggetto: </w:t>
       </w:r>
       <w:r w:rsidRPr="008C33D5">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008E7890">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -234,56 +225,56 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>FUORI D</w:t>
       </w:r>
       <w:r w:rsidR="00E83F3C">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="00DF1E6C">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> TERRITORIO REGIONALE</w:t>
       </w:r>
       <w:r w:rsidR="00EE1C6B">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – anno 202</w:t>
       </w:r>
-      <w:r w:rsidR="00D159BA">
+      <w:r w:rsidR="009262A2">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00543CF2">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42EF38F2" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRDefault="00A53E77" w:rsidP="00A53E77">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E6870CE" w14:textId="77777777" w:rsidR="00EE1C6B" w:rsidRDefault="00EE1C6B" w:rsidP="00A53E77">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1226,69 +1217,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7966" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DC28872" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00007357" w:rsidP="0055600A">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>C.F.________________________________________</w:t>
-[...17 lines deleted...]
-              <w:t>. _________________________________________</w:t>
+              <w:t>C.F._________________________________________  P.IVA. _________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="567545C8" w14:textId="77777777" w:rsidTr="00C966C9">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44934F79" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="0055600A">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -2283,50 +2256,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23CE19AB" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="00A00416">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Quadro C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34BB7E67" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00EB3601">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2592,57 +2566,52 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36A763F2" w14:textId="77777777" w:rsidR="00543CF2" w:rsidRDefault="00543CF2" w:rsidP="00543CF2">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:sym w:font="Webdings" w:char="F063"/>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> Scrittura privava semplice in data ___________________</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> Scrittura privava semplice in data ____________________ .</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="4EB20EFC" w14:textId="77777777" w:rsidR="00543CF2" w:rsidRPr="007301ED" w:rsidRDefault="00543CF2" w:rsidP="00722438">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1FF5ABBF" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -3152,51 +3121,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6D70FE04" w14:textId="77777777" w:rsidR="005F54EF" w:rsidRDefault="005F54EF" w:rsidP="00543CF2">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="98"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>A TITOLO GRATUITO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CDDCA9" w14:textId="77777777" w:rsidR="00543CF2" w:rsidRPr="00543CF2" w:rsidRDefault="005F54EF" w:rsidP="00543CF2">
+    <w:p w14:paraId="22CDDCA9" w14:textId="592424FA" w:rsidR="00543CF2" w:rsidRPr="00543CF2" w:rsidRDefault="005F54EF" w:rsidP="00543CF2">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="98"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> DELLA CORALE</w:t>
       </w:r>
       <w:r w:rsidR="00DF1E6C">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
@@ -3214,87 +3183,86 @@
         </w:rPr>
         <w:t xml:space="preserve">LLA SEGUENTE MANIFESTAZIONE FUORI </w:t>
       </w:r>
       <w:r w:rsidR="00DF1E6C">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00E83F3C">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00DF1E6C">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>L TERRITORIO REGIONALE.</w:t>
+        <w:t>L TERRITORIO REGIONALE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E9706F3" w14:textId="77777777" w:rsidR="00CD2A9F" w:rsidRDefault="00CD2A9F" w:rsidP="00543CF2">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="98"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12F28407" w14:textId="77777777" w:rsidR="00CD2A9F" w:rsidRDefault="00CD2A9F" w:rsidP="00CD2A9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="98"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">_____________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBFBBA8" w14:textId="77777777" w:rsidR="00CD2A9F" w:rsidRDefault="00543CF2" w:rsidP="00CD2A9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="98"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>(Titolo dell’iniziativa</w:t>
       </w:r>
@@ -3311,50 +3279,51 @@
     <w:p w14:paraId="628F284C" w14:textId="77777777" w:rsidR="00CD2A9F" w:rsidRDefault="00CD2A9F" w:rsidP="00CD2A9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="98"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2909C6A6" w14:textId="77777777" w:rsidR="001E6546" w:rsidRDefault="00EB3601" w:rsidP="00C966C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="001E6546">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tal fine, ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001E6546">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l.r</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001E6546">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77169C60" w14:textId="77777777" w:rsidR="005F54EF" w:rsidRPr="00C966C9" w:rsidRDefault="005F54EF" w:rsidP="00C966C9">
       <w:pPr>
@@ -3789,51 +3758,50 @@
         </w:rPr>
         <w:t>raduno o manifestazione civile e/o religiosa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46210624" w14:textId="77777777" w:rsidR="00F15D67" w:rsidRPr="00F15D67" w:rsidRDefault="00F15D67" w:rsidP="00F15D67">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:w w:val="90"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3601">
         <w:rPr>
           <w:i/>
           <w:w w:val="90"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="52"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>□</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:w w:val="90"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>scambio culturale tra realtà corali</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF55F0D" w14:textId="77777777" w:rsidR="00F15D67" w:rsidRDefault="00F15D67" w:rsidP="00B44817">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
@@ -3857,50 +3825,51 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9746"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EB3601" w14:paraId="516F8E2E" w14:textId="77777777" w:rsidTr="00F15D67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9746" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="04630AB1" w14:textId="77777777" w:rsidR="00EB3601" w:rsidRDefault="00044117" w:rsidP="00F15D67">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">SCHEDA DI PROGETTO DELLA MANIFESTAZIONE </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="669DDE8C" w14:textId="77777777" w:rsidR="00F15D67" w:rsidRPr="00F15D67" w:rsidRDefault="00F15D67" w:rsidP="00F15D67">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB3601" w14:paraId="663737A6" w14:textId="77777777" w:rsidTr="00F15D67">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9746" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FAE5513" w14:textId="77777777" w:rsidR="00EB3601" w:rsidRDefault="00EE1C6B" w:rsidP="00C26EC3">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:autoSpaceDE w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -5208,71 +5177,57 @@
     </w:p>
     <w:p w14:paraId="24E422FF" w14:textId="77777777" w:rsidR="00EB3601" w:rsidRPr="008C583A" w:rsidRDefault="00F15D67" w:rsidP="00F15D67">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C583A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">IL SEGUENTE </w:t>
       </w:r>
       <w:r w:rsidR="00044117">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">PIANO FINANZIARIO CONTENENTE PREVENTIVO DI </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00044117">
+        <w:t>PIANO FINANZIARIO CONTENENTE PREVENTIVO DI SPESA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C583A">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>SPESA</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> : </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10031" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8295"/>
         <w:gridCol w:w="1736"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EB3601" w:rsidRPr="0073138A" w14:paraId="143F3E85" w14:textId="77777777" w:rsidTr="00C26EC3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -5557,51 +5512,50 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10ECF151" w14:textId="77777777" w:rsidR="00EB3601" w:rsidRPr="008D212F" w:rsidRDefault="00EB3601" w:rsidP="00C26EC3">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Spese di trasferte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CF25AFC" w14:textId="77777777" w:rsidR="00EB3601" w:rsidRDefault="00EB3601" w:rsidP="00C26EC3">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
@@ -5754,50 +5708,51 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="9103"/>
       </w:tblGrid>
       <w:tr w:rsidR="008C583A" w14:paraId="5B89F34D" w14:textId="77777777" w:rsidTr="00C26EC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="0BABDEAB" w14:textId="77777777" w:rsidR="008C583A" w:rsidRPr="00CF5F0F" w:rsidRDefault="008C583A" w:rsidP="00C26EC3">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="000C4E94">
+              <w:lastRenderedPageBreak/>
               <w:t>c</w:t>
             </w:r>
             <w:r>
               <w:t>he l’Atto costitutivo e l</w:t>
             </w:r>
             <w:r w:rsidRPr="000C4E94">
               <w:t>o Statuto del soggetto proponente:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(barrare con X </w:t>
             </w:r>
             <w:r w:rsidRPr="00666BA5">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">una delle </w:t>
             </w:r>
@@ -6132,157 +6087,139 @@
             <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">che l’ente beneficiario che rilascia la presente dichiarazione: </w:t>
             </w:r>
             <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(barrare con X una delle 2 opzioni indicate di seguito)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FF17BFD" w14:textId="77777777" w:rsidR="008C583A" w:rsidRPr="002C65A4" w:rsidRDefault="008C583A" w:rsidP="00C26EC3">
             <w:pPr>
               <w:ind w:left="459" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>È</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002C65A4">
+              <w:t xml:space="preserve">È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E2E785E" w14:textId="77777777" w:rsidR="008C583A" w:rsidRPr="002C65A4" w:rsidRDefault="008C583A" w:rsidP="00C26EC3">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t>oppure</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67CC97B8" w14:textId="77777777" w:rsidR="008C583A" w:rsidRPr="002C65A4" w:rsidRDefault="008C583A" w:rsidP="00C26EC3">
+            <w:pPr>
+              <w:ind w:left="459" w:hanging="425"/>
+              <w:rPr>
+                <w:w w:val="90"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>oppure</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>NON</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
+              <w:t xml:space="preserve">NON È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EE56B6D" w14:textId="77777777" w:rsidR="008C583A" w:rsidRPr="002C65A4" w:rsidRDefault="008C583A" w:rsidP="00C26EC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3256F88F" w14:textId="77777777" w:rsidR="008C583A" w:rsidRPr="00666BA5" w:rsidRDefault="008C583A" w:rsidP="00C26EC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C65A4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>e che la stessa esonera, pertanto, la Regione autonoma Valle d’Aosta da ogni e qualsiasi responsabilità a livello fiscale, amministrativo e penale qualora la presente dichiarazione non dovesse corrispondere al vero per diversa imposizione accertata dai relativi uffici fiscali.</w:t>
             </w:r>
           </w:p>
@@ -6445,67 +6382,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F4DA68A" w14:textId="77777777" w:rsidR="0000329C" w:rsidRDefault="0000329C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">NON È SOGGETTO all’assolvimento dell’imposta di bollo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">(indicare il </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> con la precisazione della relativa norma di legge)</w:t>
+              <w:t>(indicare il motivo  dell’esenzione con la precisazione della relativa norma di legge)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>_______________________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="086178F9" w14:textId="77777777" w:rsidR="0000329C" w:rsidRDefault="0000329C" w:rsidP="008C583A">
       <w:pPr>
         <w:ind w:left="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E6AAF7E" w14:textId="77777777" w:rsidR="008C583A" w:rsidRPr="00B72487" w:rsidRDefault="008C583A" w:rsidP="008C583A">
       <w:pPr>
         <w:ind w:left="357"/>
@@ -6653,58 +6574,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D2348">
+            <w:r w:rsidR="00847D35">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="005D2348">
+            <w:r w:rsidR="00847D35">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> Conto corrente bancario</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6737,58 +6658,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D2348">
+            <w:r w:rsidR="00847D35">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="005D2348">
+            <w:r w:rsidR="00847D35">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
@@ -7017,51 +6938,50 @@
                 <w:tab w:val="left" w:pos="3492"/>
                 <w:tab w:val="left" w:pos="9639"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="180" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">codice IBAN </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="239EBB55" w14:textId="77777777" w:rsidR="008C583A" w:rsidRPr="007301ED" w:rsidRDefault="008C583A" w:rsidP="00C26EC3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
                 <w:tab w:val="left" w:pos="3492"/>
                 <w:tab w:val="left" w:pos="9639"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="180" w:lineRule="exact"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -8202,50 +8122,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B47DE8D" w14:textId="77777777" w:rsidR="008C583A" w:rsidRPr="00383CE5" w:rsidRDefault="008C583A" w:rsidP="00C26EC3">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383CE5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>(Luogo e data)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F31997E" w14:textId="77777777" w:rsidR="008C583A" w:rsidRPr="00383CE5" w:rsidRDefault="008C583A" w:rsidP="00C26EC3">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -8857,96 +8778,80 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70D41DD0" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>FINALITÀ DEL TRATTAMENTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1488B54B" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C966C9" w:rsidRDefault="000A451E" w:rsidP="000A451E">
+    <w:p w14:paraId="1488B54B" w14:textId="7D19A196" w:rsidR="000A451E" w:rsidRPr="00C966C9" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C966C9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">I dati </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> trattati per consentire l’accesso al finanziamento regionale p</w:t>
+        <w:t>I dati forniti sono trattati per consentire l’accesso al finanziamento regionale p</w:t>
       </w:r>
       <w:r w:rsidR="00C966C9" w:rsidRPr="00C966C9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">revisto dalla legge regionale </w:t>
       </w:r>
       <w:r w:rsidRPr="00C966C9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B9FB41E" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C966C9" w:rsidRDefault="00C966C9" w:rsidP="000A451E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
@@ -9313,51 +9218,50 @@
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RECLAMO AL GARANTE PER LA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E7B9B4A" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00807342">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
@@ -9381,81 +9285,66 @@
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41701900" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>La comunicazione di dati person</w:t>
       </w:r>
       <w:r w:rsidR="005F1259">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ali riferiti ai soggetti </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="005F1259">
+        <w:t xml:space="preserve">ali riferiti ai soggetti terzi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">terzi </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> prevista dalla richiamata legge regionale; non si rende pertanto necessario, ai sensi di quanto previsto dall’articolo 14, paragrafo 5, lettera c) del Regolamento UE 2016/679, il rilascio di un’informativa ai predetti soggetti.</w:t>
+        <w:t xml:space="preserve"> è prevista dalla richiamata legge regionale; non si rende pertanto necessario, ai sensi di quanto previsto dall’articolo 14, paragrafo 5, lettera c) del Regolamento UE 2016/679, il rilascio di un’informativa ai predetti soggetti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047BF07E" w14:textId="77777777" w:rsidR="000A451E" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblInd w:w="-38" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3295"/>
         <w:gridCol w:w="3297"/>
         <w:gridCol w:w="3297"/>
@@ -9791,51 +9680,51 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="@Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
@@ -9904,247 +9793,163 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6F7B3117" w14:textId="77777777" w:rsidR="009258F9" w:rsidRDefault="009258F9">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="692DB6DE" w14:textId="77777777" w:rsidR="009258F9" w:rsidRDefault="009258F9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Grigliatabella"/>
-      <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
+      <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="442" w:tblpY="1"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3453"/>
+      <w:gridCol w:w="2660"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002648FC" w14:paraId="6257C9E1" w14:textId="77777777" w:rsidTr="002648FC">
+    <w:tr w:rsidR="00771E4E" w14:paraId="61363F25" w14:textId="77777777" w:rsidTr="00C13B4F">
       <w:trPr>
-        <w:trHeight w:val="1479"/>
+        <w:trHeight w:val="1697"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3453" w:type="dxa"/>
+          <w:tcW w:w="2660" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="31FAA902" w14:textId="77777777" w:rsidR="002648FC" w:rsidRDefault="002648FC" w:rsidP="002648FC">
+        <w:p w14:paraId="506FA1FB" w14:textId="77777777" w:rsidR="00771E4E" w:rsidRPr="0030691D" w:rsidRDefault="00771E4E" w:rsidP="00771E4E">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:bookmarkStart w:id="1" w:name="_Hlk216858546"/>
+          <w:bookmarkStart w:id="2" w:name="_Hlk216858741"/>
+          <w:r w:rsidRPr="0030691D">
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Spazio riservato al protocollo</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="78327B87" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRDefault="008C33D5" w:rsidP="002648FC">
+        <w:p w14:paraId="65A5FFA2" w14:textId="77777777" w:rsidR="00771E4E" w:rsidRDefault="00771E4E" w:rsidP="00771E4E">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="43B9E706" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRDefault="008C33D5" w:rsidP="002648FC">
+        <w:p w14:paraId="2C4CE7CF" w14:textId="77777777" w:rsidR="00771E4E" w:rsidRDefault="00771E4E" w:rsidP="00771E4E">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="4DE0AA1E" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRDefault="008C33D5" w:rsidP="002648FC">
-[...74 lines deleted...]
-        <w:p w14:paraId="118CD1C2" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRDefault="008C33D5" w:rsidP="002648FC">
+        <w:p w14:paraId="1D65B0A4" w14:textId="77777777" w:rsidR="00771E4E" w:rsidRDefault="00771E4E" w:rsidP="00771E4E">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:autoSpaceDN/>
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="5CE8A4BD" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="00481693">
+  <w:bookmarkEnd w:id="1"/>
+  <w:p w14:paraId="5CE8A4BD" w14:textId="270D144F" w:rsidR="008C33D5" w:rsidRPr="009262A2" w:rsidRDefault="00771E4E" w:rsidP="00771E4E">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="5387"/>
+        <w:tab w:val="left" w:pos="4253"/>
       </w:tabs>
-      <w:ind w:left="3828"/>
+      <w:ind w:left="4111" w:right="-568" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...15 lines deleted...]
-    <w:r w:rsidRPr="004241D8">
+    <w:r w:rsidRPr="0030691D">
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C01D9B8" wp14:editId="0E0A30FA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7804C8E2" wp14:editId="2115B502">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>2416810</wp:posOffset>
+            <wp:posOffset>2164080</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>215265</wp:posOffset>
+            <wp:posOffset>62865</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="3" name="Immagine 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
@@ -10153,227 +9958,282 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="731520" cy="835025"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00B60D9C">
-      <w:t xml:space="preserve">Assessorato Beni e attività culturali, </w:t>
+    <w:r w:rsidR="008C33D5" w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Regione autonoma Valle d’Aosta</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2606386A" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="00B60D9C" w:rsidP="00B60D9C">
+  <w:p w14:paraId="07C867BD" w14:textId="058DAC06" w:rsidR="009262A2" w:rsidRPr="009262A2" w:rsidRDefault="009262A2" w:rsidP="00771E4E">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="5387"/>
+      <w:ind w:left="5670" w:firstLine="2"/>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-      <w:t>Sistema educativo e Politiche per le relazioni intergenerazionali</w:t>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Assessorato Istruzione, Cultura e Politiche </w:t>
+    </w:r>
+    <w:r w:rsidR="00771E4E">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">     </w:t>
+    </w:r>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Identitarie</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="57AF02D0" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="001E6546">
+  <w:p w14:paraId="174EE6F2" w14:textId="4CE06D1C" w:rsidR="009262A2" w:rsidRPr="009262A2" w:rsidRDefault="009262A2" w:rsidP="00771E4E">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="5387"/>
+      <w:ind w:left="5672"/>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Assessorat de l’éducation, de la culture et des politiques</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> i</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>dentitaires</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="57AF02D0" w14:textId="3F2EF69C" w:rsidR="008C33D5" w:rsidRPr="009262A2" w:rsidRDefault="008C33D5" w:rsidP="00771E4E">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007301ED">
+    <w:r w:rsidRPr="009262A2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Struttura </w:t>
     </w:r>
-    <w:r w:rsidR="00144973">
+    <w:r w:rsidR="00144973" w:rsidRPr="009262A2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t>attività culturali</w:t>
     </w:r>
-    <w:r w:rsidRPr="007301ED">
+    <w:r w:rsidRPr="009262A2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="700BCA43" w14:textId="6CBB1B77" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="005D2348" w:rsidP="001E6546">
+  <w:p w14:paraId="700BCA43" w14:textId="33FD5CE3" w:rsidR="008C33D5" w:rsidRPr="009262A2" w:rsidRDefault="009262A2" w:rsidP="00771E4E">
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="5387" w:right="-143"/>
+      <w:ind w:left="4111" w:right="-143" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
       <w:t xml:space="preserve">Piazza </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
       <w:t>Roncas</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r>
-      <w:t>, 3</w:t>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="008C33D5" w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>n. 1</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0F5B7157" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="001E6546">
+  <w:p w14:paraId="0F5B7157" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="009262A2" w:rsidRDefault="008C33D5" w:rsidP="00771E4E">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="5387"/>
+      <w:ind w:left="4111" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007301ED">
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
       <w:t xml:space="preserve">11100 AOSTA </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4217D9F7" w14:textId="77777777" w:rsidR="001E6546" w:rsidRDefault="005D2348" w:rsidP="001E6546">
+  <w:p w14:paraId="4217D9F7" w14:textId="77777777" w:rsidR="001E6546" w:rsidRPr="009262A2" w:rsidRDefault="00847D35" w:rsidP="00771E4E">
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="5387" w:right="-285"/>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId2" w:history="1">
-      <w:r w:rsidR="00144973" w:rsidRPr="00F33E77">
+      <w:r w:rsidR="00144973" w:rsidRPr="009262A2">
         <w:rPr>
           <w:rStyle w:val="Collegamentoipertestuale"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>cultura@pec.regione.vda.it</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="008C33D5" w:rsidRPr="007301ED">
+    <w:r w:rsidR="008C33D5" w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2811BDE3" w14:textId="01B174E1" w:rsidR="001E6546" w:rsidRPr="008C33D5" w:rsidRDefault="001E6546" w:rsidP="001E6546">
+  <w:p w14:paraId="7D0600FE" w14:textId="049DCE9F" w:rsidR="001E6546" w:rsidRPr="001E6546" w:rsidRDefault="001E6546" w:rsidP="00771E4E">
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="120"/>
-      <w:ind w:left="5387" w:right="-285"/>
-[...14 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:ind w:left="4111" w:right="-285" w:firstLine="1559"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="1" w:name="_Hlk15465680"/>
-[...12 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Tel. +39 – 0165.27</w:t>
+    </w:r>
+    <w:r w:rsidR="009262A2" w:rsidRPr="009262A2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>4392</w:t>
+    </w:r>
+    <w:bookmarkStart w:id="3" w:name="_Hlk15465680"/>
+    <w:bookmarkEnd w:id="2"/>
   </w:p>
   <w:p w14:paraId="6A611711" w14:textId="77777777" w:rsidR="00FB7B87" w:rsidRPr="00A53E77" w:rsidRDefault="00F76126" w:rsidP="00F76126">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4747"/>
         <w:tab w:val="left" w:pos="6087"/>
       </w:tabs>
       <w:ind w:right="144"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:bookmarkEnd w:id="3"/>
   </w:p>
-  <w:bookmarkEnd w:id="1"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A86713D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E0E7F26"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -15288,58 +15148,58 @@
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="43">
     <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="40"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:val="bestFit" w:percent="179"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D0544"/>
     <w:rsid w:val="000008B9"/>
     <w:rsid w:val="0000329C"/>
     <w:rsid w:val="00007357"/>
     <w:rsid w:val="00012C68"/>
     <w:rsid w:val="00027D8B"/>
     <w:rsid w:val="00044117"/>
     <w:rsid w:val="0007271B"/>
@@ -15389,98 +15249,100 @@
     <w:rsid w:val="002C141A"/>
     <w:rsid w:val="002C7CED"/>
     <w:rsid w:val="002F3DC5"/>
     <w:rsid w:val="00325356"/>
     <w:rsid w:val="00326398"/>
     <w:rsid w:val="003852BC"/>
     <w:rsid w:val="00392C1A"/>
     <w:rsid w:val="003937C7"/>
     <w:rsid w:val="003967E3"/>
     <w:rsid w:val="003A3EB5"/>
     <w:rsid w:val="003B5AB2"/>
     <w:rsid w:val="003B5AC0"/>
     <w:rsid w:val="003E34A2"/>
     <w:rsid w:val="003F0F50"/>
     <w:rsid w:val="004360CA"/>
     <w:rsid w:val="00437C06"/>
     <w:rsid w:val="00440EDF"/>
     <w:rsid w:val="00452152"/>
     <w:rsid w:val="00481693"/>
     <w:rsid w:val="005051C4"/>
     <w:rsid w:val="00514DA9"/>
     <w:rsid w:val="00527044"/>
     <w:rsid w:val="005424FF"/>
     <w:rsid w:val="00543CF2"/>
     <w:rsid w:val="005A681B"/>
-    <w:rsid w:val="005D2348"/>
     <w:rsid w:val="005F1259"/>
     <w:rsid w:val="005F54EF"/>
     <w:rsid w:val="005F764A"/>
     <w:rsid w:val="006353EF"/>
     <w:rsid w:val="00646EF4"/>
     <w:rsid w:val="00647C04"/>
     <w:rsid w:val="006633E4"/>
     <w:rsid w:val="00664D05"/>
     <w:rsid w:val="00666BA5"/>
     <w:rsid w:val="00682C64"/>
     <w:rsid w:val="006A35BA"/>
     <w:rsid w:val="006A7BAC"/>
     <w:rsid w:val="006B31A0"/>
     <w:rsid w:val="006C505A"/>
     <w:rsid w:val="006D25A6"/>
     <w:rsid w:val="006D411F"/>
     <w:rsid w:val="007067E1"/>
     <w:rsid w:val="00722438"/>
     <w:rsid w:val="00730179"/>
     <w:rsid w:val="007301ED"/>
     <w:rsid w:val="00734B1D"/>
     <w:rsid w:val="00742BE5"/>
     <w:rsid w:val="00766BD2"/>
+    <w:rsid w:val="00771E4E"/>
     <w:rsid w:val="00772C60"/>
     <w:rsid w:val="007763AD"/>
     <w:rsid w:val="00786AB1"/>
     <w:rsid w:val="007B6624"/>
     <w:rsid w:val="007D35B8"/>
     <w:rsid w:val="007D671C"/>
     <w:rsid w:val="007E3541"/>
+    <w:rsid w:val="00847D35"/>
     <w:rsid w:val="0087204D"/>
     <w:rsid w:val="008779F7"/>
     <w:rsid w:val="00880D84"/>
     <w:rsid w:val="008B63F0"/>
     <w:rsid w:val="008C33D5"/>
     <w:rsid w:val="008C583A"/>
     <w:rsid w:val="008C69C6"/>
     <w:rsid w:val="008E150E"/>
     <w:rsid w:val="008E6980"/>
     <w:rsid w:val="008E7890"/>
     <w:rsid w:val="008F58C9"/>
     <w:rsid w:val="009000B9"/>
     <w:rsid w:val="0090430C"/>
     <w:rsid w:val="00910D5D"/>
     <w:rsid w:val="00912820"/>
     <w:rsid w:val="009241EF"/>
     <w:rsid w:val="009258F9"/>
+    <w:rsid w:val="009262A2"/>
     <w:rsid w:val="00932D80"/>
     <w:rsid w:val="009437F7"/>
     <w:rsid w:val="00955EC9"/>
     <w:rsid w:val="00985874"/>
     <w:rsid w:val="009A7071"/>
     <w:rsid w:val="009D0544"/>
     <w:rsid w:val="009D2942"/>
     <w:rsid w:val="00A174A9"/>
     <w:rsid w:val="00A322B1"/>
     <w:rsid w:val="00A47D66"/>
     <w:rsid w:val="00A53E77"/>
     <w:rsid w:val="00A95C11"/>
     <w:rsid w:val="00AB6AC3"/>
     <w:rsid w:val="00AE1028"/>
     <w:rsid w:val="00AE5C2C"/>
     <w:rsid w:val="00B27610"/>
     <w:rsid w:val="00B44817"/>
     <w:rsid w:val="00B60D9C"/>
     <w:rsid w:val="00B6462B"/>
     <w:rsid w:val="00B72487"/>
     <w:rsid w:val="00B80462"/>
     <w:rsid w:val="00B84CAC"/>
     <w:rsid w:val="00BC7A59"/>
     <w:rsid w:val="00BE37CF"/>
     <w:rsid w:val="00C02551"/>
@@ -15533,51 +15395,51 @@
     <w:rsid w:val="00F76126"/>
     <w:rsid w:val="00F833B6"/>
     <w:rsid w:val="00F85BAF"/>
     <w:rsid w:val="00FB7B87"/>
     <w:rsid w:val="00FC3BA7"/>
     <w:rsid w:val="00FD3754"/>
     <w:rsid w:val="00FE5E44"/>
     <w:rsid w:val="00FF49BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4B9B14A8"/>
   <w15:docId w15:val="{6BC4A657-D214-430F-84FE-F9BDA1A28B99}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
@@ -16710,74 +16572,74 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B442D426-2369-4691-9C29-84850118AA98}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>1932</Words>
-  <Characters>11019</Characters>
+  <Characters>11016</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>91</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ALL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12926</CharactersWithSpaces>
+  <CharactersWithSpaces>12923</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ALL</dc:title>
   <dc:creator>regione lombardia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="PublishingExpirationDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="PublishingStartDate">
     <vt:lpwstr/>