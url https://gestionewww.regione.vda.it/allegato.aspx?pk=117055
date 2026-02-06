--- v0 (2025-10-07)
+++ v1 (2026-02-06)
@@ -5,204 +5,186 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4640" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4640"/>
       </w:tblGrid>
       <w:tr w:rsidR="00742BE5" w:rsidRPr="007301ED" w14:paraId="73692134" w14:textId="77777777" w:rsidTr="00DD7963">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4640" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C17AD88" w14:textId="77777777" w:rsidR="00742BE5" w:rsidRPr="007301ED" w:rsidRDefault="00FF49BF" w:rsidP="00FF49BF">
             <w:pPr>
               <w:pStyle w:val="Titolo"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="1" w:colLast="1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>MODULO</w:t>
             </w:r>
             <w:r w:rsidR="001E6546">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> DI DOMANDA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="62DE847F" w14:textId="77777777" w:rsidR="00AF36E0" w:rsidRPr="007301ED" w:rsidRDefault="00AF36E0" w:rsidP="00AF36E0">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D8DEBC9" w14:textId="1C2A6CF5" w:rsidR="00AF36E0" w:rsidRDefault="004360CA" w:rsidP="00AF36E0">
+    <w:p w14:paraId="0D8DEBC9" w14:textId="0C5309B6" w:rsidR="00AF36E0" w:rsidRDefault="004360CA" w:rsidP="00AF36E0">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C33D5">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Oggetto: </w:t>
       </w:r>
       <w:r w:rsidRPr="008C33D5">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008E7890">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DOMANDA DI </w:t>
       </w:r>
       <w:r w:rsidR="008E7890" w:rsidRPr="008E7890">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">CONTRIBUTO, ai sensi dell’art. 3 della </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008E7890" w:rsidRPr="008E7890">
+        <w:t xml:space="preserve">CONTRIBUTO, ai sensi dell’art. 3 della l.r. 20 agosto 1993, n. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D291C" w:rsidRPr="008E7890">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>l.r</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>69, PER</w:t>
+      </w:r>
       <w:r w:rsidR="008E7890" w:rsidRPr="008E7890">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. 20 agosto 1993, n. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D291C" w:rsidRPr="008E7890">
+        <w:t xml:space="preserve"> MANIFESTAZIONI CULTURALI, ARTIS</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2B77">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>69, PER</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E7890" w:rsidRPr="008E7890">
+        <w:t>TICHE E SCIENTIFICHE – ANNO 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009606E2">
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MANIFESTAZIONI CULTURALI, ARTIS</w:t>
-[...13 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="189B23DC" w14:textId="77777777" w:rsidR="00AF36E0" w:rsidRDefault="00AF36E0" w:rsidP="00AF36E0">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12BB7E59" w14:textId="7BFAE31E" w:rsidR="006C2B77" w:rsidRPr="00AF36E0" w:rsidRDefault="006C2B77" w:rsidP="00AF36E0">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:rPr>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -227,51 +209,51 @@
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="1729"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A53E77" w:rsidRPr="007301ED" w14:paraId="48F8B339" w14:textId="77777777" w:rsidTr="00A53E77">
         <w:trPr>
           <w:trHeight w:val="618"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DEAE47D" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk15456666"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk15456666"/>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quadro A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="774C662D" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
@@ -349,62 +331,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20CFFE4C" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">nato/a </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>nato/a a</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="665B6088" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A53E77" w:rsidRPr="007301ED" w14:paraId="6205DAA1" w14:textId="77777777" w:rsidTr="009D2942">
@@ -859,51 +831,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="190364BC" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="4E441A71" w14:textId="77777777" w:rsidR="00481693" w:rsidRDefault="00481693" w:rsidP="00A53E77"/>
     <w:p w14:paraId="012D1093" w14:textId="7A27113B" w:rsidR="006C2B77" w:rsidRDefault="006C2B77" w:rsidP="00A53E77"/>
     <w:p w14:paraId="47CD10C6" w14:textId="77777777" w:rsidR="00947FC9" w:rsidRDefault="00947FC9" w:rsidP="00A53E77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10103" w:type="dxa"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1468"/>
         <w:gridCol w:w="669"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="701"/>
         <w:gridCol w:w="291"/>
@@ -1112,69 +1084,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7966" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C000445" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00007357" w:rsidP="0055600A">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>C.F.________________________________________</w:t>
-[...17 lines deleted...]
-              <w:t>. _________________________________________</w:t>
+              <w:t>C.F._________________________________________  P.IVA. _________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="0269F509" w14:textId="77777777" w:rsidTr="00C966C9">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CC4C032" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="0055600A">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3053,60 +3007,55 @@
       <w:r w:rsidRPr="00C021E4">
         <w:t xml:space="preserve">la legge regionale </w:t>
       </w:r>
       <w:r w:rsidR="008E7890" w:rsidRPr="00C021E4">
         <w:t>20 agosto 1993, n. 69 recante “Contributi per attività e iniziative a carattere culturale e scientifico</w:t>
       </w:r>
       <w:r w:rsidRPr="00C021E4">
         <w:t>”;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35959FFD" w14:textId="432974A6" w:rsidR="001E6546" w:rsidRPr="00BC5294" w:rsidRDefault="001E6546" w:rsidP="008E7890">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:right="96" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BC5294">
         <w:t>del</w:t>
       </w:r>
       <w:r w:rsidR="00AF695A" w:rsidRPr="00BC5294">
-        <w:t>le</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Disposizioni applicative per la concessione di contributi a sostegno di</w:t>
+        <w:t>le Disposizioni applicative per la concessione di contributi a sostegno di</w:t>
       </w:r>
       <w:r w:rsidR="008E7890" w:rsidRPr="00BC5294">
         <w:t xml:space="preserve"> attività e iniziative a carattere culturale e scientifico</w:t>
       </w:r>
       <w:r w:rsidR="00CD2A9F" w:rsidRPr="00BC5294">
         <w:t xml:space="preserve">, approvato con deliberazione della Giunta regionale n. </w:t>
       </w:r>
       <w:r w:rsidR="00BC5294" w:rsidRPr="00BC5294">
         <w:t>186</w:t>
       </w:r>
       <w:r w:rsidR="004021F9" w:rsidRPr="00BC5294">
         <w:t xml:space="preserve"> in data </w:t>
       </w:r>
       <w:r w:rsidR="004634AA" w:rsidRPr="00BC5294">
         <w:t>24 febbraio</w:t>
       </w:r>
       <w:r w:rsidR="000C1D52" w:rsidRPr="00BC5294">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00092C7A" w:rsidRPr="00BC5294">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="004634AA" w:rsidRPr="00BC5294">
         <w:t>5</w:t>
       </w:r>
@@ -3115,89 +3064,89 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="48278FF7" w14:textId="77777777" w:rsidR="001E6546" w:rsidRPr="004F7828" w:rsidRDefault="001E6546" w:rsidP="001E6546">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="96"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E44E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>CHIEDE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30CAD584" w14:textId="3B2D042F" w:rsidR="00CD2A9F" w:rsidRDefault="001E6546" w:rsidP="00CD2A9F">
+    <w:p w14:paraId="30CAD584" w14:textId="18D52623" w:rsidR="00CD2A9F" w:rsidRDefault="001E6546" w:rsidP="00CD2A9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="98"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD2A9F">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>DI B</w:t>
       </w:r>
       <w:r w:rsidR="006C2B77">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ENEFICIARE, PER L’ANNUALITÀ 202</w:t>
       </w:r>
-      <w:r w:rsidR="004634AA">
+      <w:r w:rsidR="009606E2">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD2A9F">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C032AA" w:rsidRPr="00CD2A9F">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">DELL’INTERVENTO REGIONALE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706DFA2C" w14:textId="77777777" w:rsidR="00C032AA" w:rsidRDefault="00C032AA" w:rsidP="00CD2A9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="98"/>
@@ -3507,65 +3456,51 @@
     </w:p>
     <w:p w14:paraId="3DC22B20" w14:textId="77777777" w:rsidR="00C021E4" w:rsidRPr="00C021E4" w:rsidRDefault="00C021E4" w:rsidP="00C021E4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="98"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CFD4F7A" w14:textId="77777777" w:rsidR="006C2B77" w:rsidRDefault="001E6546" w:rsidP="00C966C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A tal fine, ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della </w:t>
-[...13 lines deleted...]
-        <w:t>. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti:</w:t>
+        <w:t>A tal fine, ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della l.r. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CDEE7E3" w14:textId="77777777" w:rsidR="00DA4764" w:rsidRPr="00C966C9" w:rsidRDefault="00DA4764" w:rsidP="00C966C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E72F73D" w14:textId="77777777" w:rsidR="002C7CED" w:rsidRPr="002C7CED" w:rsidRDefault="002C7CED" w:rsidP="006A7BAC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B8397BB" w14:textId="77777777" w:rsidR="00F76126" w:rsidRDefault="00682C64" w:rsidP="008E150E">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
@@ -3859,67 +3794,57 @@
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ualora dal controllo si rilevino elementi di falsità nelle dichiarazioni rese da un soggetto, il Dirigente della Struttura competente è tenuto a: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15A1664D" w14:textId="77777777" w:rsidR="00CF0996" w:rsidRDefault="004021F9" w:rsidP="00CF0996">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004021F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>comunicare</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all’interessato l’esito del controllo inviando una lettera di richiesta chiarimenti con richiesta di risposta entro 10 giorni e, successivamente, comunicare la eventuale  decisione finale di decadenza dal beneficio concesso;</w:t>
+        <w:t>comunicare all’interessato l’esito del controllo inviando una lettera di richiesta chiarimenti con richiesta di risposta entro 10 giorni e, successivamente, comunicare la eventuale  decisione finale di decadenza dal beneficio concesso;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BDE4514" w14:textId="77777777" w:rsidR="00CF0996" w:rsidRDefault="004021F9" w:rsidP="00CF0996">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004021F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
@@ -3986,59 +3911,51 @@
       <w:r w:rsidR="00CF0996">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>nto autore dell’illecito penale;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17EBCB7C" w14:textId="77777777" w:rsidR="00C032AA" w:rsidRDefault="00C032AA" w:rsidP="001F33D9">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
+        <w:t>di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del d.l. 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BEA141C" w14:textId="77777777" w:rsidR="00C032AA" w:rsidRDefault="00C032AA" w:rsidP="001F33D9">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>di prendere atto che, in caso di concessione del contributo, la</w:t>
       </w:r>
       <w:r w:rsidR="00A95C11">
         <w:t xml:space="preserve"> denominazione dell’ente </w:t>
       </w:r>
       <w:r w:rsidR="00E069EF">
         <w:t>beneficiario</w:t>
@@ -4521,249 +4438,185 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="16F27D93" w14:textId="77777777" w:rsidR="00A95C11" w:rsidRPr="00BF7E42" w:rsidRDefault="00A95C11" w:rsidP="006B08E5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(barrare con X una delle 2 opzioni indicate di seguito)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FC83EED" w14:textId="77777777" w:rsidR="00A95C11" w:rsidRPr="00BF7E42" w:rsidRDefault="00A95C11" w:rsidP="00664D05">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="459" w:hanging="425"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00664D05">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>È</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7022F1B9" w14:textId="77777777" w:rsidR="00A95C11" w:rsidRPr="00BF7E42" w:rsidRDefault="00A95C11" w:rsidP="00664D05">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>oppure</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07A02824" w14:textId="77777777" w:rsidR="00A95C11" w:rsidRDefault="00A95C11" w:rsidP="00664D05">
+            <w:pPr>
+              <w:ind w:left="459" w:hanging="425"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF7E42">
-[...13 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00664D05">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>NON</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
+              <w:t xml:space="preserve">NON È SOGGETTO alla ritenuta IRES del 4% (ex art. 28 comma 2 del DPR 600/1973) </w:t>
             </w:r>
             <w:r w:rsidR="00664D05">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>in   quanto:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2630B024" w14:textId="77777777" w:rsidR="00664D05" w:rsidRDefault="00664D05" w:rsidP="00664D05">
             <w:pPr>
               <w:ind w:left="743" w:hanging="284"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A7BAC">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00B84CAC">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Il contributo è destinato al finanziamento di attività senza aspetti anche marginale di natura commerciale (bigliettazione, sponsor, servizi bar, </w:t>
-[...15 lines deleted...]
-              <w:t>…).</w:t>
+              <w:t xml:space="preserve"> Il contributo è destinato al finanziamento di attività senza aspetti anche marginale di natura commerciale (bigliettazione, sponsor, servizi bar, ec…).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34E21E5C" w14:textId="77777777" w:rsidR="00664D05" w:rsidRDefault="00664D05" w:rsidP="00664D05">
             <w:pPr>
               <w:ind w:left="743" w:hanging="284"/>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A7BAC">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00B84CAC">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Il soggetto beneficiario del contributo è un’organizzazione senza scopo di lucro di cui all’art. 4 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">del </w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> (Ente del Terzo Settore).</w:t>
+              <w:t>del D.Lgs. n. 117/2017 e s.m.i. (Ente del Terzo Settore).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61B37B9F" w14:textId="77777777" w:rsidR="00664D05" w:rsidRDefault="00664D05" w:rsidP="00664D05">
             <w:pPr>
               <w:ind w:left="743" w:hanging="284"/>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A7BAC">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00B84CAC">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Altri motivi di esenzione (specificare il titolo ed il riferimento normativo)</w:t>
             </w:r>
@@ -4979,72 +4832,57 @@
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">indicare il </w:t>
             </w:r>
             <w:r w:rsidR="00C31EFB">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>motivo dell’esenzione</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> con la precisazione della relativa norma di </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> con la precisazione della relativa norma di legge)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>legge)</w:t>
-[...12 lines deleted...]
-              <w:t>______________________________________________________________</w:t>
+              <w:t>_______________________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="65D3A0A9" w14:textId="77777777" w:rsidR="00AD110C" w:rsidRPr="00C31EFB" w:rsidRDefault="00AD110C" w:rsidP="00C31EFB">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02C76B6F" w14:textId="77777777" w:rsidR="00B72487" w:rsidRDefault="00B72487" w:rsidP="000A451E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
@@ -5070,58 +4908,53 @@
     </w:p>
     <w:p w14:paraId="3771345A" w14:textId="77777777" w:rsidR="00DA4764" w:rsidRPr="00C021E4" w:rsidRDefault="00DA4764" w:rsidP="000A451E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CF22EED" w14:textId="77777777" w:rsidR="00B72487" w:rsidRPr="00B72487" w:rsidRDefault="009224B5" w:rsidP="000C4D12">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>che</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> il soggetto proponente si </w:t>
+        <w:t xml:space="preserve">che il soggetto proponente si </w:t>
       </w:r>
       <w:r w:rsidR="00B72487">
         <w:t xml:space="preserve">assume </w:t>
       </w:r>
       <w:r w:rsidR="00B72487" w:rsidRPr="00B72487">
         <w:t>la completa responsabilità della realizzazione delle attività programmate, operando pertanto in completa autonomia e secondo le norme di legge vigenti, manlevando la Regione autonoma Valle d’Aosta da qualsiasi responsabilità per eventuali danni riconducibili ad attività direttamente, o indirettamente, connesse alle attività programmate;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41FEF67D" w14:textId="77777777" w:rsidR="00B72487" w:rsidRPr="00B04865" w:rsidRDefault="00B72487" w:rsidP="00B72487">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D4302AF" w14:textId="77777777" w:rsidR="00B72487" w:rsidRDefault="00B72487" w:rsidP="000A451E">
       <w:pPr>
         <w:ind w:left="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5134,69 +4967,58 @@
         </w:rPr>
         <w:t>SI IMPEGNA, ad ogni effetto di legge, a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ECAD548" w14:textId="77777777" w:rsidR="00DA4764" w:rsidRPr="00C021E4" w:rsidRDefault="00DA4764" w:rsidP="000A451E">
       <w:pPr>
         <w:ind w:left="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BAE859E" w14:textId="6CFC59AD" w:rsidR="00DA4764" w:rsidRDefault="00B72487" w:rsidP="000C4D12">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B04865">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
         </w:rPr>
-        <w:t>garantire</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> che ogni eventuale variazione apportata all’atto costitutivo e/o allo statuto del Soggetto </w:t>
+        <w:t xml:space="preserve">garantire che ogni eventuale variazione apportata all’atto costitutivo e/o allo statuto del Soggetto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>proponente</w:t>
       </w:r>
       <w:r w:rsidRPr="00B04865">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> o riferita alla nomina e/o ai poteri del sottoscrittore del presente atto sopra indicati, sarà tempestivamente comunicata all’Amministrazione regionale al fine di un adeguato puntuale aggiornamento dei dati;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2809267A" w14:textId="77777777" w:rsidR="00947FC9" w:rsidRPr="00947FC9" w:rsidRDefault="00947FC9" w:rsidP="000C4D12">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="357"/>
@@ -5308,58 +5130,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CF0996">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00422352">
+            <w:r w:rsidR="009606E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00422352">
+            <w:r w:rsidR="009606E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF0996">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00CF0996">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> Conto corrente bancario</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5392,58 +5214,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00422352">
+            <w:r w:rsidR="009606E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00422352">
+            <w:r w:rsidR="009606E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
@@ -7098,114 +6920,96 @@
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>cheda di progetto illustrante:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E992131" w14:textId="67AE770F" w:rsidR="00C04FB3" w:rsidRPr="00C04FB3" w:rsidRDefault="00C04FB3" w:rsidP="00C04FB3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C04FB3">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>articolazione</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> e caratteristiche della manifestazione, con particolare riguardo alla rilevanza dell’evento di cui all’elemento di valutazione D della scheda di valut</w:t>
+        <w:t>articolazione e caratteristiche della manifestazione, con particolare riguardo alla rilevanza dell’evento di cui all’elemento di valutazione D della scheda di valut</w:t>
       </w:r>
       <w:r w:rsidR="00AF695A">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>azione riportata all’articolo 10</w:t>
       </w:r>
       <w:r w:rsidRPr="00C04FB3">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="139B3264" w14:textId="3178AEFF" w:rsidR="00C04FB3" w:rsidRPr="00C04FB3" w:rsidRDefault="00C04FB3" w:rsidP="00C04FB3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C04FB3">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>informazioni</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> inerenti la qualificazione del soggetto proponente, la storicità della manifestazione, i rapporti con il territorio e il piano economico-finanziario della gestione, di cui agli elementi A, C, F, G della scheda di valut</w:t>
+        <w:t>informazioni inerenti la qualificazione del soggetto proponente, la storicità della manifestazione, i rapporti con il territorio e il piano economico-finanziario della gestione, di cui agli elementi A, C, F, G della scheda di valut</w:t>
       </w:r>
       <w:r w:rsidR="00AF695A">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>azione riportata all’articolo 10</w:t>
       </w:r>
       <w:r w:rsidRPr="00C04FB3">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E8D4C9" w14:textId="77777777" w:rsidR="00C04FB3" w:rsidRPr="00C04FB3" w:rsidRDefault="00C04FB3" w:rsidP="00C04FB3">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1004"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
@@ -7530,67 +7334,51 @@
         <w:autoSpaceDN/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">H. </w:t>
       </w:r>
       <w:r w:rsidRPr="004634AA">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">attestazione del pagamento dell’imposta di bollo pari a euro 16,00 effettuata mediante pagamento spontaneo tramite la piattaforma regionale di pagamento integrata </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>attestazione del pagamento dell’imposta di bollo pari a euro 16,00 effettuata mediante pagamento spontaneo tramite la piattaforma regionale di pagamento integrata PagoPa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AEA67E9" w14:textId="77777777" w:rsidR="006A7BAC" w:rsidRDefault="006A7BAC" w:rsidP="004634AA">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B51CB8E" w14:textId="77777777" w:rsidR="004634AA" w:rsidRPr="004634AA" w:rsidRDefault="004634AA" w:rsidP="004634AA">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN/>
         <w:adjustRightInd w:val="0"/>
@@ -7911,107 +7699,51 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TITOLARE DEL TRATTAMENTO DEI DATI E DATI DI CONTATTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E02C6EE" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C31EFB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/</w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/Vallée d’Aoste, in persona del legale rappresentante pro tempore, con sede in Piazza Deffeyes, 1 – Aosta, contattabile all’indirizzo pec: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00C31EFB">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>segretario_generale@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B964CC3" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C31EFB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
@@ -8091,200 +7823,130 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>DATI DI CONTATTO DEL RESPONSABILE DELLA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C96229" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C31EFB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
+        <w:t xml:space="preserve">Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/Vallée d’Aoste, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00C31EFB">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>privacy@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (per i titolari di una casella di posta elettronica certificata) o PEI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00C31EFB">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>privacy@regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>. con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/</w:t>
-[...27 lines deleted...]
-        <w:t>”.</w:t>
+        <w:t>. con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/Vallée d’Aoste”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78C7B461" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C31EFB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>FINALITÀ DEL TRATTAMENTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205FE640" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C31EFB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5904"/>
           <w:tab w:val="left" w:pos="6624"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">I dati </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> trattati per consentire l’accesso al finanziamento regionale p</w:t>
+        <w:t>I dati forniti  sono trattati per consentire l’accesso al finanziamento regionale p</w:t>
       </w:r>
       <w:r w:rsidR="00C966C9" w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">revisto dalla legge regionale </w:t>
       </w:r>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A10E637" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C31EFB" w:rsidRDefault="00C966C9" w:rsidP="000A451E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="left" w:pos="5184"/>
@@ -8534,129 +8196,87 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>DIRITTI DELL’INTERESSATO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FCF523B" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C31EFB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/</w:t>
-[...27 lines deleted...]
-        <w:t>, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
+        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/Vallée d’Aoste, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F928158" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C31EFB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>RECLAMO AL GARANTE PER LA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0278D3A1" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C31EFB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
+        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto sal Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00C31EFB">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.garanteprivacy.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C31EFB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="705B85FA" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00C31EFB" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
@@ -9007,70 +8627,70 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0DC7A14D" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="006B52D7" w:rsidRDefault="000A451E" w:rsidP="00DA4764">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000A451E" w:rsidRPr="006B52D7" w:rsidSect="001E6546">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="529" w:right="1134" w:bottom="426" w:left="1134" w:header="426" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="72415D69" w14:textId="77777777" w:rsidR="00D14691" w:rsidRDefault="00D14691">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0F70DB7C" w14:textId="77777777" w:rsidR="00D14691" w:rsidRDefault="00D14691">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9095,148 +8715,148 @@
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="@Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="641315704"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="6F00724A" w14:textId="77777777" w:rsidR="00B72487" w:rsidRDefault="00B72487">
         <w:pPr>
           <w:pStyle w:val="Pidipagina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00422352">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3E83B1AF" w14:textId="77777777" w:rsidR="00D14691" w:rsidRDefault="00D14691">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="208772F6" w14:textId="77777777" w:rsidR="00D14691" w:rsidRDefault="00D14691">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Grigliatabella"/>
       <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3453"/>
     </w:tblGrid>
     <w:tr w:rsidR="002648FC" w14:paraId="3CD54188" w14:textId="77777777" w:rsidTr="002648FC">
       <w:trPr>
         <w:trHeight w:val="1479"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3453" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="1019F69B" w14:textId="77777777" w:rsidR="002648FC" w:rsidRDefault="002648FC" w:rsidP="002648FC">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9638"/>
             </w:tabs>
@@ -9372,51 +8992,51 @@
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5C3FE488" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="00481693">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="3828"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:t>Regione autonoma Valle d’Aosta</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1A2F255A" w14:textId="7E4BA27F" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="00422352">
+  <w:p w14:paraId="1A2F255A" w14:textId="31CC9E2B" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="00422352">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387" w:right="-285"/>
     </w:pPr>
     <w:r w:rsidRPr="004241D8">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="003FE8C5" wp14:editId="2ED174AE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>2416810</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>215265</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="3" name="Immagine 3"/>
@@ -9448,169 +9068,160 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="731520" cy="835025"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:t xml:space="preserve">Assessorato </w:t>
     </w:r>
-    <w:r w:rsidR="001E6546">
-[...6 lines deleted...]
-      <w:t>Sistema educativo e Politiche per le relazioni intergenerazionali</w:t>
+    <w:r w:rsidR="009606E2">
+      <w:t>Istruzione, Cultura e Politiche identitarie</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1DB8AF69" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="001E6546">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007301ED">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">Struttura </w:t>
     </w:r>
     <w:r w:rsidR="00144973">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>attività culturali</w:t>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="512E0E15" w14:textId="096DCC43" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="00AF695A" w:rsidP="001E6546">
+  <w:p w14:paraId="512E0E15" w14:textId="0BFF1167" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="009606E2" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387" w:right="-143"/>
     </w:pPr>
     <w:r>
-      <w:t>Via Croce di Città</w:t>
+      <w:t>Piazza Roncas</w:t>
     </w:r>
     <w:r w:rsidR="008C33D5" w:rsidRPr="007301ED">
       <w:t>, n. 1</w:t>
-    </w:r>
-[...1 lines deleted...]
-      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6EDF2BA5" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="001E6546">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387"/>
     </w:pPr>
     <w:r w:rsidRPr="007301ED">
       <w:t xml:space="preserve">11100 AOSTA </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="029A47FD" w14:textId="77777777" w:rsidR="001E6546" w:rsidRDefault="00422352" w:rsidP="001E6546">
+  <w:p w14:paraId="029A47FD" w14:textId="77777777" w:rsidR="001E6546" w:rsidRDefault="009606E2" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387" w:right="-285"/>
     </w:pPr>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="00144973" w:rsidRPr="00F33E77">
         <w:rPr>
           <w:rStyle w:val="Collegamentoipertestuale"/>
         </w:rPr>
         <w:t>cultura@pec.regione.vda.it</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="008C33D5" w:rsidRPr="007301ED">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="73C86FE0" w14:textId="7EFA4553" w:rsidR="001E6546" w:rsidRPr="008C33D5" w:rsidRDefault="00AF695A" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:ind w:left="5387" w:right="-285"/>
     </w:pPr>
     <w:r>
       <w:t>Tel. +39 – 0165.274138</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6B78E2B4" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRDefault="008C33D5" w:rsidP="0029571E">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="2" w:name="_Hlk15465680"/>
+    <w:bookmarkStart w:id="1" w:name="_Hlk15465680"/>
   </w:p>
   <w:p w14:paraId="179E0DC0" w14:textId="77777777" w:rsidR="001E6546" w:rsidRPr="001E6546" w:rsidRDefault="001E6546" w:rsidP="0029571E">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="25824A0E" w14:textId="77777777" w:rsidR="00FB7B87" w:rsidRDefault="00F76126" w:rsidP="00F76126">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4747"/>
         <w:tab w:val="left" w:pos="6087"/>
       </w:tabs>
       <w:ind w:right="144"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
@@ -9643,57 +9254,57 @@
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7EE057A4" w14:textId="77777777" w:rsidR="006C2B77" w:rsidRPr="00A53E77" w:rsidRDefault="006C2B77" w:rsidP="00F76126">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4747"/>
         <w:tab w:val="left" w:pos="6087"/>
       </w:tabs>
       <w:ind w:right="144"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:bookmarkEnd w:id="2"/>
+  <w:bookmarkEnd w:id="1"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A86713D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E0E7F26"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9762,51 +9373,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F0A3371"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7007A2C"/>
     <w:lvl w:ilvl="0" w:tplc="6C1A9BC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -9851,51 +9462,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F3774C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97A89EA8"/>
     <w:lvl w:ilvl="0" w:tplc="B73622EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9964,51 +9575,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="128A7053"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="432AFE78"/>
     <w:lvl w:ilvl="0" w:tplc="0410000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10104,51 +9715,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13780F3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FAC76AE"/>
     <w:lvl w:ilvl="0" w:tplc="EB1ACD34">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10217,51 +9828,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17222F09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="439E83DA"/>
     <w:lvl w:ilvl="0" w:tplc="0410000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -10303,51 +9914,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18C273E5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F0AA4CB0"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Tahoma"/>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
@@ -10408,51 +10019,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D2D74A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="490829E2"/>
     <w:lvl w:ilvl="0" w:tplc="5B30D8C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Webdings" w:hAnsi="Webdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10521,51 +10132,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1ED7643C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDAE4744"/>
     <w:lvl w:ilvl="0" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B">
@@ -10610,51 +10221,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21601D1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB0A285A"/>
     <w:lvl w:ilvl="0" w:tplc="04100015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -10696,51 +10307,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22F54D2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D08EA04"/>
     <w:lvl w:ilvl="0" w:tplc="DCE4A584">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="637"/>
         </w:tabs>
         <w:ind w:left="637" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10837,51 +10448,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24267FE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A58E2F0"/>
     <w:lvl w:ilvl="0" w:tplc="A9661C1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
@@ -10952,51 +10563,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="242A0A50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C4546AB2"/>
     <w:lvl w:ilvl="0" w:tplc="9014EAF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -11067,51 +10678,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2723353A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C6CE98A"/>
     <w:lvl w:ilvl="0" w:tplc="00000002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -11182,51 +10793,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28E92AF5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="68AE3616"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -11274,51 +10885,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29EB5E64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97B0A0DC"/>
     <w:lvl w:ilvl="0" w:tplc="A018413C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:strike w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -11363,51 +10974,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C697D0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="020274BE"/>
     <w:lvl w:ilvl="0" w:tplc="7B48E13E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -11475,51 +11086,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CCB1842"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BDBA4142"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="340" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="@Arial Unicode MS" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
@@ -11579,51 +11190,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D1375ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78CA666C"/>
     <w:lvl w:ilvl="0" w:tplc="B7B8899E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -11694,51 +11305,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E96653D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54C2EED8"/>
     <w:lvl w:ilvl="0" w:tplc="84063832">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11784,51 +11395,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F6E3964"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3356EF64"/>
     <w:lvl w:ilvl="0" w:tplc="7A12906E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11925,51 +11536,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30D16E5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F852E73A"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12011,51 +11622,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32437CA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B64C16BA"/>
     <w:lvl w:ilvl="0" w:tplc="1AEA0324">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Verdana" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -12123,51 +11734,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34C352DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CBAA462"/>
     <w:lvl w:ilvl="0" w:tplc="00000002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -12238,51 +11849,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36052C2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3662DBDE"/>
     <w:lvl w:ilvl="0" w:tplc="5B30D8C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Webdings" w:hAnsi="Webdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12351,51 +11962,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BB9637A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01E06716"/>
     <w:lvl w:ilvl="0" w:tplc="5394E406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12464,51 +12075,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DD55A70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8567CB4"/>
     <w:lvl w:ilvl="0" w:tplc="84063832">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12554,51 +12165,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="477D4B45"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C1DA4BB4"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
@@ -12658,51 +12269,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C466225"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C4B27CBE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -12746,51 +12357,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50D25610"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7521B40"/>
     <w:lvl w:ilvl="0" w:tplc="5394E406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1066" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12859,51 +12470,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6106" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="525D129F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFF49EC0"/>
     <w:lvl w:ilvl="0" w:tplc="2ADEDBF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:u w:val="none"/>
         <w:effect w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -12959,51 +12570,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57437230"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0A6FE5E"/>
     <w:lvl w:ilvl="0" w:tplc="5394E406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13072,51 +12683,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B2612F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47A6368A"/>
     <w:lvl w:ilvl="0" w:tplc="2ADEDBF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:u w:val="none"/>
         <w:effect w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -13172,51 +12783,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D1364D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0B4D456"/>
     <w:lvl w:ilvl="0" w:tplc="EB1ACD34">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13285,51 +12896,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E0E0EF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA48D2CC"/>
     <w:lvl w:ilvl="0" w:tplc="5CB2ADE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -13426,51 +13037,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62F81914"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0B02A4A"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13539,51 +13150,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68374C98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4372C66A"/>
     <w:lvl w:ilvl="0" w:tplc="C106A0B0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -13651,51 +13262,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D702937"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CC125B60"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -13740,51 +13351,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E144776"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F5EEFA0"/>
     <w:lvl w:ilvl="0" w:tplc="5394E406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1066" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13853,51 +13464,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6106" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="707879B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF0228BC"/>
     <w:lvl w:ilvl="0" w:tplc="2D2089DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13966,51 +13577,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="711460C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83D06556"/>
     <w:lvl w:ilvl="0" w:tplc="5B30D8C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Webdings" w:hAnsi="Webdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -14055,51 +13666,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72917933"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E24C0F48"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14196,51 +13807,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73BF3DC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CB0EED0"/>
     <w:lvl w:ilvl="0" w:tplc="2D2089DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="783" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1503" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14309,72 +13920,72 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5823" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6543" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="772B0546"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B70CC74C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="786E57BF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1DD6E1EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14416,51 +14027,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7943616D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="375646AC"/>
     <w:lvl w:ilvl="0" w:tplc="004803BA">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -14654,74 +14265,74 @@
   <w:num w:numId="42">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="43">
     <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="31"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D0544"/>
     <w:rsid w:val="000008B9"/>
     <w:rsid w:val="00007357"/>
     <w:rsid w:val="00012C68"/>
     <w:rsid w:val="00027D8B"/>
     <w:rsid w:val="0007271B"/>
     <w:rsid w:val="0007328D"/>
     <w:rsid w:val="0007728D"/>
     <w:rsid w:val="00077B51"/>
     <w:rsid w:val="00092C7A"/>
     <w:rsid w:val="00094F59"/>
     <w:rsid w:val="000A451E"/>
     <w:rsid w:val="000C1D52"/>
     <w:rsid w:val="000C4D12"/>
     <w:rsid w:val="000C4E94"/>
     <w:rsid w:val="000E19A7"/>
     <w:rsid w:val="000E2DEC"/>
     <w:rsid w:val="00124E6C"/>
     <w:rsid w:val="00124F8C"/>
     <w:rsid w:val="00140A78"/>
     <w:rsid w:val="0014134C"/>
     <w:rsid w:val="00143942"/>
     <w:rsid w:val="00143952"/>
@@ -14813,50 +14424,51 @@
     <w:rsid w:val="007763AD"/>
     <w:rsid w:val="00786AB1"/>
     <w:rsid w:val="007B6624"/>
     <w:rsid w:val="007D35B8"/>
     <w:rsid w:val="007D671C"/>
     <w:rsid w:val="007E3541"/>
     <w:rsid w:val="008779F7"/>
     <w:rsid w:val="00880D84"/>
     <w:rsid w:val="008B63F0"/>
     <w:rsid w:val="008C33D5"/>
     <w:rsid w:val="008C69C6"/>
     <w:rsid w:val="008D291C"/>
     <w:rsid w:val="008E150E"/>
     <w:rsid w:val="008E7890"/>
     <w:rsid w:val="008F58C9"/>
     <w:rsid w:val="009000B9"/>
     <w:rsid w:val="0090430C"/>
     <w:rsid w:val="00910D5D"/>
     <w:rsid w:val="00912820"/>
     <w:rsid w:val="009224B5"/>
     <w:rsid w:val="009241EF"/>
     <w:rsid w:val="00932D80"/>
     <w:rsid w:val="009437F7"/>
     <w:rsid w:val="00947FC9"/>
     <w:rsid w:val="00955EC9"/>
+    <w:rsid w:val="009606E2"/>
     <w:rsid w:val="00984E42"/>
     <w:rsid w:val="00985874"/>
     <w:rsid w:val="009A7071"/>
     <w:rsid w:val="009D0544"/>
     <w:rsid w:val="009D2942"/>
     <w:rsid w:val="00A174A9"/>
     <w:rsid w:val="00A322B1"/>
     <w:rsid w:val="00A47D66"/>
     <w:rsid w:val="00A53E77"/>
     <w:rsid w:val="00A95C11"/>
     <w:rsid w:val="00AB6AC3"/>
     <w:rsid w:val="00AD110C"/>
     <w:rsid w:val="00AE1028"/>
     <w:rsid w:val="00AE5C2C"/>
     <w:rsid w:val="00AF36E0"/>
     <w:rsid w:val="00AF695A"/>
     <w:rsid w:val="00B27610"/>
     <w:rsid w:val="00B72487"/>
     <w:rsid w:val="00B80462"/>
     <w:rsid w:val="00B84CAC"/>
     <w:rsid w:val="00BC5294"/>
     <w:rsid w:val="00BC7A59"/>
     <w:rsid w:val="00C021E4"/>
     <w:rsid w:val="00C02551"/>
     <w:rsid w:val="00C032AA"/>
@@ -14907,79 +14519,79 @@
     <w:rsid w:val="00F74E48"/>
     <w:rsid w:val="00F76126"/>
     <w:rsid w:val="00F85BAF"/>
     <w:rsid w:val="00FB7B87"/>
     <w:rsid w:val="00FC3BA7"/>
     <w:rsid w:val="00FD3754"/>
     <w:rsid w:val="00FE5E44"/>
     <w:rsid w:val="00FF49BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2F6ACBF0"/>
   <w15:docId w15:val="{2E515D99-2D78-4272-9D5C-E5FD520037B6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -15041,98 +14653,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -15307,50 +14915,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
@@ -15581,103 +15194,96 @@
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Corpodeltesto3Carattere">
     <w:name w:val="Corpo del testo 3 Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Corpodeltesto3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F50914"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="002648FC"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Enfasicorsivo">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="003F0F50"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitoloCarattere">
     <w:name w:val="Titolo Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Titolo"/>
     <w:rsid w:val="00D17993"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
     <w:name w:val="Piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Pidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006A7BAC"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="549070393">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="761338944">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>