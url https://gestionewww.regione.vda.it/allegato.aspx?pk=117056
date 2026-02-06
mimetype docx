--- v0 (2025-10-07)
+++ v1 (2026-02-06)
@@ -121,59 +121,67 @@
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">SCHEDA DI </w:t>
             </w:r>
             <w:r w:rsidR="00696BF7" w:rsidRPr="00EE2C66">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>PROGETTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2ADDD198" w14:textId="77777777" w:rsidR="00B12319" w:rsidRDefault="00B12319" w:rsidP="00B12319">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B448D05" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66" w:rsidP="00EE2C66">
+    <w:p w14:paraId="5FE2B488" w14:textId="2B595FD0" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66" w:rsidP="00EE2C66">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FE2B488" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66" w:rsidP="00EE2C66">
+    <w:p w14:paraId="1EBD6783" w14:textId="6338C1DD" w:rsidR="00401487" w:rsidRDefault="00401487" w:rsidP="00EE2C66">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13721ABF" w14:textId="77777777" w:rsidR="00401487" w:rsidRDefault="00401487" w:rsidP="00EE2C66">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FF6255A" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66" w:rsidP="00EE2C66">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5103D997" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66" w:rsidP="00EE2C66">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BBF6547" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66" w:rsidP="00EE2C66">
       <w:pPr>
@@ -275,83 +283,83 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">NON SI ACCETTANO </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14F96179" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66" w:rsidP="00EE2C66">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>MODULI COMPILATI A MANO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="780419FD" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66">
+    <w:p w14:paraId="7D952FC4" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5065EEA1" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66">
+    <w:p w14:paraId="5F5678FF" w14:textId="1F7B0D7C" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="718069BB" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66">
+    <w:p w14:paraId="4EC10DBC" w14:textId="5F38CE45" w:rsidR="00401487" w:rsidRDefault="00401487">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D952FC4" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66">
+    <w:p w14:paraId="214E1944" w14:textId="4C2C0445" w:rsidR="00401487" w:rsidRDefault="00401487">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F5678FF" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66">
+    <w:p w14:paraId="4FAC983E" w14:textId="77777777" w:rsidR="00401487" w:rsidRDefault="00401487">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EFA6EC7" w14:textId="77777777" w:rsidR="00EE2C66" w:rsidRDefault="00EE2C66">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DFAAF99" w14:textId="77777777" w:rsidR="009C2184" w:rsidRDefault="009C2184">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -1168,77 +1176,83 @@
           <w:p w14:paraId="02868352" w14:textId="77777777" w:rsidR="009C2184" w:rsidRDefault="009C2184" w:rsidP="00F93B51">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="24E142FA" w14:textId="77777777" w:rsidR="009C2184" w:rsidRPr="00062A8F" w:rsidRDefault="009C2184" w:rsidP="00F93B51">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7252" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED98FAF" w14:textId="2D9DC0D1" w:rsidR="00696BF7" w:rsidRDefault="00DC4D42" w:rsidP="00696BF7">
+          <w:p w14:paraId="4ED98FAF" w14:textId="4BBFFDDE" w:rsidR="00696BF7" w:rsidRDefault="00DC4D42" w:rsidP="00696BF7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Prima edizione (anno 2025</w:t>
+              <w:t>Prima edizione (anno 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00401487">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00696BF7">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B69FC3A" w14:textId="77777777" w:rsidR="00696BF7" w:rsidRPr="003D776A" w:rsidRDefault="00696BF7" w:rsidP="00696BF7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
@@ -2473,51 +2487,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="722F2444" w14:textId="77777777" w:rsidR="00E37A6D" w:rsidRDefault="00E37A6D">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52CAB962" wp14:editId="4636D405">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>548</wp:posOffset>
@@ -2773,81 +2787,81 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>ai sensi dell’art. 3</w:t>
     </w:r>
     <w:r w:rsidR="00062A8F" w:rsidRPr="00696BF7">
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> della legge regionale </w:t>
     </w:r>
     <w:r w:rsidRPr="00696BF7">
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">20 agosto 1993, n. 69 per manifestazioni culturali e scientifiche </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3D9C881C" w14:textId="6E3C4AF7" w:rsidR="00062A8F" w:rsidRPr="00696BF7" w:rsidRDefault="002D7953" w:rsidP="00696BF7">
+  <w:p w14:paraId="3D9C881C" w14:textId="17A16B98" w:rsidR="00062A8F" w:rsidRPr="00696BF7" w:rsidRDefault="002D7953" w:rsidP="00696BF7">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>anno 202</w:t>
     </w:r>
-    <w:r w:rsidR="00DC4D42">
+    <w:r w:rsidR="00401487">
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="59A5F664" w14:textId="4EEA33B8" w:rsidR="00062A8F" w:rsidRDefault="00062A8F" w:rsidP="003F4CEF">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:smallCaps/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="54F7FE1E" w14:textId="77777777" w:rsidR="003F4CEF" w:rsidRDefault="003F4CEF">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -4492,51 +4506,51 @@
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1714"/>
     <w:rsid w:val="00020560"/>
     <w:rsid w:val="00032018"/>
     <w:rsid w:val="000432B3"/>
     <w:rsid w:val="0006017A"/>
     <w:rsid w:val="00062A8F"/>
     <w:rsid w:val="00095D83"/>
@@ -4566,50 +4580,51 @@
     <w:rsid w:val="002571FE"/>
     <w:rsid w:val="00267F9A"/>
     <w:rsid w:val="002948B8"/>
     <w:rsid w:val="002952A6"/>
     <w:rsid w:val="002B2D07"/>
     <w:rsid w:val="002D7953"/>
     <w:rsid w:val="002E2F71"/>
     <w:rsid w:val="002E312A"/>
     <w:rsid w:val="002E6806"/>
     <w:rsid w:val="002F6BCC"/>
     <w:rsid w:val="00330032"/>
     <w:rsid w:val="00352B1B"/>
     <w:rsid w:val="0037669E"/>
     <w:rsid w:val="00383EDA"/>
     <w:rsid w:val="003926D7"/>
     <w:rsid w:val="003A7618"/>
     <w:rsid w:val="003B23CD"/>
     <w:rsid w:val="003C1714"/>
     <w:rsid w:val="003C6629"/>
     <w:rsid w:val="003D776A"/>
     <w:rsid w:val="003E2094"/>
     <w:rsid w:val="003E3361"/>
     <w:rsid w:val="003E3E8D"/>
     <w:rsid w:val="003F4CEF"/>
     <w:rsid w:val="003F5F4E"/>
+    <w:rsid w:val="00401487"/>
     <w:rsid w:val="00414396"/>
     <w:rsid w:val="00426667"/>
     <w:rsid w:val="00434D07"/>
     <w:rsid w:val="00435571"/>
     <w:rsid w:val="00440237"/>
     <w:rsid w:val="00446462"/>
     <w:rsid w:val="00467420"/>
     <w:rsid w:val="004A779F"/>
     <w:rsid w:val="004C4E22"/>
     <w:rsid w:val="004C7A7C"/>
     <w:rsid w:val="004D0E12"/>
     <w:rsid w:val="004F0EC2"/>
     <w:rsid w:val="004F3C3D"/>
     <w:rsid w:val="00501294"/>
     <w:rsid w:val="005101A3"/>
     <w:rsid w:val="00510BA7"/>
     <w:rsid w:val="00511161"/>
     <w:rsid w:val="00526407"/>
     <w:rsid w:val="005337EC"/>
     <w:rsid w:val="0053562A"/>
     <w:rsid w:val="00535CFB"/>
     <w:rsid w:val="00537129"/>
     <w:rsid w:val="00550F01"/>
     <w:rsid w:val="005551A8"/>
     <w:rsid w:val="005578F6"/>
@@ -4765,51 +4780,51 @@
     <w:rsid w:val="00F83851"/>
     <w:rsid w:val="00F8640E"/>
     <w:rsid w:val="00F9566F"/>
     <w:rsid w:val="00FA723F"/>
     <w:rsid w:val="00FB68FC"/>
     <w:rsid w:val="00FD635E"/>
     <w:rsid w:val="00FD7A89"/>
     <w:rsid w:val="00FF5E44"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="329B9F6C"/>
   <w15:docId w15:val="{B76E9F21-FC72-4C45-AC30-6B14878C422D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
@@ -4899,94 +4914,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -5878,66 +5897,66 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{635A5647-CA1C-47DC-B34A-2491D8BAD9EE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>190</Words>
-  <Characters>1086</Characters>
+  <Characters>1087</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ALL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1274</CharactersWithSpaces>
+  <CharactersWithSpaces>1275</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ALL</dc:title>
   <dc:creator>regione lombardia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>