--- v0 (2025-10-07)
+++ v1 (2026-02-06)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="260ED1D3" w14:textId="77777777" w:rsidR="00435571" w:rsidRDefault="00435571">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="219463D8" w14:textId="77777777" w:rsidR="00AF23B6" w:rsidRDefault="00AF23B6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54C7274A" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRDefault="00AF5296">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -446,66 +446,50 @@
     </w:p>
     <w:p w14:paraId="02F8D265" w14:textId="77777777" w:rsidR="005745B1" w:rsidRDefault="005745B1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EAC1D06" w14:textId="77777777" w:rsidR="005745B1" w:rsidRDefault="005745B1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BE228BA" w14:textId="77777777" w:rsidR="005745B1" w:rsidRDefault="005745B1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E41453B" w14:textId="77777777" w:rsidR="005745B1" w:rsidRDefault="005745B1">
-[...14 lines deleted...]
-    </w:p>
     <w:p w14:paraId="36B985BD" w14:textId="77777777" w:rsidR="000A3912" w:rsidRDefault="000A3912">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10014" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
@@ -523,92 +507,92 @@
             <w:tcW w:w="10014" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="064C84FF" w14:textId="77777777" w:rsidR="005745B1" w:rsidRPr="000B3A8B" w:rsidRDefault="005745B1" w:rsidP="00BE3561">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>PIANO FINANZIARIO della manifestazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="768BF370" w14:textId="77777777" w:rsidR="005745B1" w:rsidRPr="000A3912" w:rsidRDefault="005745B1" w:rsidP="005745B1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72070360" w14:textId="77777777" w:rsidR="005745B1" w:rsidRPr="005745B1" w:rsidRDefault="005745B1" w:rsidP="005745B1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005745B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">LE SPESE E I RICAVI VANNO INDICATI AL NETTO DELL’IVA </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1219651A" w14:textId="77777777" w:rsidR="005745B1" w:rsidRPr="005745B1" w:rsidRDefault="005745B1" w:rsidP="005745B1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005745B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>SALVO IL CASO DI IVA NON RECUPERABILE</w:t>
@@ -2965,69 +2949,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Premi consistenti in beni materiali aventi carattere simbolico </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51B0BDD3" w14:textId="35241E26" w:rsidR="005745B1" w:rsidRDefault="00B955EC" w:rsidP="00B955EC">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00165BB6">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> valorizzare per un importo non eccedente i 2.000 euro)</w:t>
+              <w:t>(da valorizzare per un importo non eccedente i 2.000 euro)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="046F168E" w14:textId="77777777" w:rsidR="005745B1" w:rsidRDefault="005745B1" w:rsidP="00BE3561">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -3064,51 +3030,50 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FD79575" w14:textId="51BA5B7E" w:rsidR="00165BB6" w:rsidRPr="00165BB6" w:rsidRDefault="00B955EC" w:rsidP="00165BB6">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Spese di vitto e trasporto a favore dei volontari impegnati nell’iniziativa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C8D84D7" w14:textId="77777777" w:rsidR="005745B1" w:rsidRDefault="005745B1" w:rsidP="00BE3561">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
@@ -3233,50 +3198,51 @@
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6E81800A" w14:textId="77777777" w:rsidR="005745B1" w:rsidRPr="0073138A" w:rsidRDefault="005745B1" w:rsidP="00BE3561">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0073138A">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">TOTALE USCITE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7919F3C5" w14:textId="77777777" w:rsidR="005745B1" w:rsidRPr="0073138A" w:rsidRDefault="005745B1" w:rsidP="00BE3561">
             <w:pPr>
@@ -3547,90 +3513,72 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17A0C">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">ntrate da altri contributi pubblici </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69D51177" w14:textId="002D988B" w:rsidR="000A3912" w:rsidRDefault="000A3912" w:rsidP="00BE3561">
+          <w:p w14:paraId="634F2EA3" w14:textId="77777777" w:rsidR="00D13C7E" w:rsidRDefault="000A3912" w:rsidP="00BE3561">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17A0C">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">(specificare </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ente –</w:t>
             </w:r>
             <w:r w:rsidR="00165BB6">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B955EC">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Comune, </w:t>
@@ -3690,51 +3638,92 @@
               <w:t>, altro</w:t>
             </w:r>
             <w:r w:rsidRPr="00B8259F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17A0C">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> e relativo importo)</w:t>
+              <w:t xml:space="preserve"> e relativo importo</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13C7E">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69D51177" w14:textId="44434231" w:rsidR="000A3912" w:rsidRDefault="00D13C7E" w:rsidP="00BE3561">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94E9A">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>NON ammessi qualora erogati per le medesime finalità del contributo regionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E0BF04D" w14:textId="77777777" w:rsidR="000A3912" w:rsidRPr="00D911B3" w:rsidRDefault="000A3912" w:rsidP="00BE3561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D911B3">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -4994,52 +4983,50 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0073138A">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">€ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="05382015" w14:textId="77777777" w:rsidR="000A3912" w:rsidRPr="00383CE5" w:rsidRDefault="000A3912" w:rsidP="000A3912">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:horzAnchor="margin" w:tblpY="441"/>
         <w:tblW w:w="9851" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3283"/>
         <w:gridCol w:w="3284"/>
         <w:gridCol w:w="3284"/>
       </w:tblGrid>
       <w:tr w:rsidR="000A3912" w:rsidRPr="00383CE5" w14:paraId="103A0E3D" w14:textId="77777777" w:rsidTr="005F43FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
@@ -5280,138 +5267,138 @@
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AF5296" w:rsidSect="00AF23B6">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="993" w:left="1134" w:header="709" w:footer="253" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="50E228D2" w14:textId="77777777" w:rsidR="00B75757" w:rsidRDefault="00B75757">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="63030C88" w14:textId="77777777" w:rsidR="00B75757" w:rsidRDefault="00B75757">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="5AEDE6B9" w14:textId="77777777" w:rsidR="00E37A6D" w:rsidRDefault="00E37A6D">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A51F259" wp14:editId="24CB130E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>548</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="0"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="1" name="Casella di testo 1"/>
               <wp:cNvGraphicFramePr/>
@@ -5517,73 +5504,73 @@
                         <w:rStyle w:val="Numeropagina"/>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Numeropagina"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1E85CF8A" w14:textId="77777777" w:rsidR="00B75757" w:rsidRDefault="00B75757">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="21529F62" w14:textId="77777777" w:rsidR="00B75757" w:rsidRDefault="00B75757">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="22BF3DCE" w14:textId="77777777" w:rsidR="00E37A6D" w:rsidRDefault="003F4CEF" w:rsidP="003F4CEF">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="004241D8">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DA6C7F2" wp14:editId="225149CF">
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:docPr id="5" name="Immagine 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -5634,111 +5621,111 @@
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00696BF7">
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">domanda di contributo </w:t>
     </w:r>
     <w:r w:rsidRPr="00696BF7">
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">ai sensi dell’art. 3 della legge regionale 20 agosto 1993, n. 69 per manifestazioni culturali e scientifiche </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="38423EE3" w14:textId="5848874E" w:rsidR="005745B1" w:rsidRPr="00696BF7" w:rsidRDefault="0022615A" w:rsidP="005745B1">
+  <w:p w14:paraId="38423EE3" w14:textId="0E8F4768" w:rsidR="005745B1" w:rsidRPr="00696BF7" w:rsidRDefault="0022615A" w:rsidP="005745B1">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>anno 202</w:t>
     </w:r>
-    <w:r w:rsidR="00B955EC">
+    <w:r w:rsidR="00507799">
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="60736E0B" w14:textId="77777777" w:rsidR="00726FAC" w:rsidRPr="00A53E77" w:rsidRDefault="00726FAC" w:rsidP="00726FAC">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4747"/>
         <w:tab w:val="left" w:pos="6087"/>
       </w:tabs>
       <w:ind w:right="144"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="47518532" w14:textId="77777777" w:rsidR="00726FAC" w:rsidRDefault="00726FAC">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058C7A6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1708CE3E"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5780,51 +5767,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="065D43DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8CEDE34"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -5869,51 +5856,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="069B148C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="02F6D376"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5981,51 +5968,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F673C4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F494579E"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6094,51 +6081,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="319444EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="47723C56"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -6182,51 +6169,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3328511A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3F864B96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6268,51 +6255,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A3D7651"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1708CE3E"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6354,51 +6341,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="492B45EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D936A5B4"/>
     <w:lvl w:ilvl="0" w:tplc="8056E97E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6469,51 +6456,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49A75EF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="473894DA"/>
     <w:lvl w:ilvl="0" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6582,51 +6569,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C28696F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0F055BC"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6668,51 +6655,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="507F6E4D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9C3C15C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6754,51 +6741,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="516E2829"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0F055BC"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6840,51 +6827,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55101B81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8E6ADFE"/>
     <w:lvl w:ilvl="0" w:tplc="04100011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6926,51 +6913,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="558B0A15"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A7AAAFF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -7015,51 +7002,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58E177E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40E4C41E"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -7104,51 +7091,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59B07A1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24CC0EA2"/>
     <w:lvl w:ilvl="0" w:tplc="CB422C26">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -7216,51 +7203,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79213B34"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D89C7612"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7357,143 +7344,146 @@
   <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1714"/>
     <w:rsid w:val="00032018"/>
     <w:rsid w:val="000432B3"/>
     <w:rsid w:val="0006017A"/>
     <w:rsid w:val="00095D83"/>
     <w:rsid w:val="00096B6C"/>
     <w:rsid w:val="00096CBE"/>
     <w:rsid w:val="000A3912"/>
     <w:rsid w:val="000B3A8B"/>
     <w:rsid w:val="000B7DCD"/>
     <w:rsid w:val="001067D4"/>
     <w:rsid w:val="00113B6A"/>
     <w:rsid w:val="0012339E"/>
     <w:rsid w:val="001310FC"/>
     <w:rsid w:val="00162977"/>
     <w:rsid w:val="00165BB6"/>
     <w:rsid w:val="001725EB"/>
     <w:rsid w:val="0017639F"/>
     <w:rsid w:val="0018682E"/>
     <w:rsid w:val="00190A50"/>
     <w:rsid w:val="001A3F58"/>
     <w:rsid w:val="001A419F"/>
     <w:rsid w:val="001B0D6E"/>
     <w:rsid w:val="001B1022"/>
     <w:rsid w:val="001C45DA"/>
     <w:rsid w:val="001C6238"/>
     <w:rsid w:val="001E6536"/>
     <w:rsid w:val="001F250E"/>
+    <w:rsid w:val="001F5C5E"/>
     <w:rsid w:val="002139DB"/>
     <w:rsid w:val="00222FEA"/>
     <w:rsid w:val="0022615A"/>
     <w:rsid w:val="002571FE"/>
     <w:rsid w:val="00267F9A"/>
     <w:rsid w:val="00282441"/>
     <w:rsid w:val="002948B8"/>
     <w:rsid w:val="002952A6"/>
     <w:rsid w:val="002B2D07"/>
     <w:rsid w:val="002E2F71"/>
     <w:rsid w:val="002E312A"/>
     <w:rsid w:val="00330032"/>
     <w:rsid w:val="00352B1B"/>
     <w:rsid w:val="00374D4B"/>
     <w:rsid w:val="0037669E"/>
     <w:rsid w:val="003926D7"/>
     <w:rsid w:val="003A7618"/>
     <w:rsid w:val="003B23CD"/>
     <w:rsid w:val="003C1714"/>
     <w:rsid w:val="003C2BB7"/>
     <w:rsid w:val="003C6629"/>
     <w:rsid w:val="003E2094"/>
     <w:rsid w:val="003E3361"/>
     <w:rsid w:val="003F4CEF"/>
     <w:rsid w:val="003F5F4E"/>
     <w:rsid w:val="00404CDF"/>
     <w:rsid w:val="00414396"/>
     <w:rsid w:val="00426667"/>
     <w:rsid w:val="00434D07"/>
     <w:rsid w:val="00435571"/>
     <w:rsid w:val="00440237"/>
     <w:rsid w:val="004750C1"/>
     <w:rsid w:val="00480800"/>
     <w:rsid w:val="004A779F"/>
     <w:rsid w:val="004C07FF"/>
     <w:rsid w:val="004C4E22"/>
     <w:rsid w:val="004C7A7C"/>
     <w:rsid w:val="004D0E12"/>
     <w:rsid w:val="00501294"/>
+    <w:rsid w:val="00507799"/>
     <w:rsid w:val="00510BA7"/>
     <w:rsid w:val="005175CC"/>
     <w:rsid w:val="00526407"/>
     <w:rsid w:val="005337EC"/>
     <w:rsid w:val="0053562A"/>
     <w:rsid w:val="00537129"/>
     <w:rsid w:val="00555103"/>
     <w:rsid w:val="005551A8"/>
     <w:rsid w:val="005578F6"/>
     <w:rsid w:val="0056188B"/>
     <w:rsid w:val="00567B78"/>
     <w:rsid w:val="005745B1"/>
     <w:rsid w:val="00583DC8"/>
     <w:rsid w:val="005A1F35"/>
     <w:rsid w:val="005A20A6"/>
     <w:rsid w:val="005A715D"/>
     <w:rsid w:val="005B7D61"/>
     <w:rsid w:val="005C2EDB"/>
     <w:rsid w:val="005D07CB"/>
     <w:rsid w:val="005D43FF"/>
     <w:rsid w:val="005E1CF0"/>
     <w:rsid w:val="005F43FA"/>
     <w:rsid w:val="006462DC"/>
     <w:rsid w:val="006523E7"/>
     <w:rsid w:val="00680D4D"/>
@@ -7568,143 +7558,145 @@
     <w:rsid w:val="00B14563"/>
     <w:rsid w:val="00B23AC7"/>
     <w:rsid w:val="00B34720"/>
     <w:rsid w:val="00B45A9F"/>
     <w:rsid w:val="00B502D5"/>
     <w:rsid w:val="00B52F8B"/>
     <w:rsid w:val="00B75757"/>
     <w:rsid w:val="00B844E8"/>
     <w:rsid w:val="00B90EBB"/>
     <w:rsid w:val="00B90FA8"/>
     <w:rsid w:val="00B94BB7"/>
     <w:rsid w:val="00B955EC"/>
     <w:rsid w:val="00BA6FD9"/>
     <w:rsid w:val="00BB2B50"/>
     <w:rsid w:val="00BC368F"/>
     <w:rsid w:val="00BE35BB"/>
     <w:rsid w:val="00BF0BEE"/>
     <w:rsid w:val="00C118AC"/>
     <w:rsid w:val="00CA17EA"/>
     <w:rsid w:val="00CB0EC8"/>
     <w:rsid w:val="00CB61D4"/>
     <w:rsid w:val="00CD179C"/>
     <w:rsid w:val="00CD3B31"/>
     <w:rsid w:val="00CE1D5A"/>
     <w:rsid w:val="00CF1128"/>
+    <w:rsid w:val="00D13C7E"/>
     <w:rsid w:val="00D13F87"/>
     <w:rsid w:val="00D2401B"/>
     <w:rsid w:val="00D247E3"/>
     <w:rsid w:val="00D428ED"/>
     <w:rsid w:val="00D42CCB"/>
     <w:rsid w:val="00D532D4"/>
     <w:rsid w:val="00D54970"/>
     <w:rsid w:val="00D701E1"/>
     <w:rsid w:val="00D82EDC"/>
     <w:rsid w:val="00D95C53"/>
     <w:rsid w:val="00D97EEE"/>
     <w:rsid w:val="00DB22AC"/>
     <w:rsid w:val="00DB45AF"/>
     <w:rsid w:val="00DD679E"/>
     <w:rsid w:val="00DD7591"/>
     <w:rsid w:val="00DE256F"/>
     <w:rsid w:val="00E16FE6"/>
     <w:rsid w:val="00E37A6D"/>
     <w:rsid w:val="00E47658"/>
     <w:rsid w:val="00E55AC1"/>
     <w:rsid w:val="00E70735"/>
     <w:rsid w:val="00E8262F"/>
     <w:rsid w:val="00E9442E"/>
     <w:rsid w:val="00EA1EC6"/>
     <w:rsid w:val="00EA377B"/>
     <w:rsid w:val="00EA5523"/>
     <w:rsid w:val="00EB4FCD"/>
     <w:rsid w:val="00ED607C"/>
     <w:rsid w:val="00EF48A6"/>
     <w:rsid w:val="00EF6F53"/>
     <w:rsid w:val="00F15A11"/>
     <w:rsid w:val="00F2501B"/>
     <w:rsid w:val="00F259E2"/>
     <w:rsid w:val="00F32F49"/>
     <w:rsid w:val="00F4472F"/>
     <w:rsid w:val="00F463C3"/>
     <w:rsid w:val="00F523C8"/>
     <w:rsid w:val="00F675B5"/>
     <w:rsid w:val="00F81578"/>
     <w:rsid w:val="00F815DE"/>
     <w:rsid w:val="00F83851"/>
     <w:rsid w:val="00F8640E"/>
+    <w:rsid w:val="00F94E9A"/>
     <w:rsid w:val="00F9566F"/>
     <w:rsid w:val="00FA723F"/>
     <w:rsid w:val="00FB68FC"/>
     <w:rsid w:val="00FD635E"/>
     <w:rsid w:val="00FD7A89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="52DBBB52"/>
   <w15:docId w15:val="{3E68B363-C1E6-4679-8887-03156A5756BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8032,50 +8024,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
@@ -8341,82 +8338,75 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TestonotadichiusuraCarattere">
     <w:name w:val="Testo nota di chiusura Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Testonotadichiusura"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E37A6D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandonotadichiusura">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E37A6D"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00435571"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitoloCarattere">
     <w:name w:val="Titolo Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Titolo"/>
     <w:rsid w:val="008F786C"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1287542405">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -8707,67 +8697,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85E0900B-6154-4064-B9C8-316FFA403B9C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>414</Words>
-  <Characters>2362</Characters>
+  <Words>425</Words>
+  <Characters>2429</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ALL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2771</CharactersWithSpaces>
+  <CharactersWithSpaces>2849</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ALL</dc:title>
   <dc:creator>regione lombardia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>