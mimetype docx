--- v0 (2025-10-07)
+++ v1 (2026-03-27)
@@ -586,51 +586,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55B55183" w14:textId="77777777" w:rsidR="003E3381" w:rsidRDefault="008F7E56" w:rsidP="003E3381">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F7E56">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CHIEDE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7275EAF5" w14:textId="0E686563" w:rsidR="00275261" w:rsidRPr="00EF0CED" w:rsidRDefault="00275261" w:rsidP="00275261">
+    <w:p w14:paraId="7275EAF5" w14:textId="5BD7763C" w:rsidR="00275261" w:rsidRPr="00EF0CED" w:rsidRDefault="00275261" w:rsidP="00275261">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF0CED">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">LA LIQUIDAZIONE DEL SALDO DEL CONTRIBUTO CONCESSO CON </w:t>
       </w:r>
       <w:r w:rsidR="00E44069">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PROVVEDIMENTO DIRIGENZIALE</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF0CED">
@@ -649,74 +649,106 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000A73FE">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1705 </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF0CED">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>IN DATA</w:t>
       </w:r>
       <w:r w:rsidR="000A73FE">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4/02/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00585018">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3F88">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E44069">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="000A73FE">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF0CED">
+        <w:t>/0</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3F88">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="000A73FE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00585018">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44069">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0CED">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08294D77" w14:textId="2D5326CE" w:rsidR="00275261" w:rsidRPr="003F73A7" w:rsidRDefault="00275261" w:rsidP="00275261">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F73A7">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">AI SENSI </w:t>
       </w:r>
       <w:r w:rsidRPr="003F73A7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>DELL</w:t>
@@ -853,65 +885,51 @@
     <w:p w14:paraId="0C1F25B1" w14:textId="77777777" w:rsidR="00A725DC" w:rsidRPr="00D9233C" w:rsidRDefault="00A725DC" w:rsidP="008F7E56">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CE88870" w14:textId="5C7D2DBD" w:rsidR="006F1877" w:rsidRDefault="008F7E56" w:rsidP="006F1877">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A tal fine, </w:t>
       </w:r>
       <w:r w:rsidR="00211345">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della </w:t>
-[...13 lines deleted...]
-        <w:t>. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in</w:t>
+        <w:t>ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della l.r. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in</w:t>
       </w:r>
       <w:r w:rsidR="0003774F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> materia di falsità degli atti</w:t>
       </w:r>
       <w:r w:rsidR="00211345" w:rsidRPr="0003774F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14727CE3" w14:textId="77777777" w:rsidR="00275261" w:rsidRDefault="00275261" w:rsidP="004863FF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="440A4E8F" w14:textId="77777777" w:rsidR="00DA4ED4" w:rsidRPr="00D9233C" w:rsidRDefault="00DA4ED4" w:rsidP="004863FF">
       <w:pPr>
@@ -1443,99 +1461,97 @@
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0090303C" w14:textId="77777777" w:rsidR="004C5301" w:rsidRPr="00FF5BBF" w:rsidRDefault="004C5301" w:rsidP="004C5301">
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A388D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>crocettare</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36970C72" w14:textId="403C1064" w:rsidR="004C5301" w:rsidRPr="004C5DC4" w:rsidRDefault="004C5301" w:rsidP="004C5301">
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A563AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Quietanza </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>della</w:t>
       </w:r>
       <w:r w:rsidRPr="00A563AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> documentazione di spesa di cui al punto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
@@ -1725,75 +1741,65 @@
       <w:r w:rsidR="00744620" w:rsidRPr="00995387">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5309BCD2" w14:textId="1AF681FE" w:rsidR="004C5301" w:rsidRPr="007B6797" w:rsidRDefault="00744620" w:rsidP="00744620">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00995387">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00995387">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>.b.</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> il </w:t>
+        <w:t xml:space="preserve">.b. il </w:t>
       </w:r>
       <w:r w:rsidRPr="00995387">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Bilancio di esercizio 202</w:t>
       </w:r>
       <w:r w:rsidR="00CE2F27" w:rsidRPr="00995387">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00995387">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> o il Rendiconto di cassa 202</w:t>
       </w:r>
@@ -2793,71 +2799,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00943AF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
+        <w:t>di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del d.l. 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1369BDA6" w14:textId="16672073" w:rsidR="00426D8C" w:rsidRPr="00963D07" w:rsidRDefault="0003774F" w:rsidP="00963D07">
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00943AF0">
         <w:rPr>
@@ -3604,107 +3590,51 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TITOLARE DEL TRATTAMENTO DEI DATI E DATI DI CONTATTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="206718F9" w14:textId="69D6FD3D" w:rsidR="00426D8C" w:rsidRPr="00DF54B6" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/</w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/Vallée d’Aoste, in persona del legale rappresentante pro tempore, con sede in Piazza Deffeyes, 1 – Aosta, contattabile all’indirizzo pec: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00DF54B6">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>segretario_generale@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E35DC3A" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00DF54B6" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
@@ -3748,138 +3678,82 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>DATI DI CONTATTO DEL RESPONSABILE DELLA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EFA7DDA" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00DF54B6" w:rsidRDefault="00426D8C" w:rsidP="00A643B7">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
+        <w:t xml:space="preserve">Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/Vallée d’Aoste, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00DF54B6">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>privacy@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (per i titolari di una casella di posta elettronica certificata) o PEI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00DF54B6">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>privacy@regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>. con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/</w:t>
-[...27 lines deleted...]
-        <w:t>”.</w:t>
+        <w:t>. con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/Vallée d’Aoste”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ABB19F1" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00DF54B6" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>FINALITÀ DEL TRATTAMENTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573E5ABD" w14:textId="0D549FF7" w:rsidR="00426D8C" w:rsidRPr="00DF54B6" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="864"/>
@@ -4081,129 +3955,87 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>DIRITTI DELL’INTERESSATO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E85C53D" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00DF54B6" w:rsidRDefault="00426D8C" w:rsidP="00A643B7">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/</w:t>
-[...27 lines deleted...]
-        <w:t>, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
+        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/Vallée d’Aoste, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CECAE77" w14:textId="77777777" w:rsidR="00426D8C" w:rsidRPr="00DF54B6" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>RECLAMO AL GARANTE PER LA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B00E585" w14:textId="079771A2" w:rsidR="00426D8C" w:rsidRPr="00DF54B6" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
+        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto sal Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00DF54B6">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.garanteprivacy.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DF54B6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C721EC4" w14:textId="4B096593" w:rsidR="00426D8C" w:rsidRDefault="00426D8C" w:rsidP="00426D8C">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -4590,51 +4422,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0E72F354" w14:textId="77777777" w:rsidR="007C7775" w:rsidRDefault="007C7775">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="39E28F49" w14:textId="77777777" w:rsidR="007C7775" w:rsidRDefault="007C7775">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
@@ -4798,51 +4630,51 @@
             <w:textAlignment w:val="auto"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5000BFEE" w14:textId="77777777" w:rsidR="00DA4ED4" w:rsidRPr="007301ED" w:rsidRDefault="00DA4ED4" w:rsidP="00481693">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="3828"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:t>Regione autonoma Valle d’Aosta</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="47CFF623" w14:textId="57C8C38C" w:rsidR="00DA4ED4" w:rsidRPr="007301ED" w:rsidRDefault="00DA4ED4" w:rsidP="00481693">
+  <w:p w14:paraId="47CFF623" w14:textId="310900ED" w:rsidR="00DA4ED4" w:rsidRPr="007301ED" w:rsidRDefault="00DA4ED4" w:rsidP="00481693">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:ind w:left="5387"/>
     </w:pPr>
     <w:r w:rsidRPr="004241D8">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="244C5A8B" wp14:editId="203A4D75">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>2416810</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>215265</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapSquare wrapText="bothSides"/>
@@ -4875,126 +4707,118 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="731520" cy="835025"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:t xml:space="preserve">Assessorato </w:t>
     </w:r>
-    <w:r>
-[...3 lines deleted...]
-      <w:t xml:space="preserve"> e attività culturali, sistema educativo e politiche per le relazioni intergenerazionali</w:t>
+    <w:r w:rsidR="00DF4FB1">
+      <w:t>Istruzione, Cultura e Politiche identitarie</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="10226D0B" w14:textId="77777777" w:rsidR="00DA4ED4" w:rsidRPr="007301ED" w:rsidRDefault="00DA4ED4" w:rsidP="00481693">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:ind w:left="5387"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007301ED">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">Struttura </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>attività culturali</w:t>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="13BDE7AF" w14:textId="2EE1566A" w:rsidR="00DA4ED4" w:rsidRPr="007301ED" w:rsidRDefault="002E52A1" w:rsidP="00481693">
+  <w:p w14:paraId="13BDE7AF" w14:textId="1C641962" w:rsidR="00DA4ED4" w:rsidRPr="007301ED" w:rsidRDefault="00DF4FB1" w:rsidP="00481693">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387" w:right="-143"/>
     </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">Piazza </w:t>
+      <w:t>Piazza Roncas</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-      <w:t>, 3</w:t>
+    <w:r w:rsidR="00DA4ED4" w:rsidRPr="007301ED">
+      <w:t>, n. 1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="776DF040" w14:textId="77777777" w:rsidR="00DA4ED4" w:rsidRPr="007301ED" w:rsidRDefault="00DA4ED4" w:rsidP="00481693">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387"/>
     </w:pPr>
     <w:r w:rsidRPr="007301ED">
       <w:t xml:space="preserve">11100 AOSTA </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4FA6B29F" w14:textId="77777777" w:rsidR="00DA4ED4" w:rsidRPr="008C33D5" w:rsidRDefault="002E52A1" w:rsidP="00481693">
+  <w:p w14:paraId="4FA6B29F" w14:textId="77777777" w:rsidR="00DA4ED4" w:rsidRPr="008C33D5" w:rsidRDefault="007C3F88" w:rsidP="00481693">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:ind w:left="5387" w:right="-285"/>
     </w:pPr>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="00DA4ED4" w:rsidRPr="00DA316E">
         <w:rPr>
           <w:rStyle w:val="Collegamentoipertestuale"/>
         </w:rPr>
         <w:t>cultura@pec.regione.vda.it</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="00DA4ED4" w:rsidRPr="007301ED">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="491F62D7" w14:textId="4A8DE02B" w:rsidR="00DA4ED4" w:rsidRDefault="00DA4ED4" w:rsidP="0029571E">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
@@ -8911,52 +8735,51 @@
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="22529"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D0544"/>
     <w:rsid w:val="000008B9"/>
@@ -9002,51 +8825,50 @@
     <w:rsid w:val="001C459A"/>
     <w:rsid w:val="001D31D1"/>
     <w:rsid w:val="001E0208"/>
     <w:rsid w:val="001E42FE"/>
     <w:rsid w:val="001E44E1"/>
     <w:rsid w:val="001E6F9F"/>
     <w:rsid w:val="001E7462"/>
     <w:rsid w:val="001F02F0"/>
     <w:rsid w:val="001F370D"/>
     <w:rsid w:val="00211345"/>
     <w:rsid w:val="00230A84"/>
     <w:rsid w:val="00235311"/>
     <w:rsid w:val="00242FCC"/>
     <w:rsid w:val="00251666"/>
     <w:rsid w:val="002527FF"/>
     <w:rsid w:val="002648FC"/>
     <w:rsid w:val="00265E49"/>
     <w:rsid w:val="00275261"/>
     <w:rsid w:val="0028325C"/>
     <w:rsid w:val="00287F8B"/>
     <w:rsid w:val="00291EB2"/>
     <w:rsid w:val="0029571E"/>
     <w:rsid w:val="002A6CE3"/>
     <w:rsid w:val="002C7A3A"/>
     <w:rsid w:val="002C7CED"/>
-    <w:rsid w:val="002E52A1"/>
     <w:rsid w:val="002F3DC5"/>
     <w:rsid w:val="00313B1D"/>
     <w:rsid w:val="00326398"/>
     <w:rsid w:val="0033098B"/>
     <w:rsid w:val="00332232"/>
     <w:rsid w:val="00336113"/>
     <w:rsid w:val="00342946"/>
     <w:rsid w:val="00370779"/>
     <w:rsid w:val="00374282"/>
     <w:rsid w:val="003852BC"/>
     <w:rsid w:val="00392C1A"/>
     <w:rsid w:val="003937C7"/>
     <w:rsid w:val="003967E3"/>
     <w:rsid w:val="003B5AB2"/>
     <w:rsid w:val="003B5AC0"/>
     <w:rsid w:val="003D2C5E"/>
     <w:rsid w:val="003E3381"/>
     <w:rsid w:val="003E34A2"/>
     <w:rsid w:val="003F0F50"/>
     <w:rsid w:val="003F73A7"/>
     <w:rsid w:val="00426D8C"/>
     <w:rsid w:val="004360CA"/>
     <w:rsid w:val="00440EDF"/>
     <w:rsid w:val="00452152"/>
     <w:rsid w:val="00452920"/>
@@ -9095,50 +8917,51 @@
     <w:rsid w:val="006E3F46"/>
     <w:rsid w:val="006E4790"/>
     <w:rsid w:val="006E79C0"/>
     <w:rsid w:val="006F10C3"/>
     <w:rsid w:val="006F1877"/>
     <w:rsid w:val="006F4155"/>
     <w:rsid w:val="007017C5"/>
     <w:rsid w:val="00703F61"/>
     <w:rsid w:val="007067E1"/>
     <w:rsid w:val="00722438"/>
     <w:rsid w:val="00727484"/>
     <w:rsid w:val="007301ED"/>
     <w:rsid w:val="00736AF6"/>
     <w:rsid w:val="00742BE5"/>
     <w:rsid w:val="00744620"/>
     <w:rsid w:val="00753CE8"/>
     <w:rsid w:val="00766BD2"/>
     <w:rsid w:val="00772C60"/>
     <w:rsid w:val="007763AD"/>
     <w:rsid w:val="00776D9C"/>
     <w:rsid w:val="00786AB1"/>
     <w:rsid w:val="007931D4"/>
     <w:rsid w:val="007A1E82"/>
     <w:rsid w:val="007B6624"/>
     <w:rsid w:val="007B6797"/>
+    <w:rsid w:val="007C3F88"/>
     <w:rsid w:val="007C4D2E"/>
     <w:rsid w:val="007C7775"/>
     <w:rsid w:val="007D35B8"/>
     <w:rsid w:val="007D671C"/>
     <w:rsid w:val="007E3541"/>
     <w:rsid w:val="007E3B42"/>
     <w:rsid w:val="007E45F6"/>
     <w:rsid w:val="00807342"/>
     <w:rsid w:val="008407AA"/>
     <w:rsid w:val="008779F7"/>
     <w:rsid w:val="00880D84"/>
     <w:rsid w:val="008A307F"/>
     <w:rsid w:val="008A388D"/>
     <w:rsid w:val="008B63F0"/>
     <w:rsid w:val="008B7A33"/>
     <w:rsid w:val="008C33D5"/>
     <w:rsid w:val="008C69C6"/>
     <w:rsid w:val="008D4E2B"/>
     <w:rsid w:val="008E0FA1"/>
     <w:rsid w:val="008F1731"/>
     <w:rsid w:val="008F58C9"/>
     <w:rsid w:val="008F7E56"/>
     <w:rsid w:val="009000B9"/>
     <w:rsid w:val="0090430C"/>
     <w:rsid w:val="00910D5D"/>
@@ -9218,50 +9041,51 @@
     <w:rsid w:val="00CE2F27"/>
     <w:rsid w:val="00CE4646"/>
     <w:rsid w:val="00CE54DD"/>
     <w:rsid w:val="00CF5BAB"/>
     <w:rsid w:val="00D0281E"/>
     <w:rsid w:val="00D13581"/>
     <w:rsid w:val="00D138A4"/>
     <w:rsid w:val="00D20421"/>
     <w:rsid w:val="00D23F20"/>
     <w:rsid w:val="00D33219"/>
     <w:rsid w:val="00D33629"/>
     <w:rsid w:val="00D42B7E"/>
     <w:rsid w:val="00D452F2"/>
     <w:rsid w:val="00D45B20"/>
     <w:rsid w:val="00D50F15"/>
     <w:rsid w:val="00D6230F"/>
     <w:rsid w:val="00D63787"/>
     <w:rsid w:val="00D9233C"/>
     <w:rsid w:val="00DA0A35"/>
     <w:rsid w:val="00DA4ED4"/>
     <w:rsid w:val="00DA736A"/>
     <w:rsid w:val="00DC189F"/>
     <w:rsid w:val="00DF01EB"/>
     <w:rsid w:val="00DF0465"/>
     <w:rsid w:val="00DF070A"/>
+    <w:rsid w:val="00DF4FB1"/>
     <w:rsid w:val="00DF54B6"/>
     <w:rsid w:val="00E26546"/>
     <w:rsid w:val="00E314B0"/>
     <w:rsid w:val="00E41312"/>
     <w:rsid w:val="00E44069"/>
     <w:rsid w:val="00E56306"/>
     <w:rsid w:val="00E615AE"/>
     <w:rsid w:val="00E63CB5"/>
     <w:rsid w:val="00E82E42"/>
     <w:rsid w:val="00E84FE9"/>
     <w:rsid w:val="00E870A8"/>
     <w:rsid w:val="00EA4421"/>
     <w:rsid w:val="00EA4E79"/>
     <w:rsid w:val="00EB036E"/>
     <w:rsid w:val="00ED212E"/>
     <w:rsid w:val="00EE60B4"/>
     <w:rsid w:val="00EE67CE"/>
     <w:rsid w:val="00EF013D"/>
     <w:rsid w:val="00EF0CED"/>
     <w:rsid w:val="00F0482C"/>
     <w:rsid w:val="00F15B4A"/>
     <w:rsid w:val="00F45873"/>
     <w:rsid w:val="00F50914"/>
     <w:rsid w:val="00F66CA3"/>
     <w:rsid w:val="00F75196"/>