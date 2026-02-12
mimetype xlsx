--- v0 (2025-12-18)
+++ v1 (2026-02-12)
@@ -1,129 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\anpiccot\Documents\Organizzazione Assessorato\Obiettivi DIR 2025\OB. 2 CMF\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\GESTIONE\BANDI MANUTENZIONI STRAORDINARIE\BANDO MANUT STRAORD DGR 1103_2025\MODULI E MODELLI\USO CMF\Nuove schede valutazione\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A67B6C4C-4DCC-478B-ABF9-BB1CD725E72D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{85911C49-345C-4B68-BD77-3CB27471E3D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="698" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SCHEDA CRITICITA" sheetId="1" r:id="rId1"/>
     <sheet name="TABELLE" sheetId="2" r:id="rId2"/>
     <sheet name="PESATURA" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="pesoArea">VLOOKUP('SCHEDA CRITICITA'!$D$31,tabRilArea[],2,FALSE)</definedName>
-[...3 lines deleted...]
-    <definedName name="pesoStradale">SUMPRODUCT('SCHEDA CRITICITA'!$D$32:$D$36,tabRilColture[Peso])</definedName>
+    <definedName name="pesoArea">VLOOKUP('SCHEDA CRITICITA'!$D$32,tabRilArea[],2,FALSE)</definedName>
+    <definedName name="pesoCriticita">VLOOKUP('SCHEDA CRITICITA'!$F$39,tabRilCriticita[],2,FALSE)</definedName>
+    <definedName name="pesoFunResidua">1-'SCHEDA CRITICITA'!$D$41</definedName>
+    <definedName name="pesoReteStradale">VLOOKUP('SCHEDA CRITICITA'!$E$26,tabReteStradalePesi[],2,FALSE)</definedName>
+    <definedName name="pesoRischio">'SCHEDA CRITICITA'!$D$48*PESATURA!$I$4+'SCHEDA CRITICITA'!$D$49*PESATURA!$I$5+'SCHEDA CRITICITA'!$D$50*PESATURA!$I$6+'SCHEDA CRITICITA'!$D$51*PESATURA!$I$7</definedName>
+    <definedName name="pesoUsoStradalePrevalente">VLOOKUP('SCHEDA CRITICITA'!$D$31,tabUsoStradalePesi[#All],2,FALSE)</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E2" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="E38" i="1"/>
+  <c r="D31" i="1" l="1"/>
+  <c r="B59" i="1" s="1" a="1"/>
+  <c r="B59" i="1" s="1"/>
+  <c r="E2" i="1" s="1"/>
+  <c r="D59" i="1" l="1"/>
+  <c r="E39" i="1"/>
   <c r="D2" i="1" l="1"/>
   <c r="C2" i="1"/>
-  <c r="D38" i="1"/>
-  <c r="E58" i="1" l="1"/>
+  <c r="D39" i="1"/>
+  <c r="E59" i="1" l="1"/>
   <c r="F2" i="1" l="1"/>
-  <c r="F58" i="1"/>
+  <c r="F59" i="1"/>
   <c r="D26" i="1"/>
   <c r="D27" i="1" s="1"/>
 </calcChain>
 </file>
 
+<file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
+  <metadataTypes count="1">
+    <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
+  </metadataTypes>
+  <futureMetadata name="XLDAPR" count="1">
+    <bk>
+      <extLst>
+        <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
+          <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
+        </ext>
+      </extLst>
+    </bk>
+  </futureMetadata>
+  <cellMetadata count="1">
+    <bk>
+      <rc t="1" v="0"/>
+    </bk>
+  </cellMetadata>
+</metadata>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="370" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="333" uniqueCount="242">
   <si>
     <t>COMUNE</t>
   </si>
   <si>
     <t xml:space="preserve">CONSORZIO  </t>
   </si>
   <si>
     <t>PROPRIETA'</t>
   </si>
   <si>
     <t>GESTORE</t>
   </si>
   <si>
     <t>ORTOFOTO</t>
   </si>
   <si>
     <t>ACCESSIBILITA'</t>
   </si>
   <si>
     <t>TIPOLOGIA</t>
   </si>
   <si>
     <t>DESCRIZIONE</t>
   </si>
   <si>
@@ -453,59 +481,50 @@
   <si>
     <t>STIMA DEI COSTI                              FINO A:</t>
   </si>
   <si>
     <t>Altro</t>
   </si>
   <si>
     <t>VALORI ESPOSTI</t>
   </si>
   <si>
     <t>DATI SCHEDA</t>
   </si>
   <si>
     <t>IDENTIFICATIVO</t>
   </si>
   <si>
     <t>DATA DI COMPILAZIONE</t>
   </si>
   <si>
     <t>Ettari</t>
   </si>
   <si>
     <t>tabEttari</t>
   </si>
   <si>
-    <t>Colture specializzate</t>
-[...7 lines deleted...]
-  <si>
     <t>DESCRIZIONE CARATT. TECNICHE</t>
   </si>
   <si>
     <t>DESCRIZIONE FUNZIONE PREVALENTE</t>
   </si>
   <si>
     <t>CRITICITA' RISCONTRATA</t>
   </si>
   <si>
     <t>RIFERIMENTI CARTOGRAFICI E FOTOGRAFICI</t>
   </si>
   <si>
     <t>COROGRAFIA CTR</t>
   </si>
   <si>
     <t xml:space="preserve">IL TECNICO </t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Criticita</t>
   </si>
   <si>
     <t>RILEVANZA CRITICITA'</t>
@@ -555,297 +574,96 @@
   <si>
     <t>C41,C42,C43</t>
   </si>
   <si>
     <t>C54</t>
   </si>
   <si>
     <t>C55</t>
   </si>
   <si>
     <t>C47,C48,C49,C50</t>
   </si>
   <si>
     <t>D27</t>
   </si>
   <si>
     <t>E27</t>
   </si>
   <si>
     <t>E35</t>
   </si>
   <si>
     <t>D59</t>
   </si>
   <si>
-    <t>Verde urbano</t>
-[...1 lines deleted...]
-  <si>
     <t>A58</t>
   </si>
   <si>
     <t>MAX 4</t>
   </si>
   <si>
     <t>tabRilCriticita (1-4)</t>
   </si>
   <si>
-    <t>Incolto (non irrigato)</t>
-[...1 lines deleted...]
-  <si>
     <t>tabRilArea (1-4)</t>
   </si>
   <si>
     <t>AREA SERVITA (ha)                                  FINO A:</t>
   </si>
   <si>
     <t>TEMPI UTILI ESECUZIONE LAVORI</t>
   </si>
   <si>
     <t>PLANIMETRIA CATASTALE</t>
   </si>
   <si>
     <t>RISCHIO ED ELEMENTI ESPOSTI</t>
   </si>
   <si>
     <t>Y      UTM ED50</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>VIABILITA'</t>
   </si>
   <si>
     <t>Asfaltata</t>
   </si>
   <si>
-    <t>in terra</t>
-[...184 lines deleted...]
-  <si>
     <t>TIPOLOGIA VIABILITA'</t>
   </si>
   <si>
-    <t>tab USO STRADALE (1-6)</t>
-[...1 lines deleted...]
-  <si>
     <t>uso</t>
   </si>
   <si>
-    <t>tabRETE STRADALE (1-4)</t>
-[...1 lines deleted...]
-  <si>
     <t>AMBITI RESIDENZIALI</t>
   </si>
   <si>
     <t>AMBITI AGRICOLI</t>
-  </si>
-[...1 lines deleted...]
-    <t>VIABILITà PUBBLICA</t>
   </si>
   <si>
     <t>ESCURSIONISMO TURISTICO</t>
   </si>
   <si>
     <r>
       <t>VIABILIT</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>À</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -871,50 +689,215 @@
     <t>ReteStradale</t>
   </si>
   <si>
     <t>Asfaltate - unico accesso</t>
   </si>
   <si>
     <t>Asfaltate - con alternative</t>
   </si>
   <si>
     <t>In terra - unico accesso</t>
   </si>
   <si>
     <t>In terra - con alternative</t>
   </si>
   <si>
     <t>tabReteStradale</t>
   </si>
   <si>
     <t>D25</t>
   </si>
   <si>
     <t>E26</t>
   </si>
   <si>
     <t>tabOpBis</t>
+  </si>
+  <si>
+    <t>tabTipoOpere</t>
+  </si>
+  <si>
+    <t>tabReteStradalePesi</t>
+  </si>
+  <si>
+    <t>tabUsoStradalePesi</t>
+  </si>
+  <si>
+    <t>tipo</t>
+  </si>
+  <si>
+    <t>Ambiti residenziali</t>
+  </si>
+  <si>
+    <t>Ambiti agricoli</t>
+  </si>
+  <si>
+    <t>Escursionismo turistico</t>
+  </si>
+  <si>
+    <t>Viabilità pubblica</t>
+  </si>
+  <si>
+    <t>Crollo</t>
+  </si>
+  <si>
+    <t>Colata</t>
+  </si>
+  <si>
+    <t>Schianto arboreo</t>
+  </si>
+  <si>
+    <t>Scivolamento sedime</t>
+  </si>
+  <si>
+    <t>Erosione idraulica</t>
+  </si>
+  <si>
+    <t>Erosione concentrata</t>
+  </si>
+  <si>
+    <t>Degrado superficiale</t>
+  </si>
+  <si>
+    <t>Canali ostruiti</t>
+  </si>
+  <si>
+    <t>Canali inesistenti</t>
+  </si>
+  <si>
+    <t>Canali danneggiati</t>
+  </si>
+  <si>
+    <t>Sottodimensionamento</t>
+  </si>
+  <si>
+    <t>Struttura danneggiata</t>
+  </si>
+  <si>
+    <t>Struttura ostruita</t>
+  </si>
+  <si>
+    <t>Cedimento strutturale</t>
+  </si>
+  <si>
+    <t>Cedimento da impatto</t>
+  </si>
+  <si>
+    <t>Cedimento da scivolamento</t>
+  </si>
+  <si>
+    <t>Decadimento strutturale</t>
+  </si>
+  <si>
+    <t>Dedimento da impatto</t>
+  </si>
+  <si>
+    <t>Accesso aziende permanenti</t>
+  </si>
+  <si>
+    <t>Accesso aziende stagionali alternativo</t>
+  </si>
+  <si>
+    <t>Accesso infrastrutture ricettive e sportive</t>
+  </si>
+  <si>
+    <t>Accesso infrastrutture pubbliche</t>
+  </si>
+  <si>
+    <t>Accesso infrastrutture consorziali</t>
+  </si>
+  <si>
+    <t>Opere di sostegno</t>
+  </si>
+  <si>
+    <t>Sedime stradale</t>
+  </si>
+  <si>
+    <t>Canali di scolo</t>
+  </si>
+  <si>
+    <t>Attraversamenti</t>
+  </si>
+  <si>
+    <t>Controripa</t>
+  </si>
+  <si>
+    <t>Sottoscarpa</t>
+  </si>
+  <si>
+    <t>Interrotta</t>
+  </si>
+  <si>
+    <t>Parzialmente interrotta</t>
+  </si>
+  <si>
+    <t>Sedime danneggiato</t>
+  </si>
+  <si>
+    <t>Accumulo su sedime</t>
+  </si>
+  <si>
+    <t>In asfalto</t>
+  </si>
+  <si>
+    <t>In cls</t>
+  </si>
+  <si>
+    <t>Massicciato a secco</t>
+  </si>
+  <si>
+    <t>Massicciato in pm</t>
+  </si>
+  <si>
+    <t>In terra laterale</t>
+  </si>
+  <si>
+    <t>In cls laterale</t>
+  </si>
+  <si>
+    <t>In pm laterale</t>
+  </si>
+  <si>
+    <t>Drenante</t>
+  </si>
+  <si>
+    <t>Con tubazione</t>
+  </si>
+  <si>
+    <t>Con traversa superficiale</t>
+  </si>
+  <si>
+    <t>Con manufatto in cls</t>
+  </si>
+  <si>
+    <t>Guado</t>
+  </si>
+  <si>
+    <t>Ponte</t>
+  </si>
+  <si>
+    <t>USO STRADALE PREVALENTE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1045,51 +1028,51 @@
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="16">
+  <fills count="17">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1135,52 +1118,58 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor theme="4" tint="0.79998168889431442"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="64">
+  <borders count="62">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -1239,61 +1228,50 @@
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top/>
-[...9 lines deleted...]
-      </right>
       <top/>
       <bottom style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </left>
       <right/>
       <top style="thin">
@@ -1677,63 +1655,50 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...11 lines deleted...]
-      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -1929,852 +1894,612 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="190">
+  <cellXfs count="194">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="12" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="14" fillId="0" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="14" fillId="0" borderId="14" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="14" fontId="9" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="14" fontId="9" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="13" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="13" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="13" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="13" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="9" fillId="13" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="9" fillId="13" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="9" fillId="13" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="9" fillId="13" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="13" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="13" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="13" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="13" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="15" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="19" fillId="0" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="19" fillId="0" borderId="17" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="46" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="9" fontId="19" fillId="0" borderId="48" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="19" fillId="0" borderId="50" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="13" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="24" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-    <xf numFmtId="9" fontId="19" fillId="0" borderId="25" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="27" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="19" fillId="0" borderId="28" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="165" fontId="9" fillId="13" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="9" fillId="13" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="21" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="21" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="17" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="16" fillId="14" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="16" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="9" fontId="4" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="18" fillId="13" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="19" fillId="0" borderId="50" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="48" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="13" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="15" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="16" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="16" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="13" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="35" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="36" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="6" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="6" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="35" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="36" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="37" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="6" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="6" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="15" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-    </xf>
-[...2 lines deleted...]
-      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="9" fontId="21" fillId="0" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="9" fontId="21" fillId="0" borderId="14" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="21" fillId="0" borderId="11" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="21" fillId="0" borderId="10" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="13" borderId="15" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="13" borderId="14" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="13" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="13" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="12" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="12" borderId="7" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="12" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="6" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="7" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="8" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="7" borderId="36" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="7" borderId="37" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="7" borderId="38" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="43" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="42" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="4" borderId="36" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...70 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-[...14 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="20% - Colore 4" xfId="3" builtinId="42"/>
     <cellStyle name="40% - Colore 3" xfId="2" builtinId="39"/>
     <cellStyle name="40% - Colore 4" xfId="4" builtinId="43"/>
     <cellStyle name="Collegamento ipertestuale" xfId="6" builtinId="8"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Percentuale" xfId="5" builtinId="5"/>
     <cellStyle name="Valore valido" xfId="1" builtinId="26"/>
   </cellStyles>
-  <dxfs count="67">
-[...251 lines deleted...]
-    </dxf>
+  <dxfs count="64">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.39994506668294322"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF7C80"/>
@@ -2933,264 +2658,535 @@
           <bgColor theme="0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.39994506668294322"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF7C80"/>
         </patternFill>
       </fill>
     </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </left>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="#,##0\ &quot;€&quot;"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="#,##0\ &quot;€&quot;"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFFF"/>
       <color rgb="FFFF7C80"/>
       <color rgb="FFFF5050"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="tabComuni" displayName="tabComuni" ref="A2:A76" totalsRowShown="0">
   <autoFilter ref="A2:A76" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A76">
     <sortCondition ref="A2:A76"/>
   </sortState>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Comuni"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="15" xr:uid="{00000000-000C-0000-FFFF-FFFF09000000}" name="tabCriticitaBis" displayName="tabCriticitaBis" ref="J15:P20" totalsRowShown="0" headerRowDxfId="24" dataDxfId="22" headerRowBorderDxfId="23" tableBorderDxfId="21">
-[...8 lines deleted...]
-    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0900-000006000000}" name=" " dataDxfId="14"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF0A000000}" name="tabAreeUrbane" displayName="tabAreeUrbane" ref="E41:E52" totalsRowShown="0">
+  <autoFilter ref="E41:E52" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0A00-000001000000}" name="Percentuale" dataDxfId="41"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF0A000000}" name="tabAreeUrbane" displayName="tabAreeUrbane" ref="E41:E52" totalsRowShown="0">
-[...8 lines deleted...]
-<file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF0B000000}" name="tabEttari" displayName="tabEttari" ref="C14:C21" totalsRowShown="0">
   <autoFilter ref="C14:C21" xr:uid="{00000000-0009-0000-0100-000004000000}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0B00-000001000000}" name="Ettari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
+<file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{D5BF5955-905F-420C-A49D-F68301D6A95E}" name="tabTipoOpere" displayName="tabTipoOpere" ref="G9:G15" totalsRowShown="0" headerRowDxfId="40" tableBorderDxfId="39">
+  <autoFilter ref="G9:G15" xr:uid="{D5BF5955-905F-420C-A49D-F68301D6A95E}"/>
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{7DB3A236-1730-4AEA-B3B7-A3211C878D85}" name="tipo"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
 <file path=xl/tables/table13.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{00000000-000C-0000-FFFF-FFFF0C000000}" name="tabRilIrriguo" displayName="tabRilIrriguo" ref="B3:C13" totalsRowShown="0">
-  <autoFilter ref="B3:C13" xr:uid="{00000000-0009-0000-0100-00000A000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{00000000-000C-0000-FFFF-FFFF0C000000}" name="tabReteStradalePesi" displayName="tabReteStradalePesi" ref="B3:C7" totalsRowShown="0">
+  <autoFilter ref="B3:C7" xr:uid="{00000000-0009-0000-0100-00000A000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0C00-000001000000}" name="ReteStradale" dataDxfId="12"/>
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0C00-000002000000}" name="Peso" dataDxfId="11"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0C00-000001000000}" name="ReteStradale" dataDxfId="38"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0C00-000002000000}" name="Peso" dataDxfId="37"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table14.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{00000000-000C-0000-FFFF-FFFF0D000000}" name="tabPesaturaValEspost" displayName="tabPesaturaValEspost" ref="H3:I7" totalsRowShown="0" dataDxfId="10" tableBorderDxfId="9">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{00000000-000C-0000-FFFF-FFFF0D000000}" name="tabPesaturaValEspost" displayName="tabPesaturaValEspost" ref="H3:I7" totalsRowShown="0" dataDxfId="36" tableBorderDxfId="35">
   <autoFilter ref="H3:I7" xr:uid="{00000000-0009-0000-0100-000011000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0D00-000001000000}" name="Tipologia" dataDxfId="8"/>
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0D00-000002000000}" name="Peso" dataDxfId="7" dataCellStyle="Percentuale"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0D00-000001000000}" name="Tipologia" dataDxfId="34"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0D00-000002000000}" name="Peso" dataDxfId="33" dataCellStyle="Percentuale"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table15.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{00000000-000C-0000-FFFF-FFFF0E000000}" name="tabRilCriticita" displayName="tabRilCriticita" ref="E3:F30" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
-[...2 lines deleted...]
-    <sortCondition ref="E3:E30"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{00000000-000C-0000-FFFF-FFFF0E000000}" name="tabRilCriticita" displayName="tabRilCriticita" ref="E3:F21" totalsRowShown="0" headerRowDxfId="32" dataDxfId="31">
+  <autoFilter ref="E3:F21" xr:uid="{00000000-0009-0000-0100-000010000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="E4:F21">
+    <sortCondition ref="E3:E21"/>
   </sortState>
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0E00-000001000000}" name="Criticita" dataDxfId="4"/>
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0E00-000002000000}" name="Peso" dataDxfId="3"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0E00-000001000000}" name="Criticita" dataDxfId="30"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0E00-000002000000}" name="Peso" dataDxfId="29"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table16.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="19" xr:uid="{00000000-000C-0000-FFFF-FFFF0F000000}" name="tabRilColture" displayName="tabRilColture" ref="B16:C24" totalsRowShown="0">
-  <autoFilter ref="B16:C24" xr:uid="{00000000-0009-0000-0100-000013000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="19" xr:uid="{00000000-000C-0000-FFFF-FFFF0F000000}" name="tabUsoStradalePesi" displayName="tabUsoStradalePesi" ref="B11:C16" totalsRowShown="0">
+  <autoFilter ref="B11:C16" xr:uid="{00000000-0009-0000-0100-000013000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0F00-000001000000}" name="uso" dataDxfId="2"/>
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0F00-000002000000}" name="Peso" dataDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0F00-000001000000}" name="uso" dataDxfId="28"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0F00-000002000000}" name="Peso" dataDxfId="27"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table17.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="20" xr:uid="{00000000-000C-0000-FFFF-FFFF10000000}" name="tabRilArea" displayName="tabRilArea" ref="H13:I20" totalsRowShown="0">
   <autoFilter ref="H13:I20" xr:uid="{00000000-0009-0000-0100-000014000000}"/>
   <tableColumns count="2">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-1000-000001000000}" name="Ettari"/>
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-1000-000002000000}" name="Peso" dataDxfId="0"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-1000-000002000000}" name="Peso" dataDxfId="26"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="tabAccessibilita" displayName="tabAccessibilita" ref="C2:C9" totalsRowShown="0">
   <autoFilter ref="C2:C9" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Accessibilita"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="tabTipologia" displayName="tabTipologia" ref="E3:E5" totalsRowShown="0">
   <autoFilter ref="E3:E5" xr:uid="{00000000-0009-0000-0100-000006000000}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0200-000001000000}" name="Tipologia"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{00000000-000C-0000-FFFF-FFFF03000000}" name="tabRetIrriguo" displayName="tabRetIrriguo" ref="G3:H8" totalsRowShown="0">
-  <autoFilter ref="G3:H8" xr:uid="{00000000-0009-0000-0100-000007000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{00000000-000C-0000-FFFF-FFFF03000000}" name="tabReteStradale" displayName="tabReteStradale" ref="G3:H5" totalsRowShown="0">
+  <autoFilter ref="G3:H5" xr:uid="{00000000-0009-0000-0100-000007000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0300-000001000000}" name="ASFALTATA"/>
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0300-000002000000}" name="IN TERRA"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0300-000001000000}" name="Asfaltata"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0300-000002000000}" name="In terra"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{00000000-000C-0000-FFFF-FFFF04000000}" name="tabOpIdraulica" displayName="tabOpIdraulica" ref="G12:H16" totalsRowShown="0" dataDxfId="40">
-[...3 lines deleted...]
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0400-000002000000}" name="IN TERRA" dataDxfId="38"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{00000000-000C-0000-FFFF-FFFF05000000}" name="tabOpBis" displayName="tabOpBis" ref="J3:O9" totalsRowShown="0" headerRowDxfId="63" dataDxfId="62">
+  <autoFilter ref="J3:O9" xr:uid="{00000000-0009-0000-0100-000009000000}"/>
+  <tableColumns count="6">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0500-000001000000}" name="Opere di sostegno" dataDxfId="61"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0500-000002000000}" name="Sedime stradale" dataDxfId="60"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0500-000003000000}" name="Canali di scolo" dataDxfId="59"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0500-000004000000}" name="Attraversamenti" dataDxfId="58"/>
+    <tableColumn id="5" xr3:uid="{338D4D67-86CF-48B2-B07D-E60215DF0492}" name="Controripa" dataDxfId="57"/>
+    <tableColumn id="6" xr3:uid="{0F72772A-7687-4F91-9522-C4FF0F56C275}" name="Sottoscarpa" dataDxfId="56"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{00000000-000C-0000-FFFF-FFFF05000000}" name="tabOpIdraulicaBis" displayName="tabOpIdraulicaBis" ref="J3:P9" totalsRowShown="0" headerRowDxfId="37" dataDxfId="36">
-[...8 lines deleted...]
-    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0500-000007000000}" name=" " dataDxfId="29"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{00000000-000C-0000-FFFF-FFFF06000000}" name="tabClassificazione" displayName="tabClassificazione" ref="E10:E15" totalsRowShown="0" dataDxfId="55">
+  <autoFilter ref="E10:E15" xr:uid="{00000000-0009-0000-0100-00000B000000}"/>
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0600-000001000000}" name="Classificazione" dataDxfId="54"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{00000000-000C-0000-FFFF-FFFF06000000}" name="tabClassificazione" displayName="tabClassificazione" ref="E10:E15" totalsRowShown="0" dataDxfId="28">
-[...8 lines deleted...]
-<file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{00000000-000C-0000-FFFF-FFFF07000000}" name="tabTempi" displayName="tabTempi" ref="E19:E26" totalsRowShown="0">
   <autoFilter ref="E19:E26" xr:uid="{00000000-0009-0000-0100-00000C000000}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0700-000001000000}" name="Tempo"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{00000000-000C-0000-FFFF-FFFF08000000}" name="tabCosti" displayName="tabCosti" ref="E30:E37" totalsRowShown="0" dataDxfId="26">
+<file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{00000000-000C-0000-FFFF-FFFF08000000}" name="tabCosti" displayName="tabCosti" ref="E30:E37" totalsRowShown="0" dataDxfId="53">
   <autoFilter ref="E30:E37" xr:uid="{00000000-0009-0000-0100-00000D000000}"/>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0800-000001000000}" name="Costo" dataDxfId="25"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0800-000001000000}" name="Costo" dataDxfId="52"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="15" xr:uid="{00000000-000C-0000-FFFF-FFFF09000000}" name="tabCriticitaBis" displayName="tabCriticitaBis" ref="J15:O20" totalsRowShown="0" headerRowDxfId="51" dataDxfId="49" headerRowBorderDxfId="50" tableBorderDxfId="48">
+  <autoFilter ref="J15:O20" xr:uid="{00000000-0009-0000-0100-00000F000000}"/>
+  <tableColumns count="6">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0900-000001000000}" name="Opere di sostegno" dataDxfId="47"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0900-000002000000}" name="Sedime stradale" dataDxfId="46"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0900-000007000000}" name="Canali di scolo" dataDxfId="45"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0900-000003000000}" name="Attraversamenti" dataDxfId="44"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0900-000004000000}" name="Controripa" dataDxfId="43"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0900-000005000000}" name="Sottoscarpa" dataDxfId="42"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -3464,2376 +3460,2282 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\RACCOLTA%20SCHEDE\NUOVE%20RICHIESTE\CHAMPDEPRAZ\SCHEDA%203\ART%2036.jpg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\ATTIVITA%202019\Luca\Desktop\GESTIONE%20CRITICITA%20IDRAULICHE\ORTOFOTO\CRITICITA%201%20O.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\RACCOLTA%20SCHEDE\NUOVE%20RICHIESTE\SAINT%20CHRISTOPHE\art%2035.jpg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\ATTIVITA%202019\Luca\Desktop\GESTIONE%20CRITICITA%20IDRAULICHE\ESONDAZIONI\CRTITICITA%201.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\ATTIVITA%202019\Luca\Desktop\GESTIONE%20CRITICITA%20IDRAULICHE\FRANE\CRITICITA%201%20F.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\RACCOLTA%20SCHEDE\NUOVE%20RICHIESTE\SAINT%20CHRISTOPHE\catasto.jpg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\RACCOLTA%20SCHEDE\NUOVE%20RICHIESTE\SAINT%20CHRISTOPHE\foto%20aerea%202018.jpg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\ATTIVITA%202019\Luca\Desktop\GESTIONE%20CRITICITA%20IDRAULICHE\ORTOFOTO\CRITICITA%201%20O.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\rvafso\assarncf\AF_TSI\VALUTAZIONE%20RICHIESTE%20AM%20COM%20CMF%20RETE%20IDRAULICA%20MINORE\RACCOLTA%20SCHEDE\NUOVE%20RICHIESTE\SAINT%20CHRISTOPHE\corografia.jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O72"/>
+  <dimension ref="A1:O70"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H20" sqref="H20"/>
+      <selection activeCell="I18" sqref="I18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.28515625" style="88"/>
-[...14 lines deleted...]
-    <col min="16" max="16384" width="9.28515625" style="10"/>
+    <col min="1" max="1" width="9.28515625" style="79"/>
+    <col min="2" max="2" width="20.5703125" style="9" customWidth="1"/>
+    <col min="3" max="3" width="51.42578125" style="9" customWidth="1"/>
+    <col min="4" max="4" width="31" style="9" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="40.5703125" style="9" customWidth="1"/>
+    <col min="6" max="6" width="37" style="9" customWidth="1"/>
+    <col min="7" max="7" width="6.7109375" style="79" customWidth="1"/>
+    <col min="8" max="8" width="22.28515625" style="9" customWidth="1"/>
+    <col min="9" max="9" width="39.140625" style="9" customWidth="1"/>
+    <col min="10" max="10" width="27.85546875" style="9" customWidth="1"/>
+    <col min="11" max="11" width="37.7109375" style="9" customWidth="1"/>
+    <col min="12" max="12" width="32" style="9" customWidth="1"/>
+    <col min="13" max="13" width="30.140625" style="9" customWidth="1"/>
+    <col min="14" max="14" width="40.140625" style="9" customWidth="1"/>
+    <col min="15" max="15" width="30.140625" style="9" customWidth="1"/>
+    <col min="16" max="16384" width="9.28515625" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="37" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="C1" s="38" t="s">
+    <row r="1" spans="1:9" s="28" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="78"/>
+      <c r="B1" s="29" t="s">
+        <v>139</v>
+      </c>
+      <c r="C1" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="38" t="s">
-[...8 lines deleted...]
-      <c r="G1" s="87"/>
+      <c r="D1" s="29" t="s">
+        <v>138</v>
+      </c>
+      <c r="E1" s="29" t="s">
+        <v>132</v>
+      </c>
+      <c r="F1" s="29" t="s">
+        <v>140</v>
+      </c>
+      <c r="G1" s="78"/>
     </row>
     <row r="2" spans="1:9" ht="50.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="40" t="str">
+      <c r="B2" s="30" t="s">
+        <v>164</v>
+      </c>
+      <c r="C2" s="31" t="str">
         <f>D8</f>
         <v>Allein</v>
       </c>
-      <c r="D2" s="41">
+      <c r="D2" s="32">
         <f>D9</f>
         <v>0</v>
       </c>
-      <c r="E2" s="42">
-        <f>B58</f>
+      <c r="E2" s="33">
+        <f>B59</f>
+        <v>0.25</v>
+      </c>
+      <c r="F2" s="34">
+        <f>D55</f>
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="69"/>
+      <c r="C3" s="69"/>
+      <c r="D3" s="69"/>
+      <c r="E3" s="69"/>
+      <c r="F3" s="69"/>
+    </row>
+    <row r="4" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="126" t="s">
+        <v>119</v>
+      </c>
+      <c r="C4" s="35" t="s">
+        <v>120</v>
+      </c>
+      <c r="D4" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="E4" s="69"/>
+      <c r="F4" s="69"/>
+    </row>
+    <row r="5" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="127"/>
+      <c r="C5" s="37" t="s">
+        <v>129</v>
+      </c>
+      <c r="D5" s="38" t="s">
+        <v>164</v>
+      </c>
+      <c r="E5" s="70"/>
+      <c r="F5" s="70"/>
+    </row>
+    <row r="6" spans="1:9" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="128"/>
+      <c r="C6" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="D6" s="40" t="s">
+        <v>164</v>
+      </c>
+      <c r="E6" s="70"/>
+      <c r="F6" s="70"/>
+    </row>
+    <row r="7" spans="1:9" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="69"/>
+      <c r="C7" s="72"/>
+      <c r="D7" s="70"/>
+      <c r="E7" s="70"/>
+      <c r="F7" s="70"/>
+    </row>
+    <row r="8" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="126" t="s">
+        <v>113</v>
+      </c>
+      <c r="C8" s="35" t="s">
         <v>0</v>
       </c>
-      <c r="F2" s="43">
-        <f>D54</f>
+      <c r="D8" s="41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="71"/>
+      <c r="F8" s="71"/>
+    </row>
+    <row r="9" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B9" s="127"/>
+      <c r="C9" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="93"/>
+      <c r="E9" s="71"/>
+      <c r="F9" s="71"/>
+    </row>
+    <row r="10" spans="1:9" ht="17.25" x14ac:dyDescent="0.3">
+      <c r="B10" s="127"/>
+      <c r="C10" s="37" t="s">
+        <v>167</v>
+      </c>
+      <c r="D10" s="94" t="s">
+        <v>164</v>
+      </c>
+      <c r="E10" s="71"/>
+      <c r="F10" s="71"/>
+    </row>
+    <row r="11" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="127"/>
+      <c r="C11" s="37" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="38" t="s">
+        <v>164</v>
+      </c>
+      <c r="E11" s="71"/>
+      <c r="F11" s="71"/>
+    </row>
+    <row r="12" spans="1:9" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="127"/>
+      <c r="C12" s="37" t="s">
+        <v>3</v>
+      </c>
+      <c r="D12" s="42" t="s">
+        <v>164</v>
+      </c>
+      <c r="E12" s="71"/>
+      <c r="F12" s="71"/>
+    </row>
+    <row r="13" spans="1:9" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="128"/>
+      <c r="C13" s="39" t="s">
+        <v>5</v>
+      </c>
+      <c r="D13" s="43" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" s="71"/>
+      <c r="F13" s="71"/>
+    </row>
+    <row r="14" spans="1:9" s="19" customFormat="1" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="79"/>
+      <c r="B14" s="73"/>
+      <c r="C14" s="74"/>
+      <c r="D14" s="71"/>
+      <c r="E14" s="70"/>
+      <c r="F14" s="70"/>
+      <c r="G14" s="79"/>
+      <c r="H14" s="9"/>
+      <c r="I14" s="9"/>
+    </row>
+    <row r="15" spans="1:9" s="19" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="79"/>
+      <c r="B15" s="126" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" s="139" t="s">
+        <v>142</v>
+      </c>
+      <c r="D15" s="44" t="s">
+        <v>164</v>
+      </c>
+      <c r="E15" s="45" t="s">
+        <v>136</v>
+      </c>
+      <c r="F15" s="70"/>
+      <c r="G15" s="79"/>
+      <c r="H15" s="9"/>
+      <c r="I15" s="9"/>
+    </row>
+    <row r="16" spans="1:9" s="19" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="79"/>
+      <c r="B16" s="127"/>
+      <c r="C16" s="140"/>
+      <c r="D16" s="46" t="s">
+        <v>164</v>
+      </c>
+      <c r="E16" s="47" t="s">
+        <v>163</v>
+      </c>
+      <c r="F16" s="70"/>
+      <c r="G16" s="79"/>
+      <c r="H16" s="9"/>
+      <c r="I16" s="9"/>
+    </row>
+    <row r="17" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="127"/>
+      <c r="C17" s="37" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" s="141" t="s">
+        <v>164</v>
+      </c>
+      <c r="E17" s="142"/>
+      <c r="F17" s="70"/>
+    </row>
+    <row r="18" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="127"/>
+      <c r="C18" s="37" t="s">
+        <v>4</v>
+      </c>
+      <c r="D18" s="143" t="s">
+        <v>164</v>
+      </c>
+      <c r="E18" s="144"/>
+      <c r="F18" s="70"/>
+    </row>
+    <row r="19" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="127"/>
+      <c r="C19" s="37" t="s">
+        <v>161</v>
+      </c>
+      <c r="D19" s="143" t="s">
+        <v>164</v>
+      </c>
+      <c r="E19" s="144"/>
+      <c r="F19" s="70"/>
+    </row>
+    <row r="20" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="127"/>
+      <c r="C20" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" s="137" t="s">
+        <v>164</v>
+      </c>
+      <c r="E20" s="138"/>
+      <c r="F20" s="70"/>
+    </row>
+    <row r="21" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="127"/>
+      <c r="C21" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" s="137"/>
+      <c r="E21" s="138"/>
+      <c r="F21" s="70"/>
+    </row>
+    <row r="22" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="127"/>
+      <c r="C22" s="37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" s="124" t="s">
+        <v>164</v>
+      </c>
+      <c r="E22" s="125"/>
+      <c r="F22" s="70"/>
+    </row>
+    <row r="23" spans="2:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="128"/>
+      <c r="C23" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="D23" s="145"/>
+      <c r="E23" s="146"/>
+      <c r="F23" s="70"/>
+    </row>
+    <row r="24" spans="2:6" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="75"/>
+      <c r="C24" s="72"/>
+      <c r="D24" s="70"/>
+      <c r="E24" s="70"/>
+      <c r="F24" s="70"/>
+    </row>
+    <row r="25" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="156" t="s">
+        <v>165</v>
+      </c>
+      <c r="C25" s="35" t="s">
+        <v>6</v>
+      </c>
+      <c r="D25" s="48" t="s">
+        <v>174</v>
+      </c>
+      <c r="E25" s="81"/>
+      <c r="F25" s="151"/>
+    </row>
+    <row r="26" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="157"/>
+      <c r="C26" s="37" t="s">
+        <v>173</v>
+      </c>
+      <c r="D26" s="49" t="str">
+        <f>D25</f>
+        <v>In terra</v>
+      </c>
+      <c r="E26" s="50" t="s">
+        <v>181</v>
+      </c>
+      <c r="F26" s="152"/>
+    </row>
+    <row r="27" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="157"/>
+      <c r="C27" s="37" t="s">
+        <v>175</v>
+      </c>
+      <c r="D27" s="49" t="str">
+        <f>D26</f>
+        <v>In terra</v>
+      </c>
+      <c r="E27" s="50" t="s">
+        <v>218</v>
+      </c>
+      <c r="F27" s="51" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="157"/>
+      <c r="C28" s="92" t="s">
+        <v>124</v>
+      </c>
+      <c r="D28" s="129" t="s">
+        <v>164</v>
+      </c>
+      <c r="E28" s="129"/>
+      <c r="F28" s="130"/>
+    </row>
+    <row r="29" spans="2:6" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="157"/>
+      <c r="C29" s="175" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" s="131" t="s">
+        <v>164</v>
+      </c>
+      <c r="E29" s="132"/>
+      <c r="F29" s="133"/>
+    </row>
+    <row r="30" spans="2:6" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="157"/>
+      <c r="C30" s="175"/>
+      <c r="D30" s="134"/>
+      <c r="E30" s="135"/>
+      <c r="F30" s="136"/>
+    </row>
+    <row r="31" spans="2:6" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="157"/>
+      <c r="C31" s="115" t="s">
+        <v>241</v>
+      </c>
+      <c r="D31" s="118" t="str">
+        <f>IF(MAXA(D33:D37)=D33,C33,IF(MAXA(D33:D37)=D34,C34,IF(MAXA(D33:D37)=D35,C35,IF(MAXA(D33:D37)=D36,C36,C37))))</f>
+        <v>Accesso aziende permanenti</v>
+      </c>
+      <c r="E31" s="116"/>
+      <c r="F31" s="117"/>
+    </row>
+    <row r="32" spans="2:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="157"/>
+      <c r="C32" s="52" t="s">
+        <v>159</v>
+      </c>
+      <c r="D32" s="53">
+        <v>1</v>
+      </c>
+      <c r="E32" s="188"/>
+      <c r="F32" s="189"/>
+    </row>
+    <row r="33" spans="1:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="157"/>
+      <c r="C33" s="54" t="s">
+        <v>213</v>
+      </c>
+      <c r="D33" s="55">
+        <v>0.5</v>
+      </c>
+      <c r="E33" s="188"/>
+      <c r="F33" s="189"/>
+    </row>
+    <row r="34" spans="1:15" s="20" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="80"/>
+      <c r="B34" s="157"/>
+      <c r="C34" s="37" t="s">
+        <v>214</v>
+      </c>
+      <c r="D34" s="56">
+        <v>0.3</v>
+      </c>
+      <c r="E34" s="188"/>
+      <c r="F34" s="189"/>
+      <c r="G34" s="80"/>
+    </row>
+    <row r="35" spans="1:15" s="20" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="80"/>
+      <c r="B35" s="157"/>
+      <c r="C35" s="37" t="s">
+        <v>215</v>
+      </c>
+      <c r="D35" s="57">
+        <v>0.2</v>
+      </c>
+      <c r="E35" s="188"/>
+      <c r="F35" s="189"/>
+      <c r="G35" s="80"/>
+    </row>
+    <row r="36" spans="1:15" s="20" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="80"/>
+      <c r="B36" s="157"/>
+      <c r="C36" s="58" t="s">
+        <v>216</v>
+      </c>
+      <c r="D36" s="55">
+        <v>0</v>
+      </c>
+      <c r="E36" s="188"/>
+      <c r="F36" s="189"/>
+      <c r="G36" s="80"/>
+    </row>
+    <row r="37" spans="1:15" s="20" customFormat="1" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="80"/>
+      <c r="B37" s="158"/>
+      <c r="C37" s="59" t="s">
+        <v>217</v>
+      </c>
+      <c r="D37" s="60">
+        <v>0</v>
+      </c>
+      <c r="E37" s="190"/>
+      <c r="F37" s="181"/>
+      <c r="G37" s="80"/>
+    </row>
+    <row r="38" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="76"/>
+      <c r="C38" s="72"/>
+      <c r="D38" s="70"/>
+      <c r="E38" s="70"/>
+      <c r="F38" s="70"/>
+    </row>
+    <row r="39" spans="1:15" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="122" t="s">
+        <v>126</v>
+      </c>
+      <c r="C39" s="85" t="s">
+        <v>6</v>
+      </c>
+      <c r="D39" s="61" t="str">
+        <f>D25</f>
+        <v>In terra</v>
+      </c>
+      <c r="E39" s="62" t="str">
+        <f>E27</f>
+        <v>Opere di sostegno</v>
+      </c>
+      <c r="F39" s="63" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" ht="116.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="123"/>
+      <c r="C40" s="87" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="165" t="s">
+        <v>164</v>
+      </c>
+      <c r="E40" s="166"/>
+      <c r="F40" s="167"/>
+    </row>
+    <row r="41" spans="1:15" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B41" s="162"/>
+      <c r="C41" s="86" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="84">
+        <v>0</v>
+      </c>
+      <c r="E41" s="163"/>
+      <c r="F41" s="164"/>
+    </row>
+    <row r="42" spans="1:15" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="69"/>
+      <c r="C42" s="72"/>
+      <c r="D42" s="70"/>
+      <c r="E42" s="70"/>
+      <c r="F42" s="70"/>
+    </row>
+    <row r="43" spans="1:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="122" t="s">
+        <v>143</v>
+      </c>
+      <c r="C43" s="102" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" s="103">
+        <v>0</v>
+      </c>
+      <c r="E43" s="182"/>
+      <c r="F43" s="183"/>
+    </row>
+    <row r="44" spans="1:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="123"/>
+      <c r="C44" s="104" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" s="105">
+        <v>0</v>
+      </c>
+      <c r="E44" s="184"/>
+      <c r="F44" s="185"/>
+    </row>
+    <row r="45" spans="1:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="123"/>
+      <c r="C45" s="104" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" s="105">
+        <v>0</v>
+      </c>
+      <c r="E45" s="184"/>
+      <c r="F45" s="185"/>
+    </row>
+    <row r="46" spans="1:15" ht="17.25" x14ac:dyDescent="0.3">
+      <c r="B46" s="123"/>
+      <c r="C46" s="106" t="s">
+        <v>176</v>
+      </c>
+      <c r="D46" s="105">
+        <v>0</v>
+      </c>
+      <c r="E46" s="186"/>
+      <c r="F46" s="187"/>
+    </row>
+    <row r="47" spans="1:15" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B47" s="76"/>
+      <c r="C47" s="72"/>
+      <c r="D47" s="70"/>
+      <c r="E47" s="70"/>
+      <c r="F47" s="70"/>
+    </row>
+    <row r="48" spans="1:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B48" s="122" t="s">
+        <v>162</v>
+      </c>
+      <c r="C48" s="99" t="s">
+        <v>169</v>
+      </c>
+      <c r="D48" s="64">
+        <v>0.3</v>
+      </c>
+      <c r="E48" s="176"/>
+      <c r="F48" s="177"/>
+      <c r="I48" s="10"/>
+      <c r="J48" s="10"/>
+      <c r="K48" s="10"/>
+      <c r="L48" s="10"/>
+      <c r="M48" s="10"/>
+      <c r="N48" s="10"/>
+      <c r="O48" s="10"/>
+    </row>
+    <row r="49" spans="2:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="123"/>
+      <c r="C49" s="100" t="s">
+        <v>170</v>
+      </c>
+      <c r="D49" s="55">
+        <v>0.2</v>
+      </c>
+      <c r="E49" s="178"/>
+      <c r="F49" s="179"/>
+      <c r="I49" s="10"/>
+      <c r="J49" s="10"/>
+      <c r="K49" s="10"/>
+      <c r="L49" s="10"/>
+      <c r="M49" s="10"/>
+      <c r="N49" s="10"/>
+      <c r="O49" s="10"/>
+    </row>
+    <row r="50" spans="2:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B50" s="123"/>
+      <c r="C50" s="99" t="s">
+        <v>171</v>
+      </c>
+      <c r="D50" s="55">
+        <v>0</v>
+      </c>
+      <c r="E50" s="178"/>
+      <c r="F50" s="179"/>
+      <c r="I50" s="21"/>
+      <c r="J50" s="10"/>
+      <c r="K50" s="10"/>
+      <c r="L50" s="10"/>
+      <c r="M50" s="10"/>
+      <c r="N50" s="10"/>
+      <c r="O50" s="10"/>
+    </row>
+    <row r="51" spans="2:15" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="162"/>
+      <c r="C51" s="99" t="s">
+        <v>172</v>
+      </c>
+      <c r="D51" s="65">
+        <v>0.4</v>
+      </c>
+      <c r="E51" s="180"/>
+      <c r="F51" s="181"/>
+      <c r="G51" s="82"/>
+      <c r="I51" s="21"/>
+      <c r="J51" s="10"/>
+      <c r="K51" s="10"/>
+      <c r="L51" s="10"/>
+      <c r="M51" s="10"/>
+      <c r="N51" s="10"/>
+      <c r="O51" s="10"/>
+    </row>
+    <row r="52" spans="2:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="76"/>
+      <c r="C52" s="72"/>
+      <c r="D52" s="70"/>
+      <c r="E52" s="77"/>
+      <c r="F52" s="77"/>
+      <c r="G52" s="82"/>
+      <c r="H52" s="22"/>
+      <c r="I52" s="21"/>
+      <c r="J52" s="10"/>
+      <c r="K52" s="10"/>
+      <c r="L52" s="10"/>
+      <c r="M52" s="10"/>
+      <c r="N52" s="10"/>
+      <c r="O52" s="10"/>
+    </row>
+    <row r="53" spans="2:15" ht="68.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="153" t="s">
+        <v>88</v>
+      </c>
+      <c r="C53" s="91" t="s">
+        <v>7</v>
+      </c>
+      <c r="D53" s="159" t="s">
+        <v>164</v>
+      </c>
+      <c r="E53" s="160"/>
+      <c r="F53" s="161"/>
+      <c r="I53" s="21"/>
+      <c r="J53" s="10"/>
+      <c r="K53" s="10"/>
+      <c r="L53" s="10"/>
+      <c r="M53" s="10"/>
+      <c r="N53" s="10"/>
+      <c r="O53" s="10"/>
+    </row>
+    <row r="54" spans="2:15" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B54" s="154"/>
+      <c r="C54" s="89" t="s">
+        <v>160</v>
+      </c>
+      <c r="D54" s="88" t="s">
+        <v>100</v>
+      </c>
+      <c r="E54" s="171"/>
+      <c r="F54" s="172"/>
+      <c r="I54" s="21"/>
+      <c r="J54" s="10"/>
+      <c r="K54" s="10"/>
+      <c r="L54" s="10"/>
+      <c r="M54" s="10"/>
+      <c r="N54" s="10"/>
+      <c r="O54" s="10"/>
+    </row>
+    <row r="55" spans="2:15" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B55" s="155"/>
+      <c r="C55" s="90" t="s">
+        <v>116</v>
+      </c>
+      <c r="D55" s="66">
         <v>50000</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="C5" s="46" t="s">
+      <c r="E55" s="173"/>
+      <c r="F55" s="174"/>
+      <c r="I55" s="10"/>
+      <c r="J55" s="10"/>
+      <c r="K55" s="10"/>
+      <c r="L55" s="10"/>
+      <c r="M55" s="10"/>
+      <c r="N55" s="10"/>
+      <c r="O55" s="10"/>
+    </row>
+    <row r="56" spans="2:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B56" s="69"/>
+      <c r="C56" s="69"/>
+      <c r="D56" s="69"/>
+      <c r="E56" s="69"/>
+      <c r="F56" s="69"/>
+      <c r="I56" s="10"/>
+      <c r="J56" s="10"/>
+      <c r="K56" s="10"/>
+      <c r="L56" s="10"/>
+      <c r="M56" s="10"/>
+      <c r="N56" s="10"/>
+      <c r="O56" s="10"/>
+    </row>
+    <row r="57" spans="2:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B57" s="168" t="s">
+        <v>141</v>
+      </c>
+      <c r="C57" s="169"/>
+      <c r="D57" s="169"/>
+      <c r="E57" s="169"/>
+      <c r="F57" s="170"/>
+      <c r="I57" s="10"/>
+      <c r="J57" s="10"/>
+      <c r="K57" s="10"/>
+      <c r="L57" s="10"/>
+      <c r="M57" s="10"/>
+      <c r="N57" s="10"/>
+      <c r="O57" s="10"/>
+    </row>
+    <row r="58" spans="2:15" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="149" t="s">
         <v>132</v>
       </c>
-      <c r="D5" s="47" t="s">
-[...27 lines deleted...]
-      <c r="C8" s="44" t="s">
+      <c r="C58" s="150"/>
+      <c r="D58" s="83" t="s">
+        <v>133</v>
+      </c>
+      <c r="E58" s="83" t="s">
+        <v>118</v>
+      </c>
+      <c r="F58" s="83" t="s">
+        <v>137</v>
+      </c>
+      <c r="I58" s="10"/>
+      <c r="J58" s="10"/>
+      <c r="K58" s="10"/>
+      <c r="L58" s="10"/>
+      <c r="M58" s="13"/>
+      <c r="N58" s="14"/>
+      <c r="O58" s="14"/>
+    </row>
+    <row r="59" spans="2:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B59" s="147" cm="1">
+        <f t="array" ref="B59">pesoReteStradale*pesoArea*pesoUsoStradalePrevalente*pesoCriticita*pesoFunResidua/384</f>
+        <v>0.25</v>
+      </c>
+      <c r="C59" s="148"/>
+      <c r="D59" s="67">
+        <f>(D43+D44+D45+D46)/16</f>
         <v>0</v>
       </c>
-      <c r="D8" s="50" t="s">
-[...571 lines deleted...]
-      <c r="D54" s="75">
+      <c r="E59" s="67">
+        <f>SUMPRODUCT(D48:D51, tabPesaturaValEspost[Peso])</f>
+        <v>0.26</v>
+      </c>
+      <c r="F59" s="68">
+        <f>D55</f>
         <v>50000</v>
       </c>
-      <c r="E54" s="146"/>
-[...110 lines deleted...]
-      <c r="O60" s="16"/>
+      <c r="I59" s="14"/>
+      <c r="J59" s="14"/>
+      <c r="K59" s="14"/>
+      <c r="L59" s="10"/>
+      <c r="M59" s="13"/>
+      <c r="N59" s="10"/>
+      <c r="O59" s="15"/>
+    </row>
+    <row r="60" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B60" s="24"/>
+      <c r="D60" s="25"/>
+      <c r="I60" s="10"/>
+      <c r="J60" s="10"/>
+      <c r="K60" s="14"/>
+      <c r="L60" s="10"/>
+      <c r="M60" s="14"/>
+      <c r="N60" s="10"/>
+      <c r="O60" s="10"/>
     </row>
     <row r="61" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="E61" s="28"/>
-[...6 lines deleted...]
-      <c r="O61" s="11"/>
+      <c r="I61" s="10"/>
+      <c r="J61" s="10"/>
+      <c r="K61" s="14"/>
+      <c r="L61" s="10"/>
+      <c r="M61" s="10"/>
+      <c r="N61" s="10"/>
+      <c r="O61" s="10"/>
     </row>
     <row r="62" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="B62" s="30"/>
-[...7 lines deleted...]
-      <c r="O62" s="11"/>
+      <c r="I62" s="10"/>
+      <c r="J62" s="10"/>
+      <c r="K62" s="10"/>
+      <c r="L62" s="10"/>
+      <c r="M62" s="10"/>
+      <c r="N62" s="10"/>
+      <c r="O62" s="10"/>
     </row>
     <row r="63" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="I63" s="11"/>
-[...5 lines deleted...]
-      <c r="O63" s="11"/>
+      <c r="I63" s="10"/>
+      <c r="J63" s="10"/>
+      <c r="K63" s="10"/>
+      <c r="L63" s="10"/>
+      <c r="M63" s="10"/>
+      <c r="N63" s="10"/>
+      <c r="O63" s="10"/>
     </row>
     <row r="64" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="I64" s="11"/>
-[...5 lines deleted...]
-      <c r="O64" s="11"/>
+      <c r="I64" s="10"/>
+      <c r="J64" s="10"/>
+      <c r="K64" s="10"/>
+      <c r="L64" s="10"/>
+      <c r="M64" s="10"/>
+      <c r="N64" s="10"/>
+      <c r="O64" s="10"/>
     </row>
     <row r="65" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="I65" s="11"/>
-[...5 lines deleted...]
-      <c r="O65" s="11"/>
+      <c r="I65" s="10"/>
+      <c r="J65" s="10"/>
+      <c r="K65" s="10"/>
+      <c r="L65" s="10"/>
+      <c r="M65" s="10"/>
+      <c r="N65" s="10"/>
+      <c r="O65" s="10"/>
     </row>
     <row r="66" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="I66" s="11"/>
-[...5 lines deleted...]
-      <c r="O66" s="11"/>
+      <c r="I66" s="10"/>
+      <c r="J66" s="10"/>
+      <c r="K66" s="10"/>
+      <c r="L66" s="10"/>
+      <c r="M66" s="10"/>
+      <c r="N66" s="10"/>
+      <c r="O66" s="10"/>
     </row>
     <row r="67" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="I67" s="11"/>
-[...5 lines deleted...]
-      <c r="O67" s="11"/>
+      <c r="B67" s="24"/>
+      <c r="D67" s="23"/>
     </row>
     <row r="68" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="I68" s="11"/>
-[...5 lines deleted...]
-      <c r="O68" s="11"/>
+      <c r="B68" s="24"/>
     </row>
     <row r="69" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="B69" s="30"/>
-      <c r="D69" s="29"/>
+      <c r="B69" s="24"/>
     </row>
     <row r="70" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="B70" s="30"/>
-[...5 lines deleted...]
-      <c r="B72" s="30"/>
+      <c r="B70" s="24"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="30">
-    <mergeCell ref="B42:B45"/>
+    <mergeCell ref="B59:C59"/>
+    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="F25:F26"/>
+    <mergeCell ref="B53:B55"/>
+    <mergeCell ref="B25:B37"/>
+    <mergeCell ref="D53:F53"/>
+    <mergeCell ref="B48:B51"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="D40:F40"/>
+    <mergeCell ref="B57:F57"/>
+    <mergeCell ref="E54:F55"/>
+    <mergeCell ref="B39:B41"/>
+    <mergeCell ref="C29:C30"/>
+    <mergeCell ref="E48:F51"/>
+    <mergeCell ref="E43:F46"/>
+    <mergeCell ref="E32:F37"/>
+    <mergeCell ref="B43:B46"/>
     <mergeCell ref="D22:E22"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="D28:F28"/>
     <mergeCell ref="D29:F30"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="C15:C16"/>
     <mergeCell ref="B15:B23"/>
     <mergeCell ref="B8:B13"/>
     <mergeCell ref="D17:E17"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="D21:E21"/>
     <mergeCell ref="D23:E23"/>
     <mergeCell ref="D19:E19"/>
-    <mergeCell ref="B58:C58"/>
-[...14 lines deleted...]
-    <mergeCell ref="E31:F36"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
-  <conditionalFormatting sqref="D47">
+  <conditionalFormatting sqref="D48">
     <cfRule type="dataBar" priority="77">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color rgb="FFFF7C80"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{80C14B38-A722-480C-A8CB-36F8E9B616EF}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D58">
+  <conditionalFormatting sqref="D59">
     <cfRule type="colorScale" priority="62">
       <colorScale>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="0.5"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
         <color theme="7" tint="0.59999389629810485"/>
         <color rgb="FFFF5050"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E58">
-    <cfRule type="cellIs" dxfId="66" priority="57" operator="between">
+  <conditionalFormatting sqref="E59">
+    <cfRule type="cellIs" dxfId="25" priority="57" operator="between">
       <formula>0.5</formula>
       <formula>1</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="65" priority="58" operator="between">
+    <cfRule type="cellIs" dxfId="24" priority="58" operator="between">
       <formula>0.2</formula>
       <formula>0.5</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="64" priority="59" operator="between">
+    <cfRule type="cellIs" dxfId="23" priority="59" operator="between">
       <formula>0.05</formula>
       <formula>0.2</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="63" priority="60" operator="between">
+    <cfRule type="cellIs" dxfId="22" priority="60" operator="between">
       <formula>0</formula>
       <formula>0.05</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F58">
-    <cfRule type="cellIs" dxfId="62" priority="53" operator="greaterThan">
+  <conditionalFormatting sqref="F59">
+    <cfRule type="cellIs" dxfId="21" priority="53" operator="greaterThan">
       <formula>70001</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="61" priority="54" operator="between">
+    <cfRule type="cellIs" dxfId="20" priority="54" operator="between">
       <formula>20001</formula>
       <formula>70000</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="60" priority="55" operator="between">
+    <cfRule type="cellIs" dxfId="19" priority="55" operator="between">
       <formula>1000</formula>
       <formula>20000</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E26">
-    <cfRule type="expression" dxfId="59" priority="48">
-      <formula>IF(ISERROR(VLOOKUP(E26, INDIRECT("tabRetIrriguo["&amp;D26&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
+    <cfRule type="expression" dxfId="18" priority="48">
+      <formula>IF(ISERROR(VLOOKUP(E26, INDIRECT("tabReteStradale["&amp;D26&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E27">
-    <cfRule type="expression" dxfId="58" priority="46">
-      <formula>IF(ISERROR(VLOOKUP(E27, INDIRECT("tabOpIdraulica["&amp;D27&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
+    <cfRule type="expression" dxfId="17" priority="46">
+      <formula>IF(ISERROR(VLOOKUP(E27, INDIRECT("tabTipoOpere[tipo]"), 1,FALSE)),TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F27">
-    <cfRule type="expression" dxfId="57" priority="45">
-      <formula>IF(ISERROR(VLOOKUP(F27, INDIRECT("tabOpIdraulicaBis["&amp;E27&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
+    <cfRule type="expression" dxfId="16" priority="45">
+      <formula>IF(ISERROR(VLOOKUP(F27, INDIRECT("tabOpBis["&amp;E27&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F38">
-[...1 lines deleted...]
-      <formula>IF(ISERROR(VLOOKUP(F38, INDIRECT("tabCriticitaBis["&amp;E38&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
+  <conditionalFormatting sqref="F39">
+    <cfRule type="expression" dxfId="15" priority="44">
+      <formula>IF(ISERROR(VLOOKUP(F39, INDIRECT("tabCriticitaBis["&amp;E39&amp;"]"), 1,FALSE)),TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E2">
-    <cfRule type="cellIs" dxfId="55" priority="36" operator="between">
+    <cfRule type="cellIs" dxfId="14" priority="36" operator="between">
       <formula>0.6</formula>
       <formula>1</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="54" priority="37" operator="between">
+    <cfRule type="cellIs" dxfId="13" priority="37" operator="between">
       <formula>0.2</formula>
       <formula>0.6</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="53" priority="38" operator="between">
+    <cfRule type="cellIs" dxfId="12" priority="38" operator="between">
       <formula>0.05</formula>
       <formula>0.2</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="52" priority="39" operator="between">
+    <cfRule type="cellIs" dxfId="11" priority="39" operator="between">
       <formula>0</formula>
       <formula>0.05</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F2">
-    <cfRule type="cellIs" dxfId="51" priority="33" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="10" priority="33" operator="greaterThan">
       <formula>70001</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="50" priority="34" operator="between">
+    <cfRule type="cellIs" dxfId="9" priority="34" operator="between">
       <formula>20001</formula>
       <formula>70000</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="49" priority="35" operator="between">
+    <cfRule type="cellIs" dxfId="8" priority="35" operator="between">
       <formula>1000</formula>
       <formula>20000</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D40">
+  <conditionalFormatting sqref="D41">
     <cfRule type="dataBar" priority="32">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{6F705226-F85A-42B8-B99C-46C75F131213}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D32">
+  <conditionalFormatting sqref="D33">
     <cfRule type="dataBar" priority="31">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{5D8C12DA-AFA4-4E66-91B8-B085D98D3436}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D33">
+  <conditionalFormatting sqref="D34">
     <cfRule type="dataBar" priority="26">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{4E797487-9D3D-405B-B466-BD503AB7120B}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D34">
+  <conditionalFormatting sqref="D35">
     <cfRule type="dataBar" priority="25">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{E1BCB720-A044-4270-A5EC-43C6F5E6C83C}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D35">
+  <conditionalFormatting sqref="D36">
     <cfRule type="dataBar" priority="24">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{0CC0C3A9-75DA-442D-958D-A7C49F3AA553}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D36">
+  <conditionalFormatting sqref="D37">
     <cfRule type="dataBar" priority="23">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color theme="9" tint="0.39997558519241921"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{FFFB9745-9D2E-4B27-B1CE-6FA9ACA4AB47}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D48">
+  <conditionalFormatting sqref="D49">
     <cfRule type="dataBar" priority="19">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color rgb="FFFF7C80"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{F92467B9-D780-4D18-BD06-4FFAF1482F1F}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D49">
+  <conditionalFormatting sqref="D50">
     <cfRule type="dataBar" priority="18">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color rgb="FFFF7C80"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{BFC84D63-7E88-438F-9701-FC8966DD03B7}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D50">
+  <conditionalFormatting sqref="D51">
     <cfRule type="dataBar" priority="17">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="1"/>
         <color rgb="FFFF7C80"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{F96E1B41-6E79-4872-AE3D-3446402ED1D9}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D42">
-    <cfRule type="cellIs" dxfId="48" priority="15" operator="equal">
+  <conditionalFormatting sqref="D43">
+    <cfRule type="cellIs" dxfId="7" priority="15" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="colorScale" priority="16">
       <colorScale>
         <cfvo type="num" val="1"/>
         <cfvo type="num" val="2"/>
         <cfvo type="num" val="4"/>
         <color theme="9" tint="0.39997558519241921"/>
         <color theme="7" tint="0.59999389629810485"/>
         <color rgb="FFFF5050"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D43">
-    <cfRule type="cellIs" dxfId="47" priority="13" operator="equal">
+  <conditionalFormatting sqref="D44">
+    <cfRule type="cellIs" dxfId="6" priority="13" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="colorScale" priority="14">
       <colorScale>
         <cfvo type="num" val="1"/>
         <cfvo type="num" val="2"/>
         <cfvo type="num" val="4"/>
         <color theme="9" tint="0.39997558519241921"/>
         <color theme="7" tint="0.59999389629810485"/>
         <color rgb="FFFF5050"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D44">
-    <cfRule type="cellIs" dxfId="46" priority="11" operator="equal">
+  <conditionalFormatting sqref="D45">
+    <cfRule type="cellIs" dxfId="5" priority="11" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="colorScale" priority="12">
       <colorScale>
         <cfvo type="num" val="1"/>
         <cfvo type="num" val="2"/>
         <cfvo type="num" val="4"/>
         <color theme="9" tint="0.39997558519241921"/>
         <color theme="7" tint="0.59999389629810485"/>
         <color rgb="FFFF5050"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D45">
-    <cfRule type="cellIs" dxfId="45" priority="9" operator="equal">
+  <conditionalFormatting sqref="D46">
+    <cfRule type="cellIs" dxfId="4" priority="9" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="colorScale" priority="10">
       <colorScale>
         <cfvo type="num" val="1"/>
         <cfvo type="num" val="2"/>
         <cfvo type="num" val="4"/>
         <color theme="9" tint="0.39997558519241921"/>
         <color theme="7" tint="0.59999389629810485"/>
         <color rgb="FFFF5050"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B58">
-    <cfRule type="cellIs" dxfId="44" priority="1" operator="between">
+  <conditionalFormatting sqref="B59">
+    <cfRule type="cellIs" dxfId="3" priority="1" operator="between">
       <formula>0.6</formula>
       <formula>1</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="43" priority="2" operator="between">
+    <cfRule type="cellIs" dxfId="2" priority="2" operator="between">
       <formula>0.2</formula>
       <formula>0.6</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="42" priority="3" operator="between">
+    <cfRule type="cellIs" dxfId="1" priority="3" operator="between">
       <formula>0.05</formula>
       <formula>0.2</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="41" priority="4" operator="between">
+    <cfRule type="cellIs" dxfId="0" priority="4" operator="between">
       <formula>0</formula>
       <formula>0.05</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="14">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D8" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>INDIRECT("tabComuni[Comuni]")</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D25" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>INDIRECT("tabTipologia[Tipologia]")</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E26" xr:uid="{00000000-0002-0000-0000-000002000000}">
-      <formula1>INDIRECT("tabRetIrriguo["&amp;D26&amp;"]")</formula1>
+      <formula1>INDIRECT("tabReteStradale["&amp;D26&amp;"]")</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E27" xr:uid="{00000000-0002-0000-0000-000003000000}">
-      <formula1>INDIRECT("tabOpIdraulica["&amp;D27&amp;"]")</formula1>
+      <formula1>INDIRECT("tabTipoOpere[tipo]")</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F27" xr:uid="{00000000-0002-0000-0000-000004000000}">
-      <formula1>INDIRECT("tabOpIdraulicaBis["&amp;E27&amp;"]")</formula1>
+      <formula1>INDIRECT("tabOpBis["&amp;E27&amp;"]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D42:D45" xr:uid="{A1D4FB77-A07F-492D-8E01-B09E01ED719E}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D43:D46" xr:uid="{A1D4FB77-A07F-492D-8E01-B09E01ED719E}">
       <formula1>INDIRECT("tabClassificazione[Classificazione]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D53" xr:uid="{00000000-0002-0000-0000-000006000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D54" xr:uid="{00000000-0002-0000-0000-000006000000}">
       <formula1>INDIRECT("tabTempi[Tempo]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D54" xr:uid="{00000000-0002-0000-0000-000007000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D55" xr:uid="{00000000-0002-0000-0000-000007000000}">
       <formula1>INDIRECT("tabCosti[Costo]")</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="E38" xr:uid="{00000000-0002-0000-0000-000008000000}"/>
-[...1 lines deleted...]
-      <formula1>INDIRECT("tabCriticitaBis["&amp;E38&amp;"]")</formula1>
+    <dataValidation allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="E39" xr:uid="{00000000-0002-0000-0000-000008000000}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F39" xr:uid="{00000000-0002-0000-0000-000009000000}">
+      <formula1>INDIRECT("tabCriticitaBis["&amp;E39&amp;"]")</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D13" xr:uid="{00000000-0002-0000-0000-00000A000000}">
       <formula1>INDIRECT("tabAccessibilita[Accessibilita]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D32:D36 D40 D47:D50" xr:uid="{00000000-0002-0000-0000-00000B000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D33:D37 D41 D48:D51" xr:uid="{00000000-0002-0000-0000-00000B000000}">
       <formula1>INDIRECT("tabAreeUrbane[Percentuale]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D31" xr:uid="{00000000-0002-0000-0000-00000C000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D32" xr:uid="{00000000-0002-0000-0000-00000C000000}">
       <formula1>INDIRECT("tabEttari[Ettari]")</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="D38 D26:D27" xr:uid="{00000000-0002-0000-0000-00000D000000}">
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="D39 D26:D27" xr:uid="{00000000-0002-0000-0000-00000D000000}">
       <formula1>INDIRECT("tabTipologia[Tipologia]")</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="D20" r:id="rId1" display="FRANE\CRITICITA 1 F.docx" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="D22" r:id="rId2" display="ESONDAZIONI\CRTITICITA 1.docx" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="D18" r:id="rId3" display="ORTOFOTO\CRITICITA 1 O.docx" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="D19" r:id="rId4" display="ORTOFOTO\CRITICITA 1 O.docx" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="D18:E18" r:id="rId5" display="foto aerea 2018" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="D19:E19" r:id="rId6" display=" " xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="D20:E20" r:id="rId7" display="art 35" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="D22:E22" r:id="rId8" display="6 - Terreni a rischio esondazione.doc" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="D17:E17" r:id="rId9" display=" " xr:uid="{00000000-0004-0000-0000-000008000000}"/>
   </hyperlinks>
   <pageMargins left="0.62992125984251968" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="44" orientation="portrait" r:id="rId10"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{80C14B38-A722-480C-A8CB-36F8E9B616EF}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D47</xm:sqref>
+          <xm:sqref>D48</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{6F705226-F85A-42B8-B99C-46C75F131213}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D40</xm:sqref>
+          <xm:sqref>D41</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{5D8C12DA-AFA4-4E66-91B8-B085D98D3436}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D32</xm:sqref>
+          <xm:sqref>D33</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{4E797487-9D3D-405B-B466-BD503AB7120B}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D33</xm:sqref>
+          <xm:sqref>D34</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{E1BCB720-A044-4270-A5EC-43C6F5E6C83C}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D34</xm:sqref>
+          <xm:sqref>D35</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{0CC0C3A9-75DA-442D-958D-A7C49F3AA553}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D35</xm:sqref>
+          <xm:sqref>D36</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{FFFB9745-9D2E-4B27-B1CE-6FA9ACA4AB47}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D36</xm:sqref>
+          <xm:sqref>D37</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{F92467B9-D780-4D18-BD06-4FFAF1482F1F}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D48</xm:sqref>
+          <xm:sqref>D49</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{BFC84D63-7E88-438F-9701-FC8966DD03B7}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D49</xm:sqref>
+          <xm:sqref>D50</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{F96E1B41-6E79-4872-AE3D-3446402ED1D9}">
             <x14:dataBar minLength="0" maxLength="100" gradient="0" direction="leftToRight">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>D50</xm:sqref>
+          <xm:sqref>D51</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="iconSet" priority="81" id="{00000000-000E-0000-0000-000004000000}">
             <x14:iconSet iconSet="4TrafficLights" custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>25</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>50</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>75</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="5Quarters" iconId="0"/>
               <x14:cfIcon iconSet="3TrafficLights1" iconId="2"/>
               <x14:cfIcon iconSet="3TrafficLights1" iconId="1"/>
               <x14:cfIcon iconSet="4RedToBlack" iconId="3"/>
             </x14:iconSet>
           </x14:cfRule>
-          <xm:sqref>S91</xm:sqref>
+          <xm:sqref>S89</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P76"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B37" sqref="B37"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E41" sqref="E41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.5703125" customWidth="1"/>
     <col min="3" max="3" width="23.5703125" customWidth="1"/>
     <col min="5" max="5" width="27.28515625" customWidth="1"/>
     <col min="7" max="7" width="38.28515625" customWidth="1"/>
-    <col min="8" max="8" width="26.28515625" customWidth="1"/>
+    <col min="8" max="8" width="29.28515625" customWidth="1"/>
     <col min="10" max="10" width="30.42578125" customWidth="1"/>
     <col min="11" max="11" width="40.140625" customWidth="1"/>
     <col min="12" max="12" width="28.7109375" customWidth="1"/>
     <col min="13" max="13" width="34.85546875" customWidth="1"/>
     <col min="14" max="14" width="36.7109375" customWidth="1"/>
     <col min="15" max="15" width="28.28515625" customWidth="1"/>
     <col min="16" max="16" width="36.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C1" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="E1" t="s">
-        <v>254</v>
+        <v>184</v>
       </c>
       <c r="G1" t="s">
-        <v>255</v>
-[...5 lines deleted...]
-    <row r="2" spans="1:16" ht="14.45" x14ac:dyDescent="0.3">
+        <v>185</v>
+      </c>
+      <c r="J1" s="6" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>87</v>
       </c>
       <c r="C2" t="s">
         <v>89</v>
       </c>
-      <c r="E2" s="17" t="s">
+      <c r="E2" s="16" t="s">
         <v>91</v>
       </c>
-      <c r="G2" s="187" t="s">
-[...13 lines deleted...]
-    <row r="3" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="G2" s="191" t="s">
+        <v>183</v>
+      </c>
+      <c r="H2" s="191"/>
+      <c r="J2" s="191" t="s">
+        <v>186</v>
+      </c>
+      <c r="K2" s="191"/>
+      <c r="L2" s="191"/>
+      <c r="M2" s="191"/>
+      <c r="N2" s="191"/>
+      <c r="O2" s="191"/>
+      <c r="P2" s="8"/>
+    </row>
+    <row r="3" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E3" t="s">
         <v>90</v>
       </c>
       <c r="G3" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="H3" t="s">
         <v>174</v>
       </c>
-      <c r="J3" s="1" t="s">
-[...9 lines deleted...]
-        <v>178</v>
+      <c r="J3" s="95" t="s">
+        <v>218</v>
+      </c>
+      <c r="K3" s="95" t="s">
+        <v>219</v>
+      </c>
+      <c r="L3" s="95" t="s">
+        <v>220</v>
+      </c>
+      <c r="M3" s="95" t="s">
+        <v>221</v>
       </c>
       <c r="N3" s="1" t="s">
-        <v>183</v>
+        <v>222</v>
       </c>
       <c r="O3" s="1" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>223</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E4" t="s">
-        <v>171</v>
-[...5 lines deleted...]
-        <v>175</v>
+        <v>166</v>
+      </c>
+      <c r="G4" s="95" t="s">
+        <v>179</v>
+      </c>
+      <c r="H4" s="95" t="s">
+        <v>181</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>207</v>
+        <v>224</v>
       </c>
       <c r="K4" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="L4" s="1" t="s">
-        <v>189</v>
+        <v>232</v>
       </c>
       <c r="M4" s="1" t="s">
-        <v>193</v>
-[...9 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="N4" s="1"/>
+      <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E5" t="s">
-        <v>244</v>
-[...5 lines deleted...]
-        <v>176</v>
+        <v>174</v>
+      </c>
+      <c r="G5" s="95" t="s">
+        <v>180</v>
+      </c>
+      <c r="H5" s="95" t="s">
+        <v>182</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>204</v>
+        <v>225</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>190</v>
+        <v>233</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>194</v>
-[...9 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="N5" s="1"/>
+      <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="G6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J6" s="1" t="s">
-        <v>205</v>
+        <v>226</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>199</v>
+        <v>229</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>191</v>
+        <v>234</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>195</v>
-[...9 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="N6" s="1"/>
+      <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>110</v>
       </c>
       <c r="G7" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>151</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>206</v>
+        <v>227</v>
       </c>
       <c r="K7" t="s">
-        <v>187</v>
+        <v>230</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>192</v>
+        <v>235</v>
       </c>
       <c r="M7" s="1" t="s">
-        <v>196</v>
-[...9 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E8" t="s">
-        <v>150</v>
-[...6 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="G8" s="107" t="s">
+        <v>187</v>
+      </c>
+      <c r="H8" s="8"/>
       <c r="J8" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>188</v>
+        <v>231</v>
       </c>
       <c r="L8" s="1" t="s">
         <v>117</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>197</v>
-[...7 lines deleted...]
-      <c r="P8" s="1"/>
+        <v>240</v>
+      </c>
+      <c r="N8" s="1"/>
+      <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:16" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="E9" s="17" t="s">
+      <c r="E9" s="16" t="s">
         <v>92</v>
       </c>
+      <c r="G9" s="108" t="s">
+        <v>190</v>
+      </c>
+      <c r="H9" s="109"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1" t="s">
-        <v>198</v>
-[...7 lines deleted...]
-      <c r="P9" s="1"/>
+        <v>117</v>
+      </c>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:16" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
         <v>93</v>
       </c>
-      <c r="G10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G10" s="112" t="s">
+        <v>218</v>
+      </c>
+      <c r="H10" s="110"/>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>21</v>
       </c>
-      <c r="E11" s="12">
+      <c r="E11" s="11">
         <v>0</v>
       </c>
-      <c r="G11" s="187" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="187"/>
+      <c r="G11" s="113" t="s">
+        <v>219</v>
+      </c>
+      <c r="H11" s="110"/>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="C12" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="E12" s="4">
+        <v>146</v>
+      </c>
+      <c r="E12" s="3">
         <v>1</v>
       </c>
-      <c r="G12" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G12" s="112" t="s">
+        <v>220</v>
+      </c>
+      <c r="H12" s="110"/>
     </row>
     <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="17" t="s">
+      <c r="C13" s="16" t="s">
         <v>123</v>
       </c>
-      <c r="E13" s="5">
+      <c r="E13" s="4">
         <v>2</v>
       </c>
-      <c r="G13" t="s">
-[...6 lines deleted...]
-        <v>156</v>
+      <c r="G13" s="113" t="s">
+        <v>221</v>
+      </c>
+      <c r="H13" s="110"/>
+      <c r="J13" s="6" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>122</v>
       </c>
-      <c r="E14" s="6">
+      <c r="E14" s="5">
         <v>3</v>
       </c>
-      <c r="G14" t="s">
-[...5 lines deleted...]
-      <c r="J14" s="188" t="s">
+      <c r="G14" s="114" t="s">
+        <v>222</v>
+      </c>
+      <c r="H14" s="111"/>
+      <c r="J14" s="192" t="s">
         <v>105</v>
       </c>
-      <c r="K14" s="188"/>
-[...3 lines deleted...]
-      <c r="O14" s="188"/>
+      <c r="K14" s="192"/>
+      <c r="L14" s="192"/>
+      <c r="M14" s="192"/>
+      <c r="N14" s="192"/>
+      <c r="O14" s="192"/>
     </row>
     <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>25</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
-      <c r="E15" s="112">
+      <c r="E15" s="101">
         <v>4</v>
       </c>
-      <c r="G15" t="s">
-[...15 lines deleted...]
-        <v>178</v>
+      <c r="G15" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="H15" s="6"/>
+      <c r="J15" s="95" t="s">
+        <v>218</v>
+      </c>
+      <c r="K15" s="95" t="s">
+        <v>219</v>
+      </c>
+      <c r="L15" s="95" t="s">
+        <v>220</v>
+      </c>
+      <c r="M15" s="95" t="s">
+        <v>221</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>183</v>
+        <v>222</v>
       </c>
       <c r="O15" s="1" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>223</v>
       </c>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>26</v>
       </c>
       <c r="C16">
         <v>5</v>
       </c>
-      <c r="G16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G16" s="8"/>
+      <c r="H16" s="8"/>
       <c r="J16" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="K16" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="L16" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="M16" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="N16" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="K16" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O16" s="1" t="s">
-        <v>224</v>
-[...3 lines deleted...]
-    <row r="17" spans="1:16" x14ac:dyDescent="0.25">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>27</v>
       </c>
       <c r="C17">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>151</v>
-      </c>
+        <v>148</v>
+      </c>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
       <c r="J17" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="K17" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="L17" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="M17" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="N17" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="K17" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O17" s="1" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-    <row r="18" spans="1:16" x14ac:dyDescent="0.25">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>28</v>
       </c>
       <c r="C18">
         <v>50</v>
       </c>
-      <c r="E18" s="17" t="s">
+      <c r="E18" s="16" t="s">
         <v>94</v>
       </c>
       <c r="G18" s="7"/>
       <c r="H18" s="7"/>
       <c r="J18" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="K18" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="L18" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="M18" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="N18" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="K18" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O18" s="1" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-    <row r="19" spans="1:16" x14ac:dyDescent="0.25">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>29</v>
       </c>
       <c r="C19">
         <v>100</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
-      <c r="G19" s="9"/>
-      <c r="H19" s="9"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="7"/>
       <c r="J19" s="1" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="O19" s="1"/>
-      <c r="P19" s="1"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:16" x14ac:dyDescent="0.25">
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>30</v>
       </c>
       <c r="C20">
         <v>200</v>
       </c>
       <c r="E20" t="s">
         <v>96</v>
       </c>
       <c r="G20" s="7"/>
       <c r="H20" s="7"/>
       <c r="J20" s="1" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
-      <c r="P20" s="1"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:16" x14ac:dyDescent="0.25">
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>31</v>
       </c>
       <c r="C21">
         <v>400</v>
       </c>
       <c r="E21" t="s">
         <v>97</v>
       </c>
-      <c r="G21" s="8"/>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="G21" s="7"/>
+      <c r="H21" s="7"/>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="E22" t="s">
         <v>98</v>
       </c>
-      <c r="G22" s="8"/>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="H22" s="6"/>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>33</v>
       </c>
-      <c r="C23" s="7"/>
+      <c r="C23" s="6"/>
       <c r="E23" t="s">
         <v>99</v>
       </c>
-      <c r="G23" s="8"/>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" x14ac:dyDescent="0.25">
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>34</v>
       </c>
-      <c r="C24" s="21"/>
+      <c r="C24" s="18"/>
       <c r="E24" t="s">
         <v>100</v>
       </c>
-      <c r="G24" s="8"/>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" x14ac:dyDescent="0.25">
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>35</v>
       </c>
-      <c r="C25" s="7"/>
+      <c r="C25" s="6"/>
       <c r="E25" t="s">
         <v>101</v>
       </c>
-      <c r="H25" s="7"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:16" x14ac:dyDescent="0.25">
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>36</v>
       </c>
-      <c r="C26" s="7"/>
+      <c r="C26" s="6"/>
       <c r="E26" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>37</v>
       </c>
-      <c r="C27" s="7"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="C27" s="6"/>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>38</v>
       </c>
       <c r="E28" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:16" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>39</v>
       </c>
-      <c r="E29" s="17" t="s">
+      <c r="E29" s="16" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>40</v>
       </c>
       <c r="E30" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>41</v>
       </c>
-      <c r="E31" s="13">
+      <c r="E31" s="12">
         <v>1000</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>42</v>
       </c>
-      <c r="E32" s="13">
+      <c r="E32" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>43</v>
       </c>
-      <c r="E33" s="13">
+      <c r="E33" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>44</v>
       </c>
-      <c r="E34" s="13">
+      <c r="E34" s="12">
         <v>20000</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>45</v>
       </c>
-      <c r="E35" s="13">
+      <c r="E35" s="12">
         <v>50000</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>46</v>
       </c>
-      <c r="E36" s="13">
+      <c r="E36" s="12">
         <v>100000</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>47</v>
       </c>
-      <c r="E37" s="13">
+      <c r="E37" s="12">
         <v>500000</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>49</v>
       </c>
       <c r="E39" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>50</v>
       </c>
-      <c r="E40" s="17" t="s">
+      <c r="E40" s="16" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>51</v>
       </c>
       <c r="E41" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>52</v>
       </c>
-      <c r="E42" s="3">
+      <c r="E42" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>53</v>
       </c>
-      <c r="E43" s="3">
+      <c r="E43" s="2">
         <v>0.1</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>54</v>
       </c>
-      <c r="E44" s="3">
+      <c r="E44" s="2">
         <v>0.2</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>55</v>
       </c>
-      <c r="E45" s="3">
+      <c r="E45" s="2">
         <v>0.3</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>56</v>
       </c>
-      <c r="E46" s="3">
+      <c r="E46" s="2">
         <v>0.4</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>57</v>
       </c>
-      <c r="E47" s="3">
+      <c r="E47" s="2">
         <v>0.5</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>58</v>
       </c>
-      <c r="E48" s="3">
+      <c r="E48" s="2">
         <v>0.6</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>59</v>
       </c>
-      <c r="E49" s="3">
+      <c r="E49" s="2">
         <v>0.7</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>60</v>
       </c>
-      <c r="E50" s="3">
+      <c r="E50" s="2">
         <v>0.8</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>61</v>
       </c>
-      <c r="E51" s="3">
+      <c r="E51" s="2">
         <v>0.9</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>62</v>
       </c>
-      <c r="E52" s="3">
+      <c r="E52" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
@@ -5915,544 +5817,480 @@
         <v>82</v>
       </c>
     </row>
     <row r="73" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="74" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
-  <mergeCells count="4">
+  <mergeCells count="3">
     <mergeCell ref="G2:H2"/>
-    <mergeCell ref="G11:H11"/>
-    <mergeCell ref="J2:P2"/>
     <mergeCell ref="J14:O14"/>
+    <mergeCell ref="J2:O2"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="8" scale="66" orientation="landscape" r:id="rId1"/>
+  <colBreaks count="1" manualBreakCount="1">
+    <brk id="9" max="75" man="1"/>
+  </colBreaks>
   <tableParts count="12">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
     <tablePart r:id="rId6"/>
     <tablePart r:id="rId7"/>
     <tablePart r:id="rId8"/>
     <tablePart r:id="rId9"/>
     <tablePart r:id="rId10"/>
     <tablePart r:id="rId11"/>
     <tablePart r:id="rId12"/>
     <tablePart r:id="rId13"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B1:I35"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q19" sqref="Q19"/>
+      <selection activeCell="N32" sqref="N32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="26.5703125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="15.28515625" customWidth="1"/>
+    <col min="2" max="2" width="38.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="7.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="26.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="7.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="21.7109375" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="7.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B1" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C1" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="E1" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="F1" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="H1" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="2" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B2" s="191" t="s">
+        <v>188</v>
+      </c>
+      <c r="C2" s="191"/>
+      <c r="E2" s="191" t="s">
         <v>157</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="I2" s="187"/>
+      <c r="F2" s="191"/>
+      <c r="H2" s="191" t="s">
+        <v>134</v>
+      </c>
+      <c r="I2" s="191"/>
     </row>
     <row r="3" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>248</v>
+        <v>178</v>
       </c>
       <c r="C3" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>133</v>
+        <v>130</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>130</v>
       </c>
       <c r="H3" t="s">
         <v>90</v>
       </c>
       <c r="I3" t="s">
-        <v>133</v>
-[...6 lines deleted...]
-      <c r="C4" s="32">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="4" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B4" s="95" t="s">
+        <v>179</v>
+      </c>
+      <c r="C4" s="26">
         <v>3</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="F4" s="33">
+        <v>195</v>
+      </c>
+      <c r="F4" s="27">
         <v>4</v>
       </c>
-      <c r="H4" s="107" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="34">
+      <c r="H4" s="96" t="s">
+        <v>191</v>
+      </c>
+      <c r="I4" s="119">
         <v>0.4</v>
       </c>
     </row>
     <row r="5" spans="2:9" x14ac:dyDescent="0.25">
-      <c r="B5" s="106" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="32">
+      <c r="B5" s="95" t="s">
+        <v>180</v>
+      </c>
+      <c r="C5" s="26">
         <v>1</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="F5" s="33">
+        <v>196</v>
+      </c>
+      <c r="F5" s="27">
         <v>4</v>
       </c>
-      <c r="H5" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="35">
+      <c r="H5" s="97" t="s">
+        <v>192</v>
+      </c>
+      <c r="I5" s="120">
         <v>0.2</v>
       </c>
     </row>
-    <row r="6" spans="2:9" ht="30" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C6" s="32">
+    <row r="6" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B6" s="95" t="s">
+        <v>181</v>
+      </c>
+      <c r="C6" s="26">
         <v>4</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="F6" s="33">
+        <v>197</v>
+      </c>
+      <c r="F6" s="27">
         <v>3</v>
       </c>
-      <c r="H6" s="108" t="s">
-[...2 lines deleted...]
-      <c r="I6" s="35">
+      <c r="H6" s="97" t="s">
+        <v>193</v>
+      </c>
+      <c r="I6" s="120">
         <v>0.15</v>
       </c>
     </row>
-    <row r="7" spans="2:9" ht="30" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C7" s="32">
+    <row r="7" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B7" s="95" t="s">
+        <v>182</v>
+      </c>
+      <c r="C7" s="26">
         <v>2</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="F7" s="33">
+        <v>198</v>
+      </c>
+      <c r="F7" s="27">
         <v>3</v>
       </c>
-      <c r="H7" s="109" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="36">
+      <c r="H7" s="98" t="s">
+        <v>194</v>
+      </c>
+      <c r="I7" s="121">
         <v>0.25</v>
       </c>
     </row>
     <row r="8" spans="2:9" x14ac:dyDescent="0.25">
-      <c r="B8" s="106"/>
-      <c r="C8" s="32"/>
+      <c r="B8" s="95"/>
+      <c r="C8" s="26"/>
       <c r="E8" s="1" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="F8" s="33">
+        <v>199</v>
+      </c>
+      <c r="F8" s="27">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="2:9" x14ac:dyDescent="0.25">
-      <c r="B9" s="106"/>
-      <c r="C9" s="32"/>
+      <c r="C9" t="s">
+        <v>177</v>
+      </c>
       <c r="E9" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="F9" s="27">
+        <v>3</v>
+      </c>
+      <c r="H9" s="193" t="s">
+        <v>135</v>
+      </c>
+      <c r="I9" s="193"/>
+    </row>
+    <row r="10" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B10" s="191" t="s">
+        <v>189</v>
+      </c>
+      <c r="C10" s="191"/>
+      <c r="E10" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="F10" s="27">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="11" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B11" t="s">
+        <v>168</v>
+      </c>
+      <c r="C11" t="s">
+        <v>130</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="F11" s="27">
+        <v>3</v>
+      </c>
+      <c r="I11" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="12" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B12" s="95" t="s">
         <v>213</v>
       </c>
-      <c r="F9" s="33">
-[...10 lines deleted...]
-      <c r="E10" s="1" t="s">
+      <c r="C12" s="26">
+        <v>6</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F12" s="27">
+        <v>2</v>
+      </c>
+      <c r="H12" s="191" t="s">
+        <v>158</v>
+      </c>
+      <c r="I12" s="191"/>
+    </row>
+    <row r="13" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B13" s="95" t="s">
         <v>214</v>
       </c>
-      <c r="F10" s="33">
-[...29 lines deleted...]
-      <c r="C13" s="32"/>
+      <c r="C13" s="26">
+        <v>5</v>
+      </c>
       <c r="E13" s="1" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="F13" s="33">
+        <v>204</v>
+      </c>
+      <c r="F13" s="27">
         <v>1</v>
       </c>
       <c r="H13" t="s">
         <v>122</v>
       </c>
       <c r="I13" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="2:9" x14ac:dyDescent="0.25">
-      <c r="C14" t="s">
-        <v>247</v>
+      <c r="B14" s="95" t="s">
+        <v>215</v>
+      </c>
+      <c r="C14" s="26">
+        <v>5</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="F14" s="33">
+        <v>205</v>
+      </c>
+      <c r="F14" s="27">
         <v>1</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
-      <c r="I14" s="32">
+      <c r="I14" s="26">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="2:9" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C15" s="187"/>
+    <row r="15" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B15" s="95" t="s">
+        <v>216</v>
+      </c>
+      <c r="C15" s="26">
+        <v>2</v>
+      </c>
       <c r="E15" s="1" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="F15" s="33">
+        <v>206</v>
+      </c>
+      <c r="F15" s="27">
         <v>2</v>
       </c>
       <c r="H15">
         <v>5</v>
       </c>
-      <c r="I15" s="32">
+      <c r="I15" s="26">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="2:9" x14ac:dyDescent="0.25">
-      <c r="B16" t="s">
-[...3 lines deleted...]
-        <v>133</v>
+      <c r="B16" s="95" t="s">
+        <v>217</v>
+      </c>
+      <c r="C16" s="26">
+        <v>3</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="F16" s="33">
+        <v>207</v>
+      </c>
+      <c r="F16" s="27">
         <v>2</v>
       </c>
       <c r="H16">
         <v>20</v>
       </c>
-      <c r="I16" s="32">
+      <c r="I16" s="26">
         <v>3</v>
       </c>
     </row>
-    <row r="17" spans="2:9" ht="30" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      </c>
+    <row r="17" spans="5:9" x14ac:dyDescent="0.25">
       <c r="E17" s="1" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="F17" s="33">
+        <v>208</v>
+      </c>
+      <c r="F17" s="27">
         <v>3</v>
       </c>
       <c r="H17">
         <v>50</v>
       </c>
-      <c r="I17" s="32">
+      <c r="I17" s="26">
         <v>3.5</v>
       </c>
     </row>
-    <row r="18" spans="2:9" ht="30" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      </c>
+    <row r="18" spans="5:9" x14ac:dyDescent="0.25">
       <c r="E18" s="1" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="F18" s="33">
+        <v>209</v>
+      </c>
+      <c r="F18" s="27">
         <v>3</v>
       </c>
       <c r="H18">
         <v>100</v>
       </c>
-      <c r="I18" s="32">
+      <c r="I18" s="26">
         <v>3.7</v>
       </c>
     </row>
-    <row r="19" spans="2:9" ht="30" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      </c>
+    <row r="19" spans="5:9" x14ac:dyDescent="0.25">
       <c r="E19" s="1" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="F19" s="33">
+        <v>210</v>
+      </c>
+      <c r="F19" s="27">
         <v>3</v>
       </c>
       <c r="H19">
         <v>200</v>
       </c>
-      <c r="I19" s="32">
+      <c r="I19" s="26">
         <v>3.9</v>
       </c>
     </row>
-    <row r="20" spans="2:9" ht="30" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      </c>
+    <row r="20" spans="5:9" x14ac:dyDescent="0.25">
       <c r="E20" s="1" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="F20" s="33">
+        <v>211</v>
+      </c>
+      <c r="F20" s="27">
         <v>3</v>
       </c>
       <c r="H20">
         <v>400</v>
       </c>
-      <c r="I20" s="32">
+      <c r="I20" s="26">
         <v>4</v>
       </c>
     </row>
-    <row r="21" spans="2:9" ht="30" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      </c>
+    <row r="21" spans="5:9" x14ac:dyDescent="0.25">
       <c r="E21" s="1" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="F21" s="33">
+        <v>212</v>
+      </c>
+      <c r="F21" s="27">
         <v>4</v>
       </c>
     </row>
-    <row r="22" spans="2:9" ht="45" x14ac:dyDescent="0.25">
-[...72 lines deleted...]
-    </row>
     <row r="35" spans="7:7" x14ac:dyDescent="0.25">
-      <c r="G35" s="18"/>
+      <c r="G35" s="17"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="6">
-    <mergeCell ref="B15:C15"/>
+    <mergeCell ref="B10:C10"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="8" orientation="landscape" r:id="rId1"/>
   <tableParts count="5">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
     <tablePart r:id="rId6"/>
   </tableParts>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A m l 2 K W x o Y 0 s u n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 L C s I w G I S v U r J v E l P w U f 6 m C 1 e C B U E R t y G N b b B N p U l N 7 + b C I 3 k F K 1 p 1 5 3 J m v o G Z + / U G a V 9 X w U W 1 V j c m Q R N M U a C M b H J t i g R 1 7 h j O U c p h I + R J F C o Y Y G P j 3 u o E l c 6 d Y 0 K 8 9 9 h H u G k L w i i d k E O 2 3 s p S 1 S L U x j p h p E K f V v 6 / h T j s X 2 M 4 w 4 s p j u i M M U y B j C 5 k 2 n w J N g x + p j 8 m L L v K d a 3 i 2 o W r H Z B R A n m f 4 A 9 Q S w M E F A A C A A g A m l 2 K W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A J p d i l s o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A J p d i l s a G N L L p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A C a X Y p b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A J p d i l s o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I i B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I i B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A N o A A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D H b h c N n + h 9 R Z S e 3 b R f 0 C A b A A A A A A I A A A A A A A N m A A D A A A A A E A A A A P 6 s + 6 S b o 7 4 H 3 P g U q T 9 C S v o A A A A A B I A A A K A A A A A Q A A A A 2 I 9 x 9 e Y 1 8 F I 6 S G R j 8 u g 5 l 1 A A A A C 8 7 b q k 2 z t E + E F l c h M 7 F c 7 u b F E N a y j u C i X + l D o / c i H W 3 z x w T u Z T d m / v M / m P 8 + f 8 6 J n L r e d f V m m K G 8 X 7 S k U L 0 2 K 8 k H x 1 I D 0 A + r y 8 m / 4 F F L J f t x Q A A A A v o z 0 F 6 a h r m e + u / p X 3 Q c J U 0 z E O t Q = = < / D a t a M a s h u p > 
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F827FFE-4610-4363-9FDD-F348C741E582}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>SCHEDA CRITICITA</vt:lpstr>
       <vt:lpstr>TABELLE</vt:lpstr>
       <vt:lpstr>PESATURA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>