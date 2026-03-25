--- v0 (2025-10-07)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6D47D001" w14:textId="77777777" w:rsidR="00AF11DE" w:rsidRPr="009E03C7" w:rsidRDefault="00AF11DE" w:rsidP="00AF11DE">
       <w:pPr>
         <w:ind w:left="5529"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E03C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Regione autonoma Valle d’Aosta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7703A5C7" w14:textId="77777777" w:rsidR="00AF11DE" w:rsidRPr="009E03C7" w:rsidRDefault="00AF11DE" w:rsidP="00AF11DE">
       <w:pPr>
         <w:ind w:left="5529"/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -70,94 +70,104 @@
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E03C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Struttura </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sviluppo dell’offerta, marketing e promozione turistica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="131D2A29" w14:textId="77777777" w:rsidR="00AF11DE" w:rsidRPr="009E03C7" w:rsidRDefault="00AF11DE" w:rsidP="00AF11DE">
+    <w:p w14:paraId="041C17BC" w14:textId="77777777" w:rsidR="0047536E" w:rsidRDefault="0047536E" w:rsidP="0047536E">
       <w:pPr>
         <w:ind w:left="5529"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Località Autoporto, 32</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="299DD587" w14:textId="60E730C6" w:rsidR="00A94260" w:rsidRPr="00982F19" w:rsidRDefault="00AF11DE" w:rsidP="00AF11DE">
+        <w:t xml:space="preserve">Piazza Severino </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Caveri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C73AB3" w14:textId="77777777" w:rsidR="0047536E" w:rsidRPr="009E03C7" w:rsidRDefault="0047536E" w:rsidP="0047536E">
       <w:pPr>
         <w:ind w:left="5529"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E03C7">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Pollein</w:t>
+        <w:t>11100 Aosta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27155F2E" w14:textId="77777777" w:rsidR="00A71C14" w:rsidRPr="00982F19" w:rsidRDefault="00A71C14" w:rsidP="00A71C14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79F137F5" w14:textId="77777777" w:rsidR="00A94260" w:rsidRPr="00982F19" w:rsidRDefault="00A94260" w:rsidP="00A71C14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35FCA073" w14:textId="77777777" w:rsidR="00A71C14" w:rsidRPr="00982F19" w:rsidRDefault="00A94260" w:rsidP="00A71C14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -219,133 +229,205 @@
     </w:p>
     <w:p w14:paraId="7BEBB25C" w14:textId="77777777" w:rsidR="00A71C14" w:rsidRPr="00982F19" w:rsidRDefault="00A71C14" w:rsidP="00A71C14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C265CEC" w14:textId="44B6D485" w:rsidR="00A71C14" w:rsidRPr="00982F19" w:rsidRDefault="00A71C14" w:rsidP="00A94260">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il/la sottoscritto/a ……………...………...……….., nato/a a …………………….…….il ………………. C.F. ……………………………………, in qualità di legale rappresentante del/della </w:t>
+        <w:t>Il/la sottoscritto/a ……………...………...…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., nato/a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …………………….…….il ………………. C.F. ……………………………………, in qualità di legale rappresentante del/della </w:t>
       </w:r>
       <w:r w:rsidRPr="00E31A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00E31A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>consorzio / associazione / impresa mandataria dell’associazione temporanea di imprese</w:t>
       </w:r>
       <w:r w:rsidRPr="00E31A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ………………………….. con sede legale in </w:t>
+        <w:t xml:space="preserve"> ……………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. con sede legale in </w:t>
       </w:r>
       <w:r w:rsidRPr="00E31A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00E31A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>indirizzo completo di codice di avviamento postale e Comune</w:t>
       </w:r>
       <w:r w:rsidRPr="00E31A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ……………………………</w:t>
       </w:r>
       <w:r w:rsidR="00E31A7F" w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>…………………………….., P. IVA …………</w:t>
+        <w:t>………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>., P. IVA …………</w:t>
       </w:r>
       <w:r w:rsidR="00E31A7F" w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>……</w:t>
       </w:r>
       <w:r w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>……</w:t>
       </w:r>
       <w:r w:rsidR="00E31A7F" w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
@@ -510,74 +592,110 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="100415F9" w14:textId="77777777" w:rsidR="00A71C14" w:rsidRPr="00982F19" w:rsidRDefault="00A71C14" w:rsidP="00A71C14">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>che il raggruppamento aggrega il ……….% dei posti letto totali della stazione (esclusi campeggi sociali, case per ferie, aree di sosta per camper)</w:t>
+        <w:t>che il raggruppamento aggrega il …</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>% dei posti letto totali della stazione (esclusi campeggi sociali, case per ferie, aree di sosta per camper)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07CBAD41" w14:textId="77777777" w:rsidR="00A71C14" w:rsidRPr="00982F19" w:rsidRDefault="00A71C14" w:rsidP="00A71C14">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>che il raggruppamento aggrega n. ……….. posti letto (esclusi campeggi sociali, case per ferie, aree di sosta per camper)</w:t>
+        <w:t>che il raggruppamento aggrega n. …</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00982F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. posti letto (esclusi campeggi sociali, case per ferie, aree di sosta per camper)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BC24824" w14:textId="77777777" w:rsidR="00982F19" w:rsidRPr="00E31A7F" w:rsidRDefault="00A71C14" w:rsidP="00982F19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>che il raggruppamento comprende il/i soggetto/i gestore/i del comprensorio sciistico di riferime</w:t>
       </w:r>
       <w:r w:rsidR="006B685C" w:rsidRPr="00982F19">
         <w:rPr>
@@ -1109,52 +1227,50 @@
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="227DE2F3" w14:textId="5DDF11C5" w:rsidR="00A71C14" w:rsidRPr="00982F19" w:rsidRDefault="00C83478" w:rsidP="009932FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C83478">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ricevuta del pagamento online dell’imposta di bollo di € 16</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="009932FB" w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52784D42" w14:textId="77777777" w:rsidR="00A71C14" w:rsidRPr="00982F19" w:rsidRDefault="00A71C14" w:rsidP="00A71C14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C38B3AB" w14:textId="77777777" w:rsidR="00A71C14" w:rsidRPr="00982F19" w:rsidRDefault="00A71C14" w:rsidP="00A71C14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1176,99 +1292,93 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r w:rsidR="00292691" w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> INOLTRE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10B60491" w14:textId="77777777" w:rsidR="001A736F" w:rsidRPr="00982F19" w:rsidRDefault="001A736F" w:rsidP="00A71C14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31D9ED2B" w14:textId="19178374" w:rsidR="001A736F" w:rsidRPr="00982F19" w:rsidRDefault="00986254" w:rsidP="001A736F">
+    <w:p w14:paraId="31D9ED2B" w14:textId="6FCE39C6" w:rsidR="001A736F" w:rsidRPr="00982F19" w:rsidRDefault="00986254" w:rsidP="001A736F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="001A736F" w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">i aver preso visione, </w:t>
       </w:r>
       <w:r w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sul sito della Regione autonoma Valle d’Aosta, alla pagina </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00982F19">
+        <w:r w:rsidR="002318D1" w:rsidRPr="002318D1">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>www.regione.vda.it/asstur/raggruppamenti_operatori_turistici/requisitiprocedure_i.aspx</w:t>
+          <w:t>https://www.regione.vda.it/asstur/raggruppamenti_operatori_turistici/requisitiprocedure_i.aspx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00982F19">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002318D1">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="001A736F" w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">delle informazioni </w:t>
       </w:r>
       <w:r w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>relative al</w:t>
       </w:r>
       <w:r w:rsidR="001A736F" w:rsidRPr="00982F19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> trattamento dei dati personali conferiti per l’istruttoria </w:t>
@@ -1531,201 +1641,202 @@
         <w:t>* Se la firma è autografa, a</w:t>
       </w:r>
       <w:r w:rsidR="009932FB" w:rsidRPr="003F5974">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>llegare una copia di un documento di identità valido del firmatario (DPR n. 445 del 2000, art. 38, comma 3)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00480A83" w:rsidRPr="003F5974" w:rsidSect="001D267B">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1705" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="159"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6B3037E8" w14:textId="77777777" w:rsidR="000A7DD5" w:rsidRDefault="000A7DD5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5CA8EE23" w14:textId="77777777" w:rsidR="000A7DD5" w:rsidRDefault="000A7DD5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Roman">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="01AEF2B4" w14:textId="77777777" w:rsidR="009932FB" w:rsidRDefault="009932FB" w:rsidP="008D3808">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2FA18795" w14:textId="77777777" w:rsidR="009932FB" w:rsidRDefault="009932FB" w:rsidP="008D3808">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0D9B9C7D" w14:textId="77777777" w:rsidR="009932FB" w:rsidRDefault="009932FB" w:rsidP="008D3808">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="181B79A2" w14:textId="77777777" w:rsidR="000A7DD5" w:rsidRDefault="000A7DD5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="74319CAA" w14:textId="77777777" w:rsidR="000A7DD5" w:rsidRDefault="000A7DD5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B5E0E346"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1821,51 +1932,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BE67C7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AAB08FC8"/>
     <w:lvl w:ilvl="0" w:tplc="3F1208EC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1934,51 +2045,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65AE0423"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4943864"/>
     <w:lvl w:ilvl="0" w:tplc="EF82D6BC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
@@ -2086,88 +2197,92 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A71C14"/>
     <w:rsid w:val="00052EDE"/>
     <w:rsid w:val="00085977"/>
     <w:rsid w:val="000A76D3"/>
     <w:rsid w:val="000A7DD5"/>
     <w:rsid w:val="001A736F"/>
     <w:rsid w:val="001D267B"/>
+    <w:rsid w:val="002318D1"/>
     <w:rsid w:val="00250597"/>
     <w:rsid w:val="00292691"/>
     <w:rsid w:val="00313F76"/>
     <w:rsid w:val="003553E7"/>
     <w:rsid w:val="00367D49"/>
     <w:rsid w:val="00396C53"/>
     <w:rsid w:val="003A6555"/>
     <w:rsid w:val="003E70BD"/>
     <w:rsid w:val="003F5974"/>
+    <w:rsid w:val="0047536E"/>
     <w:rsid w:val="00480A83"/>
     <w:rsid w:val="004B43A3"/>
     <w:rsid w:val="005D6786"/>
     <w:rsid w:val="00687438"/>
     <w:rsid w:val="006B685C"/>
     <w:rsid w:val="007036C4"/>
     <w:rsid w:val="00764F50"/>
     <w:rsid w:val="007B4361"/>
     <w:rsid w:val="008D3808"/>
     <w:rsid w:val="00982F19"/>
     <w:rsid w:val="00986254"/>
     <w:rsid w:val="009932FB"/>
     <w:rsid w:val="009A75F3"/>
     <w:rsid w:val="009B6DBE"/>
     <w:rsid w:val="00A71C14"/>
     <w:rsid w:val="00A75178"/>
     <w:rsid w:val="00A94260"/>
     <w:rsid w:val="00AF11DE"/>
     <w:rsid w:val="00B3519E"/>
     <w:rsid w:val="00B45E11"/>
     <w:rsid w:val="00C27DF4"/>
     <w:rsid w:val="00C83478"/>
     <w:rsid w:val="00E31A7F"/>
     <w:rsid w:val="00E40A75"/>
     <w:rsid w:val="00E509BD"/>
@@ -2181,119 +2296,122 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="44DE4AB3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AD630FA6-64DE-E548-9B84-61DBF31A136D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2466,50 +2584,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A71C14"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Myriad Roman" w:hAnsi="Myriad Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -2536,72 +2659,84 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Numeropagina">
     <w:name w:val="page number"/>
     <w:rsid w:val="00A71C14"/>
     <w:rPr>
       <w:rFonts w:ascii="Myriad Roman" w:hAnsi="Myriad Roman"/>
       <w:b/>
       <w:color w:val="000080"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="001A736F"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Menzionenonrisolta1">
+    <w:name w:val="Menzione non risolta1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A736F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Menzionenonrisolta">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002318D1"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\moe\Dropbox\Smart%20Working\Riconoscimento%20operatori\all&#8217;indirizzo%20www.regione.vda.it\asstur\raggruppamenti_operatori_turistici\requisitiprocedure_i.aspx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.vda.it/asstur/raggruppamenti_operatori_turistici/requisitiprocedure_i.aspx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2860,76 +2995,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>493</Words>
-  <Characters>2813</Characters>
+  <Words>418</Words>
+  <Characters>2823</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FAC-SIMILE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Regione Autonoma Valle d'Aosta</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3300</CharactersWithSpaces>
+  <CharactersWithSpaces>3235</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>541327390</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>all’indirizzo www.regione.vda.it/asstur/raggruppamenti_operatori_turistici/requisitiprocedure_i.aspx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>