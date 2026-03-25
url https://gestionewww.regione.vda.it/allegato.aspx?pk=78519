--- v0 (2025-10-07)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="76530DF4" w14:textId="77777777" w:rsidR="009E03C7" w:rsidRPr="009E03C7" w:rsidRDefault="009E03C7" w:rsidP="009E03C7">
       <w:pPr>
         <w:ind w:left="5529"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E03C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Regione autonoma Valle d’Aosta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B4B3FCD" w14:textId="428862B0" w:rsidR="009E03C7" w:rsidRPr="009E03C7" w:rsidRDefault="009E03C7" w:rsidP="009E03C7">
       <w:pPr>
         <w:ind w:left="5529"/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -70,97 +70,105 @@
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E03C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Struttura </w:t>
       </w:r>
       <w:r w:rsidR="00567AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sviluppo dell’offerta, marketing e promozione turistica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C57211" w14:textId="00F29B6A" w:rsidR="009E03C7" w:rsidRPr="009E03C7" w:rsidRDefault="00567AB2" w:rsidP="009E03C7">
+    <w:p w14:paraId="71B5BB68" w14:textId="1DEF9F3A" w:rsidR="009E03C7" w:rsidRDefault="00257B20" w:rsidP="009E03C7">
       <w:pPr>
         <w:ind w:left="5529"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Località Autoporto, 32</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="71B5BB68" w14:textId="24888DBE" w:rsidR="009E03C7" w:rsidRPr="009E03C7" w:rsidRDefault="009E03C7" w:rsidP="009E03C7">
+        <w:t xml:space="preserve">Piazza Severino </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Caveri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9C45DE" w14:textId="159205A7" w:rsidR="00257B20" w:rsidRPr="009E03C7" w:rsidRDefault="00257B20" w:rsidP="009E03C7">
       <w:pPr>
         <w:ind w:left="5529"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E03C7">
-[...16 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>11100 Aosta</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6326FFB8" w14:textId="77777777" w:rsidR="005D64FC" w:rsidRPr="009E03C7" w:rsidRDefault="005D64FC" w:rsidP="005D64FC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A2D312C" w14:textId="77777777" w:rsidR="005D64FC" w:rsidRPr="009E03C7" w:rsidRDefault="005D64FC" w:rsidP="005D64FC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62C46470" w14:textId="77777777" w:rsidR="005D64FC" w:rsidRPr="009E03C7" w:rsidRDefault="00AD1571" w:rsidP="005D64FC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -220,51 +228,69 @@
     </w:p>
     <w:p w14:paraId="38A59383" w14:textId="77777777" w:rsidR="005D64FC" w:rsidRPr="009E03C7" w:rsidRDefault="005D64FC" w:rsidP="005D64FC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4318D132" w14:textId="77777777" w:rsidR="005D64FC" w:rsidRPr="009E03C7" w:rsidRDefault="005D64FC" w:rsidP="00B5606E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E03C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il/la sottoscritto/a ……………...………...……….., nato/a a …………………….…….il ………………. C.F. ……………………………………, in qualità di legale rappresentante del/della </w:t>
+        <w:t xml:space="preserve">Il/la sottoscritto/a ……………...………...……….., nato/a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E03C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E03C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …………………….…….il ………………. C.F. ……………………………………, in qualità di legale rappresentante del/della </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6DB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6DB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>consorzio / associazione / impresa mandataria dell’associazione temporanea di imprese</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6DB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>]</w:t>
@@ -1034,84 +1060,89 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E03C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DICHIARA INOLTRE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27A3AA48" w14:textId="77777777" w:rsidR="009E03C7" w:rsidRPr="009E03C7" w:rsidRDefault="009E03C7" w:rsidP="009E03C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CC84626" w14:textId="0CD4EBA9" w:rsidR="009E03C7" w:rsidRPr="009E03C7" w:rsidRDefault="009E03C7" w:rsidP="009E03C7">
+    <w:p w14:paraId="4CC84626" w14:textId="01833766" w:rsidR="009E03C7" w:rsidRPr="009E03C7" w:rsidRDefault="009E03C7" w:rsidP="009E03C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E03C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">di aver preso visione, sul sito della Regione autonoma Valle d’Aosta, alla pagina </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="009E03C7">
+        <w:r w:rsidR="00644E52" w:rsidRPr="002318D1">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>www.regione.vda.it/asstur/raggruppamenti_operatori_turistici/requisitiprocedure_i.aspx</w:t>
+          <w:t>https://www.regione.vda.it/asstur/raggruppamenti_operatori_turistici/requisitiprocedure_i.aspx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E03C7">
-[...5 lines deleted...]
-        <w:t>, delle informazioni relative al trattamento dei dati personali conferiti per l’istruttoria di questa domanda di riconoscimento (Regolamento generale sulla protezione dei dati 2016/679, articolo 13).</w:t>
+      <w:r w:rsidR="00644E52">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00644E52">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E03C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>delle informazioni relative al trattamento dei dati personali conferiti per l’istruttoria di questa domanda di riconoscimento (Regolamento generale sulla protezione dei dati 2016/679, articolo 13).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48CB4F79" w14:textId="7A5198BF" w:rsidR="005D64FC" w:rsidRDefault="005D64FC" w:rsidP="005D64FC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="275DC9A7" w14:textId="540DE5A8" w:rsidR="00AD2B16" w:rsidRDefault="00AD2B16" w:rsidP="005D64FC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34303DA4" w14:textId="77777777" w:rsidR="00AD2B16" w:rsidRPr="009E03C7" w:rsidRDefault="00AD2B16" w:rsidP="005D64FC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -1268,218 +1299,218 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F5974">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>* Se la firma è autografa, allegare una copia di un documento di identità valido del firmatario (DPR n. 445 del 2000, art. 38, comma 3)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00480A83" w:rsidRPr="00AD2B16" w:rsidSect="009E03C7">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1719" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="159"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0575985F" w14:textId="77777777" w:rsidR="00211929" w:rsidRDefault="00211929">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="76BCBE2C" w14:textId="77777777" w:rsidR="00211929" w:rsidRDefault="00211929">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Roman">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4ADECB81" w14:textId="77777777" w:rsidR="005666A2" w:rsidRDefault="005666A2" w:rsidP="005666A2">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6031FC63" w14:textId="77777777" w:rsidR="005666A2" w:rsidRDefault="005666A2" w:rsidP="005666A2">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="04BB25C7" w14:textId="77777777" w:rsidR="005666A2" w:rsidRDefault="005666A2" w:rsidP="005666A2">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="612DD35F" w14:textId="77777777" w:rsidR="00211929" w:rsidRDefault="00211929">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0C10282B" w14:textId="77777777" w:rsidR="00211929" w:rsidRDefault="00211929">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65AE0423"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4943864"/>
     <w:lvl w:ilvl="0" w:tplc="EF82D6BC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
@@ -1581,146 +1612,150 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005D64FC"/>
     <w:rsid w:val="00083937"/>
     <w:rsid w:val="00131FDF"/>
     <w:rsid w:val="00153E81"/>
     <w:rsid w:val="001A64B2"/>
     <w:rsid w:val="00211929"/>
+    <w:rsid w:val="00257B20"/>
     <w:rsid w:val="002F5D9E"/>
     <w:rsid w:val="003910D4"/>
     <w:rsid w:val="003A3368"/>
     <w:rsid w:val="00480A83"/>
     <w:rsid w:val="005666A2"/>
     <w:rsid w:val="00567AB2"/>
     <w:rsid w:val="005D64FC"/>
+    <w:rsid w:val="00644E52"/>
     <w:rsid w:val="006A10DB"/>
     <w:rsid w:val="006D549C"/>
     <w:rsid w:val="00722928"/>
     <w:rsid w:val="0074664F"/>
     <w:rsid w:val="007C4402"/>
     <w:rsid w:val="00871726"/>
     <w:rsid w:val="009B6DBE"/>
     <w:rsid w:val="009E03C7"/>
     <w:rsid w:val="00AD1571"/>
     <w:rsid w:val="00AD2B16"/>
     <w:rsid w:val="00B436E2"/>
     <w:rsid w:val="00B5606E"/>
     <w:rsid w:val="00B737BF"/>
     <w:rsid w:val="00CC7721"/>
     <w:rsid w:val="00E80117"/>
     <w:rsid w:val="00EB6DB3"/>
     <w:rsid w:val="00F146E7"/>
     <w:rsid w:val="00F217CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4F88ED4D"/>
   <w15:docId w15:val="{B716E49D-FD78-CA4C-8BDA-83B713B19644}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2030,50 +2065,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005D64FC"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Myriad Roman" w:hAnsi="Myriad Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -2114,55 +2154,55 @@
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="009E03C7"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="72"/>
     <w:rsid w:val="009E03C7"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\moe\Dropbox\Smart%20Working\Riconoscimento%20operatori\all&#8217;indirizzo%20www.regione.vda.it\asstur\raggruppamenti_operatori_turistici\requisitiprocedure_i.aspx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.vda.it/asstur/raggruppamenti_operatori_turistici/requisitiprocedure_i.aspx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2446,68 +2486,68 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>472</Words>
-  <Characters>2695</Characters>
+  <Words>399</Words>
+  <Characters>2703</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FAC-SIMILE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Regione Autonoma Valle d'Aosta</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3161</CharactersWithSpaces>
+  <CharactersWithSpaces>3096</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>FAC-SIMILE</dc:title>
   <dc:subject>Domanda di riconoscimento di raggruppamento di area territoriale</dc:subject>
   <dc:creator>Moreno Cavilli</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>