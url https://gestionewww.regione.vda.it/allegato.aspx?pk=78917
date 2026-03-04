--- v0 (2025-11-11)
+++ v1 (2026-03-04)
@@ -1,6596 +1,4919 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="69837166" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Allegato 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A23F7A" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:caps/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:caps/>
+        </w:rPr>
+        <w:t>Fac-simile di domanda</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556A1AF6" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00E46D1C">
+    </w:p>
+    <w:p w14:paraId="62994215" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4500"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Al Presidente  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00E46D1C">
+    <w:p w14:paraId="2C88FCFE" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4500"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>della Regione autonoma Valle d'Aosta</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00E46D1C">
+    <w:p w14:paraId="1E5E5C31" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4500"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00E46D1C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="250374F5" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4500"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00E46D1C">
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>c/o Assessorato sanità, salute e politiche sociali</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10AA947A" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4500"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00E46D1C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Via De </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Tillier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, 30</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0ECC02" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4500"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00E46D1C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11100   AOSTA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B551B5" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4500"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="000C230A" w:rsidRDefault="00FB4544" w:rsidP="00E46D1C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="240C2C4D" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="4395"/>
-[...9 lines deleted...]
-        <w:r w:rsidR="00104E9C" w:rsidRPr="000C230A">
+        <w:ind w:left="4500"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Trasmissione tramite PEC all’indirizzo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="020C4B83" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4500"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="006C7543">
           <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
-            <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-            <w:szCs w:val="26"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>sanita_politichesociali@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00104E9C" w:rsidRPr="000C230A">
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    </w:p>
+    <w:p w14:paraId="2CB99A49" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="6760B71D" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1500" w:hanging="1500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="045DC727" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1500" w:hanging="1500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OGGETTO:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00642435">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">domanda per la partecipazione alla procedura valutativa </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:t>domanda per la partecipazione alla procedura valutativa a carattere non comparativo degli aspiranti all’incarico di Direttore generale dell’Azienda USL della Valle d’Aosta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="1CADE110" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="559FD7A3" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...98 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Il/la sottoscritto/a: ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70206439" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nato/a __________________________________ (prov. ____), il ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B1E102" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cittadinanza ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2886" w:tblpY="61"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="48"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidTr="00F16C00">
+      <w:tr w:rsidR="003164FA" w:rsidRPr="006C7543" w14:paraId="7E0706BE" w14:textId="77777777" w:rsidTr="00570D92">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="3411DEC5" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="2C9C0BA0" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="7976CDB7" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="5DBEE874" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="7FE89775" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="1907643C" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="4B9D07AC" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="623C1BF6" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="37099B56" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="06990C76" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="387FB2A8" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="15F59BD1" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="0A677107" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="3D67D3B0" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="5330DEFA" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:p w14:paraId="14E70712" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="00570D92">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="6E9A929E" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Codice fiscale  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF7B14F" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...92 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="4B59EB8E" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Residente in ____________________________________, (prov. ______), CAP __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53AE87D8" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">via/piazza ___________________________________________________________, n. ____, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699E3A77" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>telefono ____________________________ cellulare _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7635CEA1" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>indirizzo PEC _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0944E9CE" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>CHIEDE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CA4C4B" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>di essere ammesso/a all’avviso pubblico di valutazione non comparativa per il conferimento dell’incarico di Direttore generale dell’Azienda USL della Valle d’Aosta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DDA585" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A tal fine, ai sensi degli articoli 46 e 47 del decreto del Presidente della Repubblica 28 dicembre 2000, n. 445</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e successive modificazioni </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e dall’articolo 39, comma 1, della legge regionale 6 agosto 2007, n. 19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-    </w:p>
-[...64 lines deleted...]
-        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consapevole delle responsabilità amministrative e penali conseguenti a dichiarazioni mendaci,        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C23DC13" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>CHIEDE</w:t>
-[...165 lines deleted...]
-        </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="46BE8903" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">di </w:t>
       </w:r>
-      <w:r w:rsidRPr="00804479">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">essere iscritto nell’elenco nazionale degli idonei alla nomina a direttore generale delle </w:t>
       </w:r>
-      <w:r w:rsidRPr="00804479">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>aziende sanitarie locali, delle aziende ospedaliere e degli altri enti del Servizio sanitario nazionale pubblicato sul sito del Ministero della Salute;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="169B1634" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">di possedere la </w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Laurea magistrale o il Diploma di laurea vecchio ordinamento</w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="56AF81C3" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>in ____________________________________________________________</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>in ______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2611EA83" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">conseguito in data ______________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="185E60CF" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>presso l’Università degli Studi di _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="77B4A808" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>con votazione __________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="689F3C01" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FCDF15E" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>di essere in possesso dei seguenti diplomi di specializzazione post-universitaria:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="5AB1786A" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="65656F78" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="7F723D2F" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="5CA2382C" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>di aver conseguito le seguenti abilitazioni professionali:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="5651D2D0" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="1C1165CF" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="627B6D6B" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E917C4" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="34219D0E" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidR="00E917C4">
+        <w:t>di essere/non essere già lavoratore collocato in quiescenza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...30 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00E917C4" w:rsidP="00104E9C">
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0892ED3E" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...76 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00E917C4" w:rsidP="00104E9C">
+        <w:t>di non essere stato destituito dall’impiego presso una pubblica amministrazione né dichiarato decaduto per aver conseguito l’impiego mediante la produzione di documenti falsi o viziati da invalidità insanabile;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A41E1F" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00104E9C" w:rsidRPr="00104E9C">
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t>di non essere stato destituito dall’impiego presso una pubblica amministrazione né dichiarato decaduto per aver conseguito l’impiego mediante la produzione di documenti falsi o viziati da invalidità insanabile;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00E917C4" w:rsidP="00104E9C">
+        <w:t>di non aver riportato condanne penali e non aver procedimenti penali in corso, ovvero di aver riportato le seguenti condanne e/o di avere i seguenti carichi pendenti _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E244063" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...30 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC6E77D" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_____________________________________________</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CAB71DD" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_____________________________________________</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383C01C1" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...36 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidR="00104E9C" w:rsidRPr="00104E9C">
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
         <w:t>di non essere stato dichiarato decaduto dall’incarico di direttore generale di un ente del SSN;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00E917C4" w:rsidP="00AC357F">
+    <w:p w14:paraId="711C141D" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00104E9C" w:rsidRPr="00104E9C">
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">di non trovarsi in nessuna circostanza di </w:t>
-[...44 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>di non trovarsi in nessuna circostanza di inconferibilità ostativa alla nomina, previste dall’articolo 3, comma 11, del d.lgs. 502/1992 e dagli artt. 3, 5 e 8 del d.lgs. 39/2013, o in alcuna delle circostanze comportanti decadenza dalla carica previste dalla normativa, e di essere a conoscenza delle cause di incompatibilità, di cui agli artt. 10 e 14 dello stesso d.lgs. 39/2013 e/o conflitti di interesse, dichiarando l’impegno a rimuoverli prima di assumere l’incarico;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3C95EB" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E917C4">
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">di impegnarsi in caso di superamento della </w:t>
-[...22 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00E917C4" w:rsidP="00104E9C">
+        <w:t>di impegnarsi in caso di superamento della procedura a comunicare tempestivamente ogni variazione inerente a fatti, stati e qualità personali oggetto della presente domanda;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78503C19" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>12</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00104E9C" w:rsidRPr="00104E9C">
+        <w:t>11)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00104E9C" w:rsidRPr="00104E9C">
+        <w:tab/>
+        <w:t>di accettare, in caso di nomina, l’incondizionata assunzione delle funzioni di Direttore generale dell’Azienda USL della Valle d’Aosta, alle condizioni stabilite dal contratto di prestazione d’opera intellettuale conforme allo schema tipo approvato dalla Giunta regionale con deliberazione n. ______ in data ___________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="391E8238" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2A2A25"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>12)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2A2A25"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">di accettare, in caso di nomina, l’incondizionata assunzione delle funzioni di Direttore </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00804479">
+        <w:t>di voler ricevere le comunicazioni relative al presente procedimento al proprio indirizzo di posta elettronica ______________________________________________- e di impegnarsi a comunicare l’eventuale variazione del proprio indirizzo PEC, sollevando la Regione autonoma Valle d’Aosta da ogni responsabilità per eventuali disguidi imputabili all’omessa comunicazione;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="627670FD" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>g</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00104E9C" w:rsidRPr="00104E9C">
+        <w:t>13)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>enerale dell’Azienda USL della Valle d’Aosta, alle condizioni stabilite da</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00804479">
+        <w:tab/>
+        <w:t xml:space="preserve">di aver preso visione dell’informativa per il trattamento dei dati personali ai sensi dell’articolo 13 del Regolamento </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UE/2016/679, allegata al presente avviso (allegato B) e di acconsentire al trattamento dei dati personali, ai sensi del </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2A2A25"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>l</w:t>
-[...62 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t xml:space="preserve">Regolamento </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UE/2016/679, per tutte le fasi previste per la presente procedura;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D98129" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426" w:hanging="426"/>
-[...62 lines deleted...]
-        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...573 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00B62D39" w:rsidP="00B62D39">
+    </w:p>
+    <w:p w14:paraId="573CE745" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*****************</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38110649" w14:textId="77777777" w:rsidR="005C17B9" w:rsidRDefault="005C17B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>*****************</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56813920" w14:textId="4C10B588" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Allego la seguente documentazione e attes</w:t>
-[...40 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:lastRenderedPageBreak/>
+        <w:t>Allega la seguente documentazione ed attesta – con la sottoscrizione della presente domanda, unitamente alla trasmissione di un documento di identità – che la documentazione medesima è rispondente a verità per quanto attiene a tutte le dichiarazioni nella stessa contenute e dichiaro tutto ciò sotto la mia responsabilità, ai sensi degli artt. 46 e 47 del d.PR: 445/2000, consapevole delle responsabilità e delle sanzioni penali previste dall’articolo 76 del d.P.R. 445/2000 per false attestazioni e dichiarazioni mendaci:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36797284" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="400"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="400" w:hanging="400"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>curriculum vitae in formato europeo debitamente sottoscritto, dal quale si evince il possesso dei requisiti e dei titoli di idoneità richiesti,</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>curriculum vitae in formato europeo debitamente sottoscritto, dal quale si evince il possesso dei requisiti e dei titoli di idoneità richiesti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2B0F63" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="400"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="400" w:hanging="400"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>scheda analitica redatta secondo il format allegato, debitamente datata e sottoscritta;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t xml:space="preserve">ulteriore copia del curriculum, i cui dati personali devono risultare oscurati e limitati a quanto necessario rispetto alla finalità della pubblicazione; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFA3636" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="400"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="400" w:hanging="400"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ulteriore copia del curriculum, i cui dati personali devono risultare oscurati e limitati a quanto necessario rispetto alla finalità della pubblicazione;</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00AD5793" w:rsidRPr="00AD5793" w:rsidRDefault="00AD5793" w:rsidP="00AD5793">
+        <w:t>scheda analitica redatta secondo il format allegato, debitamente datata e sottoscritta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BFE8929" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="400"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="400" w:hanging="400"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD5793">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">copia della </w:t>
-[...29 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>copia della conferma di avvenuto pagamento dell’imposta di bollo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE0D809" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="400"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="400" w:hanging="400"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>copia fotostatica non autenticata di un proprio documento di identità in corso di validità.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="42CCD212" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N.B. Qualora al momento dell’eventuale nomina siano scaduti i termini di validità delle dichiarazioni rese, le stesse dovranno essere riconfermate attraverso la sottoscrizione di un apposito modulo ai sensi di quanto stabilito dagli articoli 41 e 48 del DPR 445/2000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46A3DFAB" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17C888E0" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Luogo e data _______________________ .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0337C67B" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...67 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DC60CA4" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...24 lines deleted...]
-    <w:p w:rsidR="000464A7" w:rsidRPr="00104E9C" w:rsidRDefault="000464A7" w:rsidP="00104E9C">
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Il sottoscritto (*)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DFACA7" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- _____________ -</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CEF2834" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...40 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    </w:p>
+    <w:p w14:paraId="7DE6532B" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08118858" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="23A844DA" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="5040"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>(*) Ai sensi dell’articolo 38 del decreto del Presidente della Repubblica 28 dicembre 2000, n. 445</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e successive modificazioni </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>e dell’articolo 35, comma 1, della legge regionale 6 agosto 2007, n. 19, la firma in calce alla dichiarazione sostitutiva non è soggetta ad autenticazione se alla dichiarazione è allegata copia fotostatica di un documento di identità del sottoscrittore.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09663178" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...45 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30848D01" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Allegato A al fac-simile della domanda</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682232FB" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030ABC4D" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...30 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>FORMAT SCHEDA ANALITICA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE685C7" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FA6F8CA" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nome ___________________________ Cognome ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A33187" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06AFE136" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C02148">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>FORMAT SCHEDA ANALITICA</w:t>
-[...76 lines deleted...]
-        </w:rPr>
         <w:t>FORMAZIONE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...5 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="245F8DF0" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:t>Titolo di Laurea</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D5084F" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07AC6331" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6613E2" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1615BC94" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Università __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF0322F" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BC22CA9" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Titolo di Laurea</w:t>
-[...90 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+        <w:t>Corsi di perfezionamento o master post-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Corsi di perfezionamento o master </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:t>lauream</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>post-lauream</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+    <w:p w14:paraId="73382556" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>titolo conseguito ______________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>titolo conseguito __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BFD3B31" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>soggetto erogante ____________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>soggetto erogante ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD4B6D1" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>anno di conseguimento ________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>anno di conseguimento ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17765EF9" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>durata in ore ________________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>durata in ore ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33263147" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>titolo conseguito ______________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>titolo conseguito __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3D3AD2" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>soggetto erogante ____________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>soggetto erogante ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570675CF" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>anno di conseguimento ________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>anno di conseguimento ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE27924" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>durata in ore ________________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>durata in ore ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644E25FB" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>titolo conseguito ______________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>titolo conseguito __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2513E819" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>soggetto erogante ____________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>soggetto erogante ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BBDFBA" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>anno di conseguimento ________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>anno di conseguimento ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D82917A" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>durata in ore ________________________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+        <w:t>durata in ore ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2513C3EC" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="024FFCF8" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ESPERIENZE PROFESSIONALI NEGLI ULTIMI 10 ANNI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="51A86D77" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Impiego attuale</w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="457C50FD" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Inizio _______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="4D3BD3D3" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Azienda _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="0B3A1E4C" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dimensione Azienda: fatturato ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA8F884" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">n. dipendenti (Full Time </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Equivalent</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) ______________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="2052AE8E" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ruolo nell’organigramma aziendale _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...15 lines deleted...]
-        <w:t>Principali funzioni svolte (</w:t>
+    <w:p w14:paraId="1EFF45D2" w14:textId="17D44FF4" w:rsidR="003164FA" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="422640A9" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="508B7626" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Principali funzioni svolte (max 4):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11407915" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7171D5F8" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2) _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372A85E7" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755FBDAA" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FC1F49" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fattori produttivi controllati direttamente:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07492F88" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- fatturato ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB11933" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- n. dipendenti (Full Time </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00104E9C">
-[...5 lines deleted...]
-        <w:t>max</w:t>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Equivalent</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00104E9C">
-[...150 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) ______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="2E20741F" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Principali progetti di innovazione gestiti e relativi risultati ottenuti:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="2E13A4C0" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="42A42B46" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="2F1CE7E2" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="02F89F93" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...12 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="170E6F0C" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FC6CC05" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>**********************************</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="288DB030" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(N.B.: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E92387">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Compilare un dettaglio </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E92387">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>per ciascun incarico di direzione coperto</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E92387">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> anche nello stesso ente o azienda, in ordine cronologico decrescente</w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="5EACE924" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Impiego precedente</w:t>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="2A7903C3" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Inizio (giorno/mese/anno) ________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="7F922913" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fine (giorno/mese/anno) ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253ECAEB" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Azienda __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="74FB6D83" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dimensione Azienda: fatturato ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA53A1E" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00104E9C">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">n. dipendenti (Full Time </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Equivalent</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) ______________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="19B370BC" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ruolo nell’organigramma aziendale _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...15 lines deleted...]
-        <w:t>Principali funzioni svolte (</w:t>
+    <w:p w14:paraId="13F89C10" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Principali funzioni svolte (max 4):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4387DB64" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DF87367" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F701BB8" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE451DD" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442553F7" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fattori produttivi controllati direttamente:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67130BE9" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- fatturato ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BCDA09" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- n. dipendenti (Full Time </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00104E9C">
-[...5 lines deleted...]
-        <w:t>max</w:t>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Equivalent</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00104E9C">
-[...150 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) ______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="480576CB" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Principali progetti di innovazione gestiti e relativi risultati ottenuti:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="14AB1653" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="02843A0F" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00104E9C">
+    <w:p w14:paraId="25B40500" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="0630A9A5" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
-        <w:t>Allegato B</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Allegato B al fac-simile della domanda</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E8E4DA" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>INFORMATIVA PRIVACY AI SENSI DELL’ART</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE125A">
+        <w:t>INFORMATIVA PRIVACY AI SENSI DELL’ARTICOLO 13 DEL REGOLAMENTO GENERALE SULLA PROTEZIONE DEI DATI PERSONALI UE 2016/679</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A044BA" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>TITOLARE DEL TRATTAMENTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="677982FD" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>13 DEL REGOLAMENTO GEN</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>Titolare del trattamento è la Regione autonoma Valle d’Aosta/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>ERALE SULLA PROTEZIONE DEI DATI</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>Vallée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PERSONALI UE 2016/679</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>Aoste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>TITOLARE DEL TRATTAMENTO</w:t>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">, in persona del legale rappresentante pro tempore, con sede in Piazza </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>Deffeyes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Titolare del trattamento è la Regione autonoma Valle d’Aosta/</w:t>
-[...46 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, n. 1 – 11100 Aosta, contattabile all’indirizzo PEC </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00773304">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="006C7543">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="0000FF"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>segretario_generale@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="3BA30192" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>DELEGATO AL TRATTAMENTO</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="778019D3" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Delegato al trattamento dei dati è il Dirigente della Struttura sanità ospedaliera e territoriale e gestione del personale sanitario dott. Claudio PERRATONE (tel</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">Delegato al trattamento dei dati è il Dirigente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Struttura </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>Assistenza territoriale, formazione e gestione del personale sanitario</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 0165/274267 – e-mail c.perratone@regione.vda.it)</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> dott.ssa Elisabetta GIACOMINI (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>tel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 0165/274267 – e-mail e.giacomini@regione.vda.it)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086BA10D" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
         <w:t>DATI DI CONTATTO DEL RESPONSABILE DELLA PROTEZIONE DEI DATI (DPO)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="240E2AB1" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Il responsabile della protezione dei dati della Regione autonoma Valle d'Aosta/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Vallée</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> d’</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Aoste</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> è raggiungibile ai seguenti indirizzi PEC: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00104E9C">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="006C7543">
           <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>privacy@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (per i titolari di una casella di posta elettronica certificata) o PEI </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00104E9C">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="006C7543">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>privacy@regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>, con una comunicazione avente la seguente intestazione: “All’attenzione del DPO della Regione autonoma Valle d'Aosta/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Vallée</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> d’</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Aoste</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="4E88A044" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>FINALITÀ E BASE GIURIDICA DEL TRATTAMENTO</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104E9C" w:rsidRPr="00104E9C" w:rsidRDefault="00104E9C" w:rsidP="00104E9C">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="6A7933FB" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>I dati forniti saranno trattati dal personale autorizzato del Dipartimento</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>I dati forniti saranno trattati dal personale autorizzato del Dipartimento sanità e salute, anche in forma elettronica, esclusivamente per l’espletamento da parte di questa Amministrazione della procedura valutativa a carattere non comparativa degli aspiranti all’incarico di Direttore generale dell’Azienda USL della Valle d’Aosta e successiva nomina dello stesso, ai sensi dell’articolo 2 del d.lgs. 171/2016 e dell’articolo 13 della legge regionale 5/2000. Il conferimento dei dati personali risulta necessario per svolgere gli adempimenti di cui sopra e pertanto, in caso di rifiuto, il richiedente non potrà essere inserito nella rosa dei candidati idonei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CC17DF" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> s</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">anità e salute, anche in forma elettronica, esclusivamente per l’espletamento da parte di questa Amministrazione della </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>AMBITO DI COMUNICAZIONE E DI DIFFUSIONE DEI DATI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBCB13D" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">procedura valutativa a carattere non comparativa </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">degli aspiranti all’incarico di Direttore generale dell’Azienda USL della Valle d’Aosta e successiva nomina dello stesso, ai sensi </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>I dati forniti sono altresì trattati dal personale dipendente della Regione autonoma Valle d'Aosta/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">dell’art. 2 del d.lgs. 171/2016 e </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>Vallée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>dell’art. 13 della legge regionale 5/2000</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>Aoste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Il conferimento dei dati personali risulta necessario per svolgere gli adempimenti di cui sopra e pertanto, in caso di rifiuto, il richiedente non potrà essere inserito nella rosa dei candidati idonei.</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>, il quale agisce sulla base di specifiche istruzioni fornite in ordine alle finalità e alle modalità del trattamento medesimo, e comunicati, sempre esclusivamente nell’ambito degli adempimenti connessi alla procedura valutativa a carattere non comparativa degli aspiranti all’incarico di Direttore generale dell’Azienda USL della Valle d’Aosta e successiva nomina dello stesso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E821DD" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>AMBITO DI COMUNICAZIONE E DI DIFFUSIONE DEI DATI</w:t>
-[...96 lines deleted...]
-        <w:r w:rsidRPr="00104E9C">
+        <w:t xml:space="preserve">I curriculum vitae dei candidati inclusi nella rosa di idonei saranno pubblicati, ai sensi dell’articolo 2, comma 2, del d.lgs. 171/2016 nell’apposita pagina del sito internet della Regione stessa: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="006C7543">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>www.regione.vda.it/sanita/personale.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00104E9C">
-[...196 lines deleted...]
-          <w:sz w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="2F67F7AC" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104E9C">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Luogo e data ………</w:t>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:t>PERIODO DI CONSERVAZIONE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429559E6" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>…..</w:t>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>…………………</w:t>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:t>I dati forniti saranno conservati in formato cartaceo e digitale durante il periodo previsto dalla normativa vigente in materia di conservazione, anche ai fini di archiviazione, dei documenti amministrativi e, comunque, di rispetto dei principi di liceità, necessità, proporzionalità, nonché delle finalità per le quali sono stati raccolti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A6B347" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...15 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:t>I dati forniti non saranno trasferiti a paesi terzi al di fuori dell’Unione Europea.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7438AC1E" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>______________________________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00104E9C" w:rsidRDefault="000B7493" w:rsidP="000B7493">
+        <w:t>DIRITTI DELL’INTERESSATO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2FE885" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>L’interessato potrà in ogni momento esercitare i diritti di cui agli artt. 15 e seguenti del Regolamento UE/2016/679. In particolare, potrà chiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati personali o opporsi al trattamento nei casi previsti, inviando l’istanza al DPO delle Regione autonoma Valle d'Aosta/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Vallée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Aoste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F80643" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>DIRITTI DI PROPORRE RECLAMO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53153146" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto dal Regolamento UE/2016/679, ha diritto di proporre reclamo al garante per la protezione dei dati personali, ai sensi dell’articolo 77 del medesimo Regolamento, utilizzando gli estremi di contatto reperibili nel sito www.garanteprivacy.it </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F102ADC" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A49315B" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4956" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00104E9C" w:rsidRPr="00104E9C">
+        <w:t>Luogo e data …………………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>per presa visione ed accettazione</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     FIRMA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F75E94" w14:textId="77777777" w:rsidR="003164FA" w:rsidRPr="006C7543" w:rsidRDefault="003164FA" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>per presa visione ed accettazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72187789" w14:textId="5619DCD4" w:rsidR="00E3090D" w:rsidRPr="003164FA" w:rsidRDefault="00E3090D" w:rsidP="003164FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E3090D" w:rsidRPr="003164FA" w:rsidSect="0019104B">
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="993" w:right="1418" w:bottom="851" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
+      <w:pgNumType w:start="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C23812" w:rsidRDefault="00C23812">
+    <w:p w14:paraId="311FA4E0" w14:textId="77777777" w:rsidR="008B4CC6" w:rsidRDefault="008B4CC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C23812" w:rsidRDefault="00C23812">
+    <w:p w14:paraId="29552BEE" w14:textId="77777777" w:rsidR="008B4CC6" w:rsidRDefault="008B4CC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00FA1849" w:rsidRDefault="00FA1849">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="157E7A39" w14:textId="77777777" w:rsidR="004225EE" w:rsidRDefault="004225EE">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00FA1849" w:rsidRDefault="00FA1849">
+  <w:p w14:paraId="30238ACA" w14:textId="77777777" w:rsidR="004225EE" w:rsidRDefault="004225EE">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...78 lines deleted...]
-  <w:p w:rsidR="00FA1849" w:rsidRPr="00FB4544" w:rsidRDefault="00FB4544">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5D76ACA6" w14:textId="77777777" w:rsidR="000552FA" w:rsidRDefault="000552FA">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00FB4544">
-[...5 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w:rsidR="00FA1849" w:rsidRDefault="00FA1849">
+  <w:p w14:paraId="2CCA35EC" w14:textId="77777777" w:rsidR="004225EE" w:rsidRDefault="004225EE">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C23812" w:rsidRDefault="00C23812">
+    <w:p w14:paraId="2FAEC4B2" w14:textId="77777777" w:rsidR="008B4CC6" w:rsidRDefault="008B4CC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C23812" w:rsidRDefault="00C23812">
+    <w:p w14:paraId="091DBA9C" w14:textId="77777777" w:rsidR="008B4CC6" w:rsidRDefault="008B4CC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6686,51 +5009,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="049D2646"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28F6B014"/>
     <w:lvl w:ilvl="0" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6799,51 +5122,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="063D7F99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF229912"/>
     <w:lvl w:ilvl="0" w:tplc="04100011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6885,51 +5208,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08AD767C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="164CC43C"/>
     <w:lvl w:ilvl="0" w:tplc="0410000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7022,51 +5345,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="146B0D93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C9A9046"/>
     <w:lvl w:ilvl="0" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7163,54 +5486,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15AF016E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7CB21CA0"/>
+    <w:tmpl w:val="22AC6194"/>
     <w:lvl w:ilvl="0" w:tplc="8848C15C">
       <w:start w:val="15"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
@@ -7276,51 +5599,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="181B78E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E284A55C"/>
     <w:lvl w:ilvl="0" w:tplc="8848C15C">
       <w:start w:val="15"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7389,51 +5712,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18F11B50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14A44F0A"/>
     <w:lvl w:ilvl="0" w:tplc="0410000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -7478,140 +5801,253 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19A0325B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="064E2A74"/>
+    <w:lvl w:ilvl="0" w:tplc="04100003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B195430"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="29786F3C"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2487" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3207" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3927" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4647" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5367" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6087" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6807" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7527" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="8247" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="225C5665"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EDC439C"/>
     <w:lvl w:ilvl="0" w:tplc="60D0A1F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -7656,51 +6092,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26AE1635"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="59C679DA"/>
+    <w:lvl w:ilvl="0" w:tplc="8848C15C">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1582" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2302" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3022" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3742" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4462" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5182" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5902" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6622" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A6D4E2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3EE89E2"/>
     <w:lvl w:ilvl="0" w:tplc="04100011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7742,51 +6291,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C2969A3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BB182EDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7857,51 +6406,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30D76D32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4AD2ADB8"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7970,51 +6519,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35677FE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22D24FE6"/>
     <w:lvl w:ilvl="0" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8083,164 +6632,164 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B893E73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63202B9E"/>
     <w:lvl w:ilvl="0" w:tplc="09E852E4">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1070" w:hanging="360"/>
+        <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1790" w:hanging="360"/>
+        <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2510" w:hanging="360"/>
+        <w:ind w:left="2084" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3230" w:hanging="360"/>
+        <w:ind w:left="2804" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3950" w:hanging="360"/>
+        <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4670" w:hanging="360"/>
+        <w:ind w:left="4244" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5390" w:hanging="360"/>
+        <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6110" w:hanging="360"/>
+        <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6830" w:hanging="360"/>
+        <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BDB6DF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8ADC9014"/>
     <w:lvl w:ilvl="0" w:tplc="0410000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -8285,51 +6834,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41CD15BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F066139C"/>
     <w:lvl w:ilvl="0" w:tplc="04100019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8398,51 +6947,137 @@
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44BB6A01"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0166046A"/>
+    <w:lvl w:ilvl="0" w:tplc="0410000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DAD38C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D204A2B6"/>
     <w:lvl w:ilvl="0" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8511,51 +7146,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51E17BC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0582E1C"/>
     <w:lvl w:ilvl="0" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8624,51 +7259,140 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="573F457F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2744CA04"/>
+    <w:lvl w:ilvl="0" w:tplc="0410000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57F51DF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDDEF0BA"/>
     <w:lvl w:ilvl="0" w:tplc="2B0A7450">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8714,51 +7438,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A146921"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB26172C"/>
     <w:lvl w:ilvl="0" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8827,51 +7551,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B8F3CFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C24B814"/>
     <w:lvl w:ilvl="0" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8940,51 +7664,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="608B066B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0AC927C"/>
     <w:lvl w:ilvl="0" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9053,51 +7777,390 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61F77A45"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F1305328"/>
+    <w:lvl w:ilvl="0" w:tplc="8848C15C">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1582" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2302" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3022" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3742" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4462" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5182" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5902" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6622" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66A46BF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F64696C2"/>
+    <w:lvl w:ilvl="0" w:tplc="04100001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2444" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5324" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6764" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C0D7C72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D16A4ADC"/>
+    <w:lvl w:ilvl="0" w:tplc="8848C15C">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2444" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5324" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6764" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70DC01E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B5ED450"/>
     <w:lvl w:ilvl="0" w:tplc="0410000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -9142,51 +8205,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73432AAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="478421DC"/>
     <w:lvl w:ilvl="0" w:tplc="410E4B82">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9255,51 +8318,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BA11697"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7C25502"/>
     <w:lvl w:ilvl="0" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9368,51 +8431,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E031CEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C90C91E"/>
     <w:lvl w:ilvl="0" w:tplc="04100005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9488,1887 +8551,1788 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="12">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="13">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="15">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="20">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="33">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="21">
-[...18 lines deleted...]
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF019A"/>
     <w:rsid w:val="00000A87"/>
     <w:rsid w:val="00003277"/>
     <w:rsid w:val="000106D2"/>
+    <w:rsid w:val="00010B35"/>
     <w:rsid w:val="000139F3"/>
     <w:rsid w:val="00015C1F"/>
     <w:rsid w:val="00016306"/>
     <w:rsid w:val="00023686"/>
     <w:rsid w:val="000248D4"/>
     <w:rsid w:val="000249EE"/>
     <w:rsid w:val="00026A43"/>
+    <w:rsid w:val="00030E19"/>
     <w:rsid w:val="0003234A"/>
     <w:rsid w:val="00033750"/>
     <w:rsid w:val="00034BF4"/>
+    <w:rsid w:val="00036816"/>
     <w:rsid w:val="00040622"/>
     <w:rsid w:val="00040DCB"/>
     <w:rsid w:val="00041EFF"/>
     <w:rsid w:val="0004317E"/>
     <w:rsid w:val="00043BB0"/>
-    <w:rsid w:val="000464A7"/>
     <w:rsid w:val="00052780"/>
     <w:rsid w:val="000530E9"/>
+    <w:rsid w:val="000552FA"/>
     <w:rsid w:val="00062119"/>
     <w:rsid w:val="000647E7"/>
     <w:rsid w:val="00064971"/>
     <w:rsid w:val="00064AD8"/>
     <w:rsid w:val="000676CA"/>
     <w:rsid w:val="000717AB"/>
     <w:rsid w:val="00072DF3"/>
     <w:rsid w:val="0007309B"/>
+    <w:rsid w:val="00074CFD"/>
     <w:rsid w:val="00075515"/>
     <w:rsid w:val="00076FD8"/>
     <w:rsid w:val="00081785"/>
     <w:rsid w:val="00082DF4"/>
     <w:rsid w:val="000841D7"/>
     <w:rsid w:val="00084E05"/>
     <w:rsid w:val="00084FAE"/>
     <w:rsid w:val="0009137D"/>
     <w:rsid w:val="00091CCC"/>
     <w:rsid w:val="00092EB6"/>
     <w:rsid w:val="00095A00"/>
+    <w:rsid w:val="0009631C"/>
     <w:rsid w:val="000A1C90"/>
-    <w:rsid w:val="000A3AC5"/>
     <w:rsid w:val="000A6913"/>
     <w:rsid w:val="000B1190"/>
     <w:rsid w:val="000B41C0"/>
     <w:rsid w:val="000B5C82"/>
     <w:rsid w:val="000B5F68"/>
     <w:rsid w:val="000B6020"/>
     <w:rsid w:val="000B72A1"/>
-    <w:rsid w:val="000B7493"/>
+    <w:rsid w:val="000C0725"/>
     <w:rsid w:val="000C230A"/>
+    <w:rsid w:val="000C40D1"/>
     <w:rsid w:val="000C4B0F"/>
     <w:rsid w:val="000C5E3C"/>
+    <w:rsid w:val="000C6613"/>
     <w:rsid w:val="000C6975"/>
     <w:rsid w:val="000D03DA"/>
-    <w:rsid w:val="000D07D1"/>
     <w:rsid w:val="000D0A5B"/>
     <w:rsid w:val="000D0D95"/>
     <w:rsid w:val="000D4137"/>
     <w:rsid w:val="000D5771"/>
+    <w:rsid w:val="000D7D00"/>
     <w:rsid w:val="000D7F4F"/>
     <w:rsid w:val="000E11A5"/>
     <w:rsid w:val="000E295E"/>
+    <w:rsid w:val="000E42ED"/>
+    <w:rsid w:val="000E4C1B"/>
     <w:rsid w:val="000F174F"/>
+    <w:rsid w:val="000F235B"/>
     <w:rsid w:val="000F26F7"/>
     <w:rsid w:val="000F4781"/>
     <w:rsid w:val="00102E5F"/>
     <w:rsid w:val="00104E9C"/>
     <w:rsid w:val="0011181E"/>
     <w:rsid w:val="001141B9"/>
     <w:rsid w:val="00114214"/>
     <w:rsid w:val="00117E57"/>
+    <w:rsid w:val="001219CA"/>
     <w:rsid w:val="00124B94"/>
     <w:rsid w:val="001263F7"/>
     <w:rsid w:val="00126A82"/>
     <w:rsid w:val="0013625B"/>
     <w:rsid w:val="001405B1"/>
     <w:rsid w:val="00142B42"/>
+    <w:rsid w:val="001455A0"/>
     <w:rsid w:val="00146119"/>
+    <w:rsid w:val="00146A94"/>
     <w:rsid w:val="001471BE"/>
     <w:rsid w:val="001478B3"/>
     <w:rsid w:val="00147B96"/>
     <w:rsid w:val="0015036D"/>
     <w:rsid w:val="00150F2F"/>
     <w:rsid w:val="00151C0D"/>
     <w:rsid w:val="00151E25"/>
     <w:rsid w:val="001554A4"/>
     <w:rsid w:val="00155A03"/>
     <w:rsid w:val="00157012"/>
     <w:rsid w:val="00161F8A"/>
     <w:rsid w:val="00166645"/>
     <w:rsid w:val="00167344"/>
     <w:rsid w:val="00170F06"/>
     <w:rsid w:val="00172127"/>
     <w:rsid w:val="00176ECE"/>
     <w:rsid w:val="0017703C"/>
     <w:rsid w:val="00177864"/>
     <w:rsid w:val="00177FDC"/>
     <w:rsid w:val="00181C47"/>
+    <w:rsid w:val="0018423E"/>
     <w:rsid w:val="001853C7"/>
     <w:rsid w:val="001904CF"/>
     <w:rsid w:val="0019104B"/>
     <w:rsid w:val="00196227"/>
     <w:rsid w:val="00196DB2"/>
     <w:rsid w:val="00197E4F"/>
     <w:rsid w:val="001A0EE1"/>
     <w:rsid w:val="001A14C9"/>
     <w:rsid w:val="001A1B12"/>
     <w:rsid w:val="001A49EF"/>
     <w:rsid w:val="001A5529"/>
+    <w:rsid w:val="001A655D"/>
     <w:rsid w:val="001A7D8C"/>
     <w:rsid w:val="001B1398"/>
     <w:rsid w:val="001B3FC0"/>
     <w:rsid w:val="001B61CB"/>
     <w:rsid w:val="001B66EC"/>
     <w:rsid w:val="001B7004"/>
     <w:rsid w:val="001B747C"/>
     <w:rsid w:val="001B77F3"/>
     <w:rsid w:val="001C55A2"/>
     <w:rsid w:val="001C77FB"/>
     <w:rsid w:val="001D437B"/>
     <w:rsid w:val="001D63E8"/>
     <w:rsid w:val="001D6FF4"/>
+    <w:rsid w:val="001E13E6"/>
     <w:rsid w:val="001E2A41"/>
     <w:rsid w:val="001E2ECE"/>
     <w:rsid w:val="001E5467"/>
     <w:rsid w:val="001E567E"/>
     <w:rsid w:val="001E662D"/>
     <w:rsid w:val="001F5204"/>
     <w:rsid w:val="001F5585"/>
     <w:rsid w:val="001F7F3D"/>
     <w:rsid w:val="00201A39"/>
     <w:rsid w:val="00202B0E"/>
     <w:rsid w:val="002034E2"/>
     <w:rsid w:val="002035F8"/>
     <w:rsid w:val="00204060"/>
     <w:rsid w:val="0020441B"/>
     <w:rsid w:val="00206895"/>
     <w:rsid w:val="0021391F"/>
     <w:rsid w:val="0021476A"/>
     <w:rsid w:val="0021494B"/>
     <w:rsid w:val="00222A59"/>
+    <w:rsid w:val="0022509D"/>
     <w:rsid w:val="00225C5A"/>
     <w:rsid w:val="00226B00"/>
     <w:rsid w:val="00227D79"/>
     <w:rsid w:val="00236296"/>
     <w:rsid w:val="00236309"/>
     <w:rsid w:val="00236351"/>
     <w:rsid w:val="00241965"/>
     <w:rsid w:val="00242ED6"/>
     <w:rsid w:val="00245356"/>
     <w:rsid w:val="0024537D"/>
     <w:rsid w:val="00246C06"/>
+    <w:rsid w:val="00251490"/>
+    <w:rsid w:val="00253EA6"/>
     <w:rsid w:val="0025404A"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="002574F5"/>
     <w:rsid w:val="00260C40"/>
     <w:rsid w:val="00260D29"/>
     <w:rsid w:val="00261690"/>
     <w:rsid w:val="00265704"/>
+    <w:rsid w:val="00265C6F"/>
     <w:rsid w:val="00272348"/>
     <w:rsid w:val="0027606F"/>
+    <w:rsid w:val="00276A9A"/>
     <w:rsid w:val="002808C5"/>
     <w:rsid w:val="00281033"/>
     <w:rsid w:val="002848EE"/>
     <w:rsid w:val="002916F3"/>
     <w:rsid w:val="002932EF"/>
     <w:rsid w:val="002947CB"/>
     <w:rsid w:val="00294F12"/>
     <w:rsid w:val="002A129F"/>
     <w:rsid w:val="002A1661"/>
     <w:rsid w:val="002A2B39"/>
     <w:rsid w:val="002A33AF"/>
     <w:rsid w:val="002A39FF"/>
     <w:rsid w:val="002A3CBB"/>
     <w:rsid w:val="002A4A62"/>
     <w:rsid w:val="002A5C54"/>
     <w:rsid w:val="002A6956"/>
     <w:rsid w:val="002A7FD0"/>
     <w:rsid w:val="002B48A6"/>
     <w:rsid w:val="002B562A"/>
     <w:rsid w:val="002B5BDF"/>
     <w:rsid w:val="002C37A7"/>
     <w:rsid w:val="002C413A"/>
-    <w:rsid w:val="002D0665"/>
+    <w:rsid w:val="002D1F3F"/>
     <w:rsid w:val="002D4457"/>
     <w:rsid w:val="002D4BB1"/>
+    <w:rsid w:val="002D7600"/>
     <w:rsid w:val="002D77AA"/>
     <w:rsid w:val="002E0776"/>
     <w:rsid w:val="002E3CD6"/>
     <w:rsid w:val="002E518C"/>
     <w:rsid w:val="002E712A"/>
     <w:rsid w:val="002F22F9"/>
+    <w:rsid w:val="002F41B3"/>
     <w:rsid w:val="002F5AE6"/>
     <w:rsid w:val="002F5DB1"/>
     <w:rsid w:val="002F64D9"/>
     <w:rsid w:val="00300C8E"/>
     <w:rsid w:val="003024D7"/>
     <w:rsid w:val="003055D2"/>
     <w:rsid w:val="00306B72"/>
     <w:rsid w:val="00306EF1"/>
     <w:rsid w:val="00307251"/>
     <w:rsid w:val="0031076F"/>
     <w:rsid w:val="003109D0"/>
     <w:rsid w:val="00311513"/>
     <w:rsid w:val="0031267E"/>
     <w:rsid w:val="003144FF"/>
+    <w:rsid w:val="003164FA"/>
     <w:rsid w:val="00321E61"/>
+    <w:rsid w:val="00324897"/>
     <w:rsid w:val="00325DEC"/>
     <w:rsid w:val="003264C7"/>
     <w:rsid w:val="00330BD3"/>
     <w:rsid w:val="003320E5"/>
     <w:rsid w:val="00332A59"/>
     <w:rsid w:val="003404A3"/>
     <w:rsid w:val="00343C71"/>
     <w:rsid w:val="00344C03"/>
     <w:rsid w:val="00345353"/>
     <w:rsid w:val="003454BF"/>
     <w:rsid w:val="00350715"/>
     <w:rsid w:val="00351129"/>
     <w:rsid w:val="0035274E"/>
     <w:rsid w:val="00355239"/>
-    <w:rsid w:val="00356C4D"/>
+    <w:rsid w:val="0036176C"/>
     <w:rsid w:val="00361D14"/>
     <w:rsid w:val="0036284E"/>
     <w:rsid w:val="00362D9C"/>
+    <w:rsid w:val="00370FE2"/>
     <w:rsid w:val="00373594"/>
     <w:rsid w:val="003738D7"/>
     <w:rsid w:val="003739D1"/>
     <w:rsid w:val="00373F5F"/>
     <w:rsid w:val="00374240"/>
+    <w:rsid w:val="0037729C"/>
     <w:rsid w:val="00377541"/>
     <w:rsid w:val="0037795E"/>
     <w:rsid w:val="00380C82"/>
     <w:rsid w:val="003868EF"/>
     <w:rsid w:val="0039011F"/>
     <w:rsid w:val="0039079F"/>
     <w:rsid w:val="00390FA3"/>
+    <w:rsid w:val="0039124D"/>
     <w:rsid w:val="00397240"/>
     <w:rsid w:val="00397552"/>
     <w:rsid w:val="003A0C37"/>
     <w:rsid w:val="003A0F8A"/>
     <w:rsid w:val="003A157D"/>
     <w:rsid w:val="003A7CE2"/>
     <w:rsid w:val="003B0875"/>
     <w:rsid w:val="003B1CC2"/>
     <w:rsid w:val="003B2992"/>
     <w:rsid w:val="003B398A"/>
     <w:rsid w:val="003B6FB3"/>
     <w:rsid w:val="003C064D"/>
     <w:rsid w:val="003C13D5"/>
     <w:rsid w:val="003C2DF1"/>
     <w:rsid w:val="003C686C"/>
     <w:rsid w:val="003C6B24"/>
     <w:rsid w:val="003C772D"/>
     <w:rsid w:val="003D0575"/>
     <w:rsid w:val="003D214D"/>
     <w:rsid w:val="003D264C"/>
     <w:rsid w:val="003D5D22"/>
     <w:rsid w:val="003D65D7"/>
     <w:rsid w:val="003E0D29"/>
     <w:rsid w:val="003E4867"/>
+    <w:rsid w:val="003E4EEE"/>
+    <w:rsid w:val="003E4F9E"/>
     <w:rsid w:val="003E58E8"/>
     <w:rsid w:val="003E5FD8"/>
     <w:rsid w:val="003E7AA1"/>
     <w:rsid w:val="003E7B46"/>
     <w:rsid w:val="003F4ABD"/>
     <w:rsid w:val="003F5B78"/>
     <w:rsid w:val="003F782D"/>
     <w:rsid w:val="00401391"/>
     <w:rsid w:val="00403BEA"/>
     <w:rsid w:val="004055EE"/>
     <w:rsid w:val="00407CC0"/>
     <w:rsid w:val="00413121"/>
     <w:rsid w:val="004131AC"/>
     <w:rsid w:val="0041443F"/>
     <w:rsid w:val="0041499C"/>
+    <w:rsid w:val="00414D75"/>
     <w:rsid w:val="00415D9D"/>
     <w:rsid w:val="004161EC"/>
     <w:rsid w:val="004169D1"/>
+    <w:rsid w:val="0041755D"/>
     <w:rsid w:val="004175DB"/>
+    <w:rsid w:val="004225EE"/>
     <w:rsid w:val="00422A4F"/>
     <w:rsid w:val="00423ACB"/>
     <w:rsid w:val="0042722C"/>
+    <w:rsid w:val="00427981"/>
     <w:rsid w:val="00432DBA"/>
     <w:rsid w:val="004333A0"/>
     <w:rsid w:val="00433A0F"/>
     <w:rsid w:val="00435915"/>
     <w:rsid w:val="00445D38"/>
     <w:rsid w:val="00454BBF"/>
     <w:rsid w:val="00455E0C"/>
     <w:rsid w:val="00457296"/>
+    <w:rsid w:val="00460E90"/>
     <w:rsid w:val="0046270D"/>
     <w:rsid w:val="00463991"/>
     <w:rsid w:val="0046660E"/>
     <w:rsid w:val="00467C41"/>
     <w:rsid w:val="00470239"/>
     <w:rsid w:val="00471811"/>
     <w:rsid w:val="004720BE"/>
     <w:rsid w:val="0047649B"/>
     <w:rsid w:val="004836EC"/>
     <w:rsid w:val="004837F5"/>
     <w:rsid w:val="00484969"/>
     <w:rsid w:val="00485F91"/>
     <w:rsid w:val="00487570"/>
     <w:rsid w:val="00487D01"/>
     <w:rsid w:val="00491CE6"/>
+    <w:rsid w:val="0049274A"/>
     <w:rsid w:val="00494993"/>
     <w:rsid w:val="00497934"/>
     <w:rsid w:val="004A07D4"/>
     <w:rsid w:val="004A0EDF"/>
     <w:rsid w:val="004A1056"/>
     <w:rsid w:val="004A10DA"/>
     <w:rsid w:val="004A50F7"/>
     <w:rsid w:val="004A5BE3"/>
     <w:rsid w:val="004A5D4C"/>
     <w:rsid w:val="004A7358"/>
     <w:rsid w:val="004B0576"/>
     <w:rsid w:val="004B7476"/>
     <w:rsid w:val="004C14A2"/>
     <w:rsid w:val="004C20FC"/>
     <w:rsid w:val="004C6703"/>
     <w:rsid w:val="004D0F76"/>
     <w:rsid w:val="004D247A"/>
     <w:rsid w:val="004E1344"/>
     <w:rsid w:val="004E2ADE"/>
     <w:rsid w:val="004F1326"/>
     <w:rsid w:val="004F4EF9"/>
+    <w:rsid w:val="004F5C7A"/>
     <w:rsid w:val="005001D5"/>
     <w:rsid w:val="005125D7"/>
     <w:rsid w:val="005143E7"/>
     <w:rsid w:val="005175FA"/>
     <w:rsid w:val="0052150A"/>
     <w:rsid w:val="00521EF1"/>
     <w:rsid w:val="005222FA"/>
     <w:rsid w:val="00531016"/>
     <w:rsid w:val="00533C33"/>
     <w:rsid w:val="005357B7"/>
     <w:rsid w:val="0053651B"/>
     <w:rsid w:val="00536A55"/>
+    <w:rsid w:val="00537291"/>
     <w:rsid w:val="0054073E"/>
     <w:rsid w:val="00541D68"/>
     <w:rsid w:val="00544194"/>
     <w:rsid w:val="00545F0E"/>
     <w:rsid w:val="00546B82"/>
     <w:rsid w:val="00547846"/>
     <w:rsid w:val="005522DE"/>
     <w:rsid w:val="005524C6"/>
+    <w:rsid w:val="00553658"/>
     <w:rsid w:val="0055390F"/>
     <w:rsid w:val="00554D4B"/>
+    <w:rsid w:val="00563E09"/>
     <w:rsid w:val="00563EA2"/>
     <w:rsid w:val="00567D26"/>
     <w:rsid w:val="00573F5F"/>
     <w:rsid w:val="00575E68"/>
     <w:rsid w:val="0057688B"/>
     <w:rsid w:val="00576A87"/>
     <w:rsid w:val="0057775F"/>
+    <w:rsid w:val="00577FA8"/>
     <w:rsid w:val="005804C0"/>
     <w:rsid w:val="00581707"/>
     <w:rsid w:val="00581B0D"/>
+    <w:rsid w:val="00582AC7"/>
     <w:rsid w:val="005830ED"/>
     <w:rsid w:val="00585E26"/>
     <w:rsid w:val="005868E1"/>
     <w:rsid w:val="00595266"/>
     <w:rsid w:val="00596AB0"/>
     <w:rsid w:val="00596F09"/>
     <w:rsid w:val="005A0402"/>
     <w:rsid w:val="005A20FF"/>
     <w:rsid w:val="005A305F"/>
     <w:rsid w:val="005A319B"/>
     <w:rsid w:val="005A4C4D"/>
     <w:rsid w:val="005A5644"/>
     <w:rsid w:val="005A7245"/>
     <w:rsid w:val="005B0827"/>
     <w:rsid w:val="005B12BF"/>
     <w:rsid w:val="005B212E"/>
     <w:rsid w:val="005B33B9"/>
     <w:rsid w:val="005B3D37"/>
     <w:rsid w:val="005B4044"/>
     <w:rsid w:val="005B4322"/>
+    <w:rsid w:val="005B531B"/>
     <w:rsid w:val="005C0208"/>
     <w:rsid w:val="005C1429"/>
+    <w:rsid w:val="005C17B9"/>
+    <w:rsid w:val="005C212E"/>
     <w:rsid w:val="005C33F0"/>
+    <w:rsid w:val="005C4A50"/>
+    <w:rsid w:val="005C5912"/>
     <w:rsid w:val="005C5DD5"/>
     <w:rsid w:val="005C7D71"/>
     <w:rsid w:val="005D1B8B"/>
     <w:rsid w:val="005D219B"/>
     <w:rsid w:val="005D3AB8"/>
     <w:rsid w:val="005D6CBF"/>
+    <w:rsid w:val="005E0CDD"/>
     <w:rsid w:val="005E7612"/>
     <w:rsid w:val="005F04CA"/>
     <w:rsid w:val="005F1E75"/>
     <w:rsid w:val="005F2298"/>
     <w:rsid w:val="005F3902"/>
+    <w:rsid w:val="005F455A"/>
     <w:rsid w:val="005F4D4C"/>
     <w:rsid w:val="005F59FA"/>
     <w:rsid w:val="005F746B"/>
     <w:rsid w:val="006022F5"/>
+    <w:rsid w:val="006034BA"/>
     <w:rsid w:val="0060462E"/>
     <w:rsid w:val="00604B02"/>
     <w:rsid w:val="00604F01"/>
     <w:rsid w:val="00605561"/>
+    <w:rsid w:val="00611FB7"/>
     <w:rsid w:val="0061660E"/>
     <w:rsid w:val="00617597"/>
     <w:rsid w:val="0062300F"/>
     <w:rsid w:val="00624C5C"/>
     <w:rsid w:val="0062598B"/>
     <w:rsid w:val="00630372"/>
+    <w:rsid w:val="00631033"/>
     <w:rsid w:val="006356F7"/>
     <w:rsid w:val="0063650E"/>
     <w:rsid w:val="00636D34"/>
     <w:rsid w:val="00637031"/>
     <w:rsid w:val="006401DE"/>
-    <w:rsid w:val="0064183E"/>
+    <w:rsid w:val="006414C0"/>
     <w:rsid w:val="00642435"/>
     <w:rsid w:val="0064461B"/>
+    <w:rsid w:val="00644A96"/>
     <w:rsid w:val="0064619C"/>
+    <w:rsid w:val="006463F1"/>
     <w:rsid w:val="00654D7C"/>
     <w:rsid w:val="00655DA9"/>
     <w:rsid w:val="00656076"/>
     <w:rsid w:val="00656816"/>
     <w:rsid w:val="00656850"/>
-    <w:rsid w:val="006570B3"/>
     <w:rsid w:val="0066223F"/>
     <w:rsid w:val="006649DF"/>
     <w:rsid w:val="006653B9"/>
+    <w:rsid w:val="00670DD5"/>
     <w:rsid w:val="00673A64"/>
     <w:rsid w:val="006750D4"/>
     <w:rsid w:val="00675345"/>
     <w:rsid w:val="006776BB"/>
     <w:rsid w:val="006808CF"/>
     <w:rsid w:val="006823E4"/>
-    <w:rsid w:val="00684337"/>
     <w:rsid w:val="006846B7"/>
     <w:rsid w:val="006875F4"/>
     <w:rsid w:val="0069155F"/>
+    <w:rsid w:val="006956A3"/>
     <w:rsid w:val="006979E7"/>
     <w:rsid w:val="006A0F6F"/>
     <w:rsid w:val="006A0F74"/>
+    <w:rsid w:val="006A1045"/>
     <w:rsid w:val="006A183C"/>
     <w:rsid w:val="006A23F7"/>
     <w:rsid w:val="006A46C3"/>
     <w:rsid w:val="006A54AB"/>
     <w:rsid w:val="006A5FFD"/>
     <w:rsid w:val="006A6EBB"/>
     <w:rsid w:val="006A6EC7"/>
+    <w:rsid w:val="006B0FD3"/>
     <w:rsid w:val="006B3B1D"/>
     <w:rsid w:val="006B4C14"/>
     <w:rsid w:val="006B75D8"/>
     <w:rsid w:val="006C0791"/>
     <w:rsid w:val="006C0902"/>
     <w:rsid w:val="006C1291"/>
     <w:rsid w:val="006C1FC4"/>
     <w:rsid w:val="006C35C3"/>
     <w:rsid w:val="006C3EBE"/>
-    <w:rsid w:val="006C42EE"/>
     <w:rsid w:val="006C50EC"/>
+    <w:rsid w:val="006C5BBA"/>
     <w:rsid w:val="006C7BD9"/>
     <w:rsid w:val="006D2A0F"/>
     <w:rsid w:val="006D370A"/>
     <w:rsid w:val="006D3A13"/>
     <w:rsid w:val="006D7FD1"/>
     <w:rsid w:val="006E388B"/>
     <w:rsid w:val="006E4937"/>
+    <w:rsid w:val="006E7A14"/>
     <w:rsid w:val="006F07B7"/>
     <w:rsid w:val="006F1EB9"/>
     <w:rsid w:val="006F28EC"/>
-    <w:rsid w:val="00700BF9"/>
     <w:rsid w:val="00700C6F"/>
     <w:rsid w:val="007014C0"/>
     <w:rsid w:val="00704AFF"/>
     <w:rsid w:val="00705945"/>
     <w:rsid w:val="0071024B"/>
     <w:rsid w:val="0071146F"/>
+    <w:rsid w:val="0071433F"/>
     <w:rsid w:val="00715ACB"/>
     <w:rsid w:val="00715E7F"/>
     <w:rsid w:val="00724D8B"/>
     <w:rsid w:val="00724F72"/>
     <w:rsid w:val="00725615"/>
     <w:rsid w:val="0072561F"/>
+    <w:rsid w:val="00725C69"/>
     <w:rsid w:val="00727D0D"/>
     <w:rsid w:val="00730DEF"/>
     <w:rsid w:val="00732020"/>
     <w:rsid w:val="0073213E"/>
     <w:rsid w:val="00734646"/>
     <w:rsid w:val="00737077"/>
     <w:rsid w:val="007406EE"/>
     <w:rsid w:val="007413C5"/>
     <w:rsid w:val="00741629"/>
     <w:rsid w:val="00742903"/>
     <w:rsid w:val="00745B47"/>
     <w:rsid w:val="007478D1"/>
     <w:rsid w:val="00750CDA"/>
     <w:rsid w:val="0075139C"/>
     <w:rsid w:val="007554AD"/>
     <w:rsid w:val="00760183"/>
     <w:rsid w:val="00760536"/>
     <w:rsid w:val="00762EE8"/>
+    <w:rsid w:val="00764366"/>
     <w:rsid w:val="00764992"/>
     <w:rsid w:val="007649EA"/>
     <w:rsid w:val="00766801"/>
     <w:rsid w:val="007709FF"/>
-    <w:rsid w:val="00773304"/>
     <w:rsid w:val="00773B93"/>
+    <w:rsid w:val="00776EED"/>
     <w:rsid w:val="00782836"/>
     <w:rsid w:val="00786948"/>
     <w:rsid w:val="00790867"/>
     <w:rsid w:val="00794E2E"/>
     <w:rsid w:val="00795A25"/>
+    <w:rsid w:val="0079620D"/>
     <w:rsid w:val="00797023"/>
     <w:rsid w:val="007A6B68"/>
     <w:rsid w:val="007A6F87"/>
+    <w:rsid w:val="007B2F6C"/>
     <w:rsid w:val="007B6A7F"/>
     <w:rsid w:val="007B76B8"/>
     <w:rsid w:val="007B7987"/>
     <w:rsid w:val="007C2C0F"/>
     <w:rsid w:val="007C72CD"/>
     <w:rsid w:val="007C770C"/>
     <w:rsid w:val="007D0974"/>
     <w:rsid w:val="007D218C"/>
+    <w:rsid w:val="007D316A"/>
     <w:rsid w:val="007D38A9"/>
     <w:rsid w:val="007E31FB"/>
     <w:rsid w:val="007E5230"/>
     <w:rsid w:val="007F1503"/>
+    <w:rsid w:val="007F1A15"/>
     <w:rsid w:val="007F1C9E"/>
     <w:rsid w:val="007F30EF"/>
     <w:rsid w:val="007F39A5"/>
     <w:rsid w:val="007F3B9A"/>
     <w:rsid w:val="007F4A8E"/>
+    <w:rsid w:val="007F58D9"/>
     <w:rsid w:val="007F75D9"/>
     <w:rsid w:val="00802D3F"/>
     <w:rsid w:val="00804479"/>
     <w:rsid w:val="008071B0"/>
     <w:rsid w:val="0081440A"/>
     <w:rsid w:val="00816E7B"/>
     <w:rsid w:val="00820AB7"/>
     <w:rsid w:val="008237EA"/>
     <w:rsid w:val="0082542C"/>
     <w:rsid w:val="00826DEF"/>
     <w:rsid w:val="00830739"/>
     <w:rsid w:val="00832ADA"/>
     <w:rsid w:val="00833CE0"/>
     <w:rsid w:val="00834887"/>
     <w:rsid w:val="00837132"/>
     <w:rsid w:val="008376F4"/>
     <w:rsid w:val="00837FBC"/>
     <w:rsid w:val="00841963"/>
     <w:rsid w:val="00841EAB"/>
     <w:rsid w:val="0084292E"/>
     <w:rsid w:val="00842A05"/>
     <w:rsid w:val="008453CC"/>
     <w:rsid w:val="00845A77"/>
+    <w:rsid w:val="00845AB0"/>
+    <w:rsid w:val="008471B5"/>
     <w:rsid w:val="008559B1"/>
     <w:rsid w:val="008621CC"/>
     <w:rsid w:val="0086700D"/>
+    <w:rsid w:val="00867B33"/>
     <w:rsid w:val="0087027D"/>
+    <w:rsid w:val="0087087D"/>
     <w:rsid w:val="008713DA"/>
     <w:rsid w:val="008719D6"/>
     <w:rsid w:val="00871B49"/>
     <w:rsid w:val="008724A8"/>
     <w:rsid w:val="008727E2"/>
     <w:rsid w:val="008767BE"/>
     <w:rsid w:val="00877BB6"/>
     <w:rsid w:val="00877ECA"/>
     <w:rsid w:val="0088064B"/>
     <w:rsid w:val="008867D1"/>
     <w:rsid w:val="00886BAC"/>
     <w:rsid w:val="008875E4"/>
     <w:rsid w:val="00887986"/>
     <w:rsid w:val="00887BE4"/>
     <w:rsid w:val="00892290"/>
     <w:rsid w:val="00892576"/>
     <w:rsid w:val="008928E2"/>
     <w:rsid w:val="0089751D"/>
+    <w:rsid w:val="008A0760"/>
     <w:rsid w:val="008A0B0F"/>
+    <w:rsid w:val="008A2A0F"/>
     <w:rsid w:val="008A3915"/>
     <w:rsid w:val="008A535D"/>
     <w:rsid w:val="008A556C"/>
     <w:rsid w:val="008B0D73"/>
     <w:rsid w:val="008B17B5"/>
+    <w:rsid w:val="008B1D56"/>
     <w:rsid w:val="008B433E"/>
+    <w:rsid w:val="008B4CC6"/>
     <w:rsid w:val="008B5B04"/>
     <w:rsid w:val="008B5B5A"/>
     <w:rsid w:val="008C3EFC"/>
     <w:rsid w:val="008C421D"/>
     <w:rsid w:val="008C4C8E"/>
+    <w:rsid w:val="008C50BA"/>
     <w:rsid w:val="008D0B8C"/>
     <w:rsid w:val="008D1548"/>
     <w:rsid w:val="008D3EAD"/>
+    <w:rsid w:val="008D502A"/>
     <w:rsid w:val="008D57C5"/>
     <w:rsid w:val="008E1D0F"/>
     <w:rsid w:val="008E2AF2"/>
     <w:rsid w:val="008E2D93"/>
     <w:rsid w:val="008E2E99"/>
     <w:rsid w:val="008E3735"/>
     <w:rsid w:val="008E4F34"/>
     <w:rsid w:val="008E5E23"/>
     <w:rsid w:val="008E6BCB"/>
     <w:rsid w:val="008F4EE0"/>
     <w:rsid w:val="008F5E1F"/>
     <w:rsid w:val="008F5F09"/>
     <w:rsid w:val="008F7DFE"/>
     <w:rsid w:val="00900734"/>
     <w:rsid w:val="00901342"/>
     <w:rsid w:val="0090394D"/>
     <w:rsid w:val="00904600"/>
     <w:rsid w:val="0090534A"/>
     <w:rsid w:val="009060FE"/>
+    <w:rsid w:val="0090648F"/>
     <w:rsid w:val="0091215D"/>
     <w:rsid w:val="00913902"/>
+    <w:rsid w:val="00914719"/>
     <w:rsid w:val="00915122"/>
     <w:rsid w:val="00921D81"/>
     <w:rsid w:val="009221F4"/>
     <w:rsid w:val="00924B51"/>
     <w:rsid w:val="009301A7"/>
     <w:rsid w:val="00931990"/>
+    <w:rsid w:val="0093518F"/>
     <w:rsid w:val="009352D3"/>
+    <w:rsid w:val="00936878"/>
     <w:rsid w:val="009439E8"/>
     <w:rsid w:val="00945E80"/>
     <w:rsid w:val="00946026"/>
     <w:rsid w:val="00951823"/>
     <w:rsid w:val="00952670"/>
     <w:rsid w:val="00957DB3"/>
+    <w:rsid w:val="0096165A"/>
     <w:rsid w:val="009629C1"/>
     <w:rsid w:val="00964DA6"/>
     <w:rsid w:val="00966BD5"/>
     <w:rsid w:val="00976944"/>
     <w:rsid w:val="00980E51"/>
     <w:rsid w:val="0098192F"/>
     <w:rsid w:val="00982434"/>
     <w:rsid w:val="0098427E"/>
     <w:rsid w:val="009849D6"/>
     <w:rsid w:val="009874A1"/>
     <w:rsid w:val="00991D06"/>
     <w:rsid w:val="0099520B"/>
     <w:rsid w:val="0099727A"/>
     <w:rsid w:val="00997917"/>
     <w:rsid w:val="009A1304"/>
     <w:rsid w:val="009B0A94"/>
     <w:rsid w:val="009B63C5"/>
     <w:rsid w:val="009B7614"/>
     <w:rsid w:val="009B7E51"/>
     <w:rsid w:val="009C0AA0"/>
     <w:rsid w:val="009C0DFD"/>
     <w:rsid w:val="009C368E"/>
     <w:rsid w:val="009C5576"/>
     <w:rsid w:val="009C5F4B"/>
+    <w:rsid w:val="009C7555"/>
     <w:rsid w:val="009D1197"/>
     <w:rsid w:val="009D357D"/>
     <w:rsid w:val="009D43A6"/>
-    <w:rsid w:val="009D69C6"/>
+    <w:rsid w:val="009D7B30"/>
     <w:rsid w:val="009E1AB2"/>
     <w:rsid w:val="009E2AD6"/>
     <w:rsid w:val="009E7143"/>
     <w:rsid w:val="009E7250"/>
     <w:rsid w:val="009F14CE"/>
+    <w:rsid w:val="009F4375"/>
     <w:rsid w:val="009F54ED"/>
     <w:rsid w:val="009F5505"/>
     <w:rsid w:val="009F6EB5"/>
     <w:rsid w:val="00A01BF3"/>
     <w:rsid w:val="00A0215C"/>
     <w:rsid w:val="00A021B9"/>
     <w:rsid w:val="00A02E01"/>
     <w:rsid w:val="00A05C9B"/>
     <w:rsid w:val="00A06357"/>
     <w:rsid w:val="00A11011"/>
     <w:rsid w:val="00A13494"/>
     <w:rsid w:val="00A17F99"/>
     <w:rsid w:val="00A22A75"/>
     <w:rsid w:val="00A26E97"/>
     <w:rsid w:val="00A27083"/>
     <w:rsid w:val="00A30F25"/>
     <w:rsid w:val="00A313B6"/>
     <w:rsid w:val="00A31F60"/>
     <w:rsid w:val="00A357C2"/>
     <w:rsid w:val="00A37536"/>
+    <w:rsid w:val="00A37D95"/>
     <w:rsid w:val="00A42442"/>
-    <w:rsid w:val="00A4264C"/>
+    <w:rsid w:val="00A433D3"/>
+    <w:rsid w:val="00A53150"/>
+    <w:rsid w:val="00A54DE9"/>
     <w:rsid w:val="00A5522D"/>
     <w:rsid w:val="00A5562F"/>
     <w:rsid w:val="00A55842"/>
     <w:rsid w:val="00A55E66"/>
     <w:rsid w:val="00A568B7"/>
     <w:rsid w:val="00A60C79"/>
-    <w:rsid w:val="00A62268"/>
     <w:rsid w:val="00A80CED"/>
     <w:rsid w:val="00A810EE"/>
     <w:rsid w:val="00A81872"/>
     <w:rsid w:val="00A83E7C"/>
     <w:rsid w:val="00A852C2"/>
     <w:rsid w:val="00A85647"/>
     <w:rsid w:val="00A91DC3"/>
     <w:rsid w:val="00A921D2"/>
     <w:rsid w:val="00A94B28"/>
     <w:rsid w:val="00A95C06"/>
     <w:rsid w:val="00A95C14"/>
     <w:rsid w:val="00A973E4"/>
     <w:rsid w:val="00AA34CE"/>
     <w:rsid w:val="00AA47C2"/>
     <w:rsid w:val="00AA6705"/>
     <w:rsid w:val="00AB3F10"/>
+    <w:rsid w:val="00AB5298"/>
     <w:rsid w:val="00AB72D6"/>
     <w:rsid w:val="00AC00C1"/>
     <w:rsid w:val="00AC357F"/>
     <w:rsid w:val="00AC3C6C"/>
     <w:rsid w:val="00AC3D95"/>
     <w:rsid w:val="00AC5D74"/>
     <w:rsid w:val="00AC779B"/>
+    <w:rsid w:val="00AC79E9"/>
     <w:rsid w:val="00AD4A11"/>
     <w:rsid w:val="00AD5793"/>
     <w:rsid w:val="00AD74BA"/>
     <w:rsid w:val="00AE0183"/>
     <w:rsid w:val="00AE280A"/>
     <w:rsid w:val="00AE67F5"/>
     <w:rsid w:val="00AE6D3D"/>
     <w:rsid w:val="00AE6EC5"/>
+    <w:rsid w:val="00AE7376"/>
     <w:rsid w:val="00AF0C37"/>
     <w:rsid w:val="00AF5834"/>
+    <w:rsid w:val="00AF720C"/>
     <w:rsid w:val="00AF791B"/>
     <w:rsid w:val="00B0094C"/>
     <w:rsid w:val="00B02304"/>
     <w:rsid w:val="00B036A4"/>
     <w:rsid w:val="00B05931"/>
     <w:rsid w:val="00B101C2"/>
     <w:rsid w:val="00B11CF1"/>
     <w:rsid w:val="00B12EE0"/>
+    <w:rsid w:val="00B13993"/>
     <w:rsid w:val="00B16026"/>
     <w:rsid w:val="00B20ACC"/>
     <w:rsid w:val="00B211F5"/>
+    <w:rsid w:val="00B2208C"/>
+    <w:rsid w:val="00B22F9E"/>
     <w:rsid w:val="00B25388"/>
     <w:rsid w:val="00B25A2E"/>
     <w:rsid w:val="00B26678"/>
     <w:rsid w:val="00B266F2"/>
     <w:rsid w:val="00B27969"/>
     <w:rsid w:val="00B30686"/>
+    <w:rsid w:val="00B331D4"/>
     <w:rsid w:val="00B3402A"/>
     <w:rsid w:val="00B3604B"/>
     <w:rsid w:val="00B36B92"/>
     <w:rsid w:val="00B372C6"/>
     <w:rsid w:val="00B378D7"/>
     <w:rsid w:val="00B37B69"/>
     <w:rsid w:val="00B406A1"/>
     <w:rsid w:val="00B40E39"/>
+    <w:rsid w:val="00B40F5F"/>
     <w:rsid w:val="00B42775"/>
     <w:rsid w:val="00B439CB"/>
     <w:rsid w:val="00B46CA9"/>
     <w:rsid w:val="00B479AD"/>
     <w:rsid w:val="00B5104A"/>
+    <w:rsid w:val="00B51A41"/>
     <w:rsid w:val="00B5231C"/>
     <w:rsid w:val="00B5282A"/>
     <w:rsid w:val="00B54746"/>
     <w:rsid w:val="00B563B4"/>
     <w:rsid w:val="00B600ED"/>
     <w:rsid w:val="00B62D39"/>
     <w:rsid w:val="00B6668A"/>
     <w:rsid w:val="00B70DCE"/>
     <w:rsid w:val="00B710C3"/>
+    <w:rsid w:val="00B73BC2"/>
     <w:rsid w:val="00B75087"/>
     <w:rsid w:val="00B779AF"/>
     <w:rsid w:val="00B818BB"/>
     <w:rsid w:val="00B819C3"/>
     <w:rsid w:val="00B83305"/>
     <w:rsid w:val="00B84671"/>
     <w:rsid w:val="00B84B98"/>
     <w:rsid w:val="00B84F76"/>
     <w:rsid w:val="00B86940"/>
     <w:rsid w:val="00B901CA"/>
     <w:rsid w:val="00B9182D"/>
     <w:rsid w:val="00B91E8D"/>
     <w:rsid w:val="00B9220E"/>
     <w:rsid w:val="00BA0438"/>
     <w:rsid w:val="00BA2EEA"/>
     <w:rsid w:val="00BA5502"/>
     <w:rsid w:val="00BA5AC1"/>
     <w:rsid w:val="00BA7889"/>
     <w:rsid w:val="00BA7E5C"/>
     <w:rsid w:val="00BB0D59"/>
     <w:rsid w:val="00BB1583"/>
     <w:rsid w:val="00BB4217"/>
     <w:rsid w:val="00BB52DC"/>
     <w:rsid w:val="00BC3BE7"/>
     <w:rsid w:val="00BC4A5D"/>
     <w:rsid w:val="00BC5053"/>
     <w:rsid w:val="00BC5A53"/>
+    <w:rsid w:val="00BD5940"/>
     <w:rsid w:val="00BD7C43"/>
     <w:rsid w:val="00BE4BE6"/>
     <w:rsid w:val="00BE5B0A"/>
+    <w:rsid w:val="00BE6800"/>
     <w:rsid w:val="00BE7A4B"/>
     <w:rsid w:val="00BE7C61"/>
     <w:rsid w:val="00BF0EA5"/>
     <w:rsid w:val="00BF28E3"/>
     <w:rsid w:val="00BF3084"/>
     <w:rsid w:val="00BF709B"/>
     <w:rsid w:val="00BF7304"/>
     <w:rsid w:val="00C01344"/>
-    <w:rsid w:val="00C02148"/>
+    <w:rsid w:val="00C01F79"/>
     <w:rsid w:val="00C042F1"/>
     <w:rsid w:val="00C16A53"/>
     <w:rsid w:val="00C17952"/>
     <w:rsid w:val="00C20A20"/>
+    <w:rsid w:val="00C21009"/>
     <w:rsid w:val="00C220F9"/>
     <w:rsid w:val="00C23812"/>
     <w:rsid w:val="00C271D4"/>
     <w:rsid w:val="00C30653"/>
     <w:rsid w:val="00C30C14"/>
     <w:rsid w:val="00C3229F"/>
     <w:rsid w:val="00C373A8"/>
+    <w:rsid w:val="00C37C2A"/>
     <w:rsid w:val="00C37DB2"/>
     <w:rsid w:val="00C4092A"/>
     <w:rsid w:val="00C44E0F"/>
     <w:rsid w:val="00C44E95"/>
     <w:rsid w:val="00C5000B"/>
     <w:rsid w:val="00C504E1"/>
+    <w:rsid w:val="00C5322A"/>
     <w:rsid w:val="00C53581"/>
+    <w:rsid w:val="00C53A39"/>
+    <w:rsid w:val="00C558F5"/>
     <w:rsid w:val="00C5616C"/>
     <w:rsid w:val="00C565E0"/>
     <w:rsid w:val="00C66A59"/>
     <w:rsid w:val="00C72DF5"/>
     <w:rsid w:val="00C752F4"/>
     <w:rsid w:val="00C87C7C"/>
     <w:rsid w:val="00C94224"/>
     <w:rsid w:val="00C96061"/>
     <w:rsid w:val="00C96ED4"/>
     <w:rsid w:val="00CA0AE2"/>
     <w:rsid w:val="00CA6053"/>
     <w:rsid w:val="00CB12D2"/>
+    <w:rsid w:val="00CB453F"/>
     <w:rsid w:val="00CC4171"/>
     <w:rsid w:val="00CC7158"/>
     <w:rsid w:val="00CD0DB7"/>
     <w:rsid w:val="00CD18B5"/>
     <w:rsid w:val="00CD4F25"/>
+    <w:rsid w:val="00CE03FE"/>
     <w:rsid w:val="00CE0401"/>
     <w:rsid w:val="00CE1A6B"/>
     <w:rsid w:val="00CE1D1E"/>
     <w:rsid w:val="00CE397B"/>
+    <w:rsid w:val="00CE3C8B"/>
     <w:rsid w:val="00CE6A59"/>
     <w:rsid w:val="00CE73DE"/>
     <w:rsid w:val="00CF3B89"/>
     <w:rsid w:val="00CF5CBC"/>
     <w:rsid w:val="00CF5D1D"/>
     <w:rsid w:val="00CF5E33"/>
     <w:rsid w:val="00CF7FC1"/>
     <w:rsid w:val="00D02A0D"/>
     <w:rsid w:val="00D02E36"/>
     <w:rsid w:val="00D03A93"/>
     <w:rsid w:val="00D043BC"/>
     <w:rsid w:val="00D044B8"/>
     <w:rsid w:val="00D04D3F"/>
     <w:rsid w:val="00D04D92"/>
     <w:rsid w:val="00D04F3B"/>
     <w:rsid w:val="00D07E0E"/>
+    <w:rsid w:val="00D10671"/>
     <w:rsid w:val="00D137D7"/>
     <w:rsid w:val="00D155BA"/>
+    <w:rsid w:val="00D2027E"/>
     <w:rsid w:val="00D239BC"/>
     <w:rsid w:val="00D24134"/>
     <w:rsid w:val="00D25F7E"/>
     <w:rsid w:val="00D3199D"/>
     <w:rsid w:val="00D328C6"/>
     <w:rsid w:val="00D40EF6"/>
     <w:rsid w:val="00D42177"/>
     <w:rsid w:val="00D43965"/>
+    <w:rsid w:val="00D43E67"/>
     <w:rsid w:val="00D43FD6"/>
     <w:rsid w:val="00D50031"/>
     <w:rsid w:val="00D5154B"/>
     <w:rsid w:val="00D533F4"/>
+    <w:rsid w:val="00D546F7"/>
     <w:rsid w:val="00D55ECF"/>
     <w:rsid w:val="00D56B6B"/>
     <w:rsid w:val="00D57576"/>
+    <w:rsid w:val="00D57C38"/>
     <w:rsid w:val="00D57D91"/>
     <w:rsid w:val="00D60F83"/>
     <w:rsid w:val="00D61832"/>
     <w:rsid w:val="00D61910"/>
     <w:rsid w:val="00D66596"/>
     <w:rsid w:val="00D668A2"/>
     <w:rsid w:val="00D66C0E"/>
     <w:rsid w:val="00D673D6"/>
     <w:rsid w:val="00D678C9"/>
     <w:rsid w:val="00D67B53"/>
     <w:rsid w:val="00D72E16"/>
     <w:rsid w:val="00D7551A"/>
     <w:rsid w:val="00D761CD"/>
     <w:rsid w:val="00D772F7"/>
     <w:rsid w:val="00D77632"/>
+    <w:rsid w:val="00D84C80"/>
     <w:rsid w:val="00D8507E"/>
     <w:rsid w:val="00D92213"/>
     <w:rsid w:val="00D935E2"/>
     <w:rsid w:val="00D95F48"/>
     <w:rsid w:val="00DA08CD"/>
     <w:rsid w:val="00DA0B06"/>
     <w:rsid w:val="00DA2693"/>
     <w:rsid w:val="00DA4987"/>
     <w:rsid w:val="00DA7376"/>
     <w:rsid w:val="00DA7684"/>
     <w:rsid w:val="00DB1819"/>
+    <w:rsid w:val="00DB2335"/>
     <w:rsid w:val="00DB2E42"/>
     <w:rsid w:val="00DB55D6"/>
     <w:rsid w:val="00DB6103"/>
     <w:rsid w:val="00DB71BF"/>
     <w:rsid w:val="00DC0881"/>
     <w:rsid w:val="00DC323E"/>
     <w:rsid w:val="00DC3286"/>
     <w:rsid w:val="00DC3593"/>
+    <w:rsid w:val="00DC5A68"/>
+    <w:rsid w:val="00DC7E08"/>
     <w:rsid w:val="00DD527F"/>
     <w:rsid w:val="00DD5E90"/>
+    <w:rsid w:val="00DD6F9C"/>
     <w:rsid w:val="00DE04EB"/>
     <w:rsid w:val="00DE125A"/>
     <w:rsid w:val="00DE73CC"/>
     <w:rsid w:val="00DE764C"/>
     <w:rsid w:val="00DF019A"/>
     <w:rsid w:val="00DF0459"/>
-    <w:rsid w:val="00DF0E9A"/>
     <w:rsid w:val="00DF1F86"/>
     <w:rsid w:val="00DF2F8F"/>
     <w:rsid w:val="00DF3B5B"/>
     <w:rsid w:val="00DF3F28"/>
     <w:rsid w:val="00DF6425"/>
     <w:rsid w:val="00E00950"/>
     <w:rsid w:val="00E031AA"/>
     <w:rsid w:val="00E03F9D"/>
     <w:rsid w:val="00E0519F"/>
     <w:rsid w:val="00E119D9"/>
     <w:rsid w:val="00E12EAA"/>
+    <w:rsid w:val="00E165E1"/>
+    <w:rsid w:val="00E17960"/>
     <w:rsid w:val="00E21E48"/>
     <w:rsid w:val="00E2263C"/>
+    <w:rsid w:val="00E238E2"/>
+    <w:rsid w:val="00E2439E"/>
+    <w:rsid w:val="00E24D20"/>
     <w:rsid w:val="00E27037"/>
     <w:rsid w:val="00E27F58"/>
+    <w:rsid w:val="00E3090D"/>
     <w:rsid w:val="00E30CE8"/>
     <w:rsid w:val="00E318F0"/>
     <w:rsid w:val="00E36086"/>
     <w:rsid w:val="00E42228"/>
     <w:rsid w:val="00E44ED2"/>
     <w:rsid w:val="00E461E5"/>
     <w:rsid w:val="00E466FF"/>
     <w:rsid w:val="00E46D1C"/>
     <w:rsid w:val="00E53564"/>
     <w:rsid w:val="00E600C2"/>
     <w:rsid w:val="00E60356"/>
     <w:rsid w:val="00E61321"/>
     <w:rsid w:val="00E61CEE"/>
     <w:rsid w:val="00E628E4"/>
     <w:rsid w:val="00E6426D"/>
     <w:rsid w:val="00E64E06"/>
     <w:rsid w:val="00E66E20"/>
     <w:rsid w:val="00E66EBC"/>
     <w:rsid w:val="00E6728E"/>
     <w:rsid w:val="00E74BA2"/>
     <w:rsid w:val="00E7743C"/>
     <w:rsid w:val="00E83F94"/>
     <w:rsid w:val="00E850D2"/>
     <w:rsid w:val="00E87D84"/>
     <w:rsid w:val="00E917C4"/>
     <w:rsid w:val="00E92387"/>
     <w:rsid w:val="00E92FDB"/>
     <w:rsid w:val="00E95E58"/>
     <w:rsid w:val="00E96117"/>
+    <w:rsid w:val="00E9795A"/>
     <w:rsid w:val="00EA121B"/>
     <w:rsid w:val="00EA2E7F"/>
     <w:rsid w:val="00EB18AB"/>
     <w:rsid w:val="00EB1F85"/>
     <w:rsid w:val="00EB3B0C"/>
     <w:rsid w:val="00EB52BC"/>
     <w:rsid w:val="00EB60EA"/>
     <w:rsid w:val="00EB7646"/>
+    <w:rsid w:val="00EC2395"/>
+    <w:rsid w:val="00EC4C47"/>
     <w:rsid w:val="00EC6108"/>
+    <w:rsid w:val="00EC63A6"/>
+    <w:rsid w:val="00ED0C1D"/>
     <w:rsid w:val="00ED27C5"/>
     <w:rsid w:val="00ED333E"/>
     <w:rsid w:val="00ED75B1"/>
     <w:rsid w:val="00EE3F78"/>
     <w:rsid w:val="00EE4682"/>
     <w:rsid w:val="00EE49CE"/>
     <w:rsid w:val="00EE5D13"/>
     <w:rsid w:val="00EE5D6D"/>
     <w:rsid w:val="00EE6A41"/>
     <w:rsid w:val="00EE7C32"/>
     <w:rsid w:val="00EF0820"/>
     <w:rsid w:val="00EF136C"/>
     <w:rsid w:val="00F02403"/>
     <w:rsid w:val="00F02A5B"/>
     <w:rsid w:val="00F058D4"/>
     <w:rsid w:val="00F10300"/>
     <w:rsid w:val="00F10734"/>
     <w:rsid w:val="00F130B4"/>
     <w:rsid w:val="00F13DA4"/>
     <w:rsid w:val="00F144F0"/>
     <w:rsid w:val="00F14C3E"/>
+    <w:rsid w:val="00F153C7"/>
     <w:rsid w:val="00F16276"/>
     <w:rsid w:val="00F16492"/>
     <w:rsid w:val="00F16C00"/>
     <w:rsid w:val="00F17C03"/>
     <w:rsid w:val="00F211BE"/>
     <w:rsid w:val="00F217AE"/>
     <w:rsid w:val="00F226F0"/>
     <w:rsid w:val="00F241A3"/>
     <w:rsid w:val="00F2517C"/>
+    <w:rsid w:val="00F25CAA"/>
     <w:rsid w:val="00F270A0"/>
     <w:rsid w:val="00F2747A"/>
     <w:rsid w:val="00F30592"/>
     <w:rsid w:val="00F30BBF"/>
     <w:rsid w:val="00F31554"/>
     <w:rsid w:val="00F3228C"/>
     <w:rsid w:val="00F3443F"/>
     <w:rsid w:val="00F35B9A"/>
     <w:rsid w:val="00F364C8"/>
     <w:rsid w:val="00F37FF7"/>
     <w:rsid w:val="00F44F3D"/>
     <w:rsid w:val="00F47590"/>
     <w:rsid w:val="00F55CFF"/>
     <w:rsid w:val="00F6245A"/>
     <w:rsid w:val="00F64E18"/>
+    <w:rsid w:val="00F654D2"/>
     <w:rsid w:val="00F6711A"/>
     <w:rsid w:val="00F722DA"/>
     <w:rsid w:val="00F74010"/>
     <w:rsid w:val="00F75E0D"/>
     <w:rsid w:val="00F760D7"/>
     <w:rsid w:val="00F76315"/>
     <w:rsid w:val="00F815E5"/>
     <w:rsid w:val="00F81D9A"/>
     <w:rsid w:val="00F8311B"/>
     <w:rsid w:val="00F8578F"/>
     <w:rsid w:val="00F85EDE"/>
     <w:rsid w:val="00F85FD8"/>
     <w:rsid w:val="00F90C12"/>
-    <w:rsid w:val="00F9295D"/>
+    <w:rsid w:val="00F92DA1"/>
     <w:rsid w:val="00F9496D"/>
     <w:rsid w:val="00F94B81"/>
     <w:rsid w:val="00F9527D"/>
     <w:rsid w:val="00F965E4"/>
+    <w:rsid w:val="00FA14DD"/>
     <w:rsid w:val="00FA1849"/>
+    <w:rsid w:val="00FA2E2F"/>
     <w:rsid w:val="00FA6FE3"/>
+    <w:rsid w:val="00FA74ED"/>
     <w:rsid w:val="00FB0F5C"/>
     <w:rsid w:val="00FB399D"/>
-    <w:rsid w:val="00FB4544"/>
     <w:rsid w:val="00FB4677"/>
     <w:rsid w:val="00FB5C22"/>
     <w:rsid w:val="00FB64EC"/>
+    <w:rsid w:val="00FB7D60"/>
     <w:rsid w:val="00FC0F2E"/>
     <w:rsid w:val="00FC1914"/>
     <w:rsid w:val="00FC22EF"/>
     <w:rsid w:val="00FC5EF0"/>
     <w:rsid w:val="00FC6104"/>
     <w:rsid w:val="00FC77F4"/>
     <w:rsid w:val="00FD1503"/>
     <w:rsid w:val="00FD1655"/>
+    <w:rsid w:val="00FD2206"/>
     <w:rsid w:val="00FD3A94"/>
     <w:rsid w:val="00FD4F34"/>
-    <w:rsid w:val="00FD4FA6"/>
     <w:rsid w:val="00FD7D85"/>
     <w:rsid w:val="00FE136F"/>
     <w:rsid w:val="00FE2DD8"/>
     <w:rsid w:val="00FE4816"/>
     <w:rsid w:val="00FE5549"/>
     <w:rsid w:val="00FE6B4C"/>
     <w:rsid w:val="00FE6E27"/>
     <w:rsid w:val="00FF1929"/>
     <w:rsid w:val="00FF4478"/>
     <w:rsid w:val="00FF742B"/>
     <w:rsid w:val="00FF7473"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4870DFCC"/>
+  <w15:docId w15:val="{DC63FDF1-B5CD-404D-A87F-FF121F902402}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...624 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B0576"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="Titolo3Carattere"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="000676CA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
@@ -11659,100 +10623,100 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SoggettocommentoCarattere">
     <w:name w:val="Soggetto commento Carattere"/>
     <w:basedOn w:val="TestocommentoCarattere"/>
     <w:link w:val="Soggettocommento"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000B1190"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="linkneltesto">
     <w:name w:val="link_nel_testo"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:rsid w:val="00760536"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1541163294">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1976061560">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2142578278">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.vda.it/sanita/personale." TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@regione.vda.it" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segretario_generale@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanita_politichesociali@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanita_politichesociali@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.vda.it/sanita/personale." TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@regione.vda.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segretario_generale@pec.regione.vda.it" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12003,78 +10967,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72621B7B-A10F-43B7-ADB4-D8308ACBC13D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69DDFFCA-F0D1-4532-82FB-D4B6D6730E13}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1672</Words>
-  <Characters>13933</Characters>
+  <Words>1582</Words>
+  <Characters>13444</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>116</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>112</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Regione Autonoma Valle d'Aosta</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15574</CharactersWithSpaces>
+  <CharactersWithSpaces>14997</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Carla FIOU</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>